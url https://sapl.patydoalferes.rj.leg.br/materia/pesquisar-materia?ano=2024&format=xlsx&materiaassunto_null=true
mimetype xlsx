--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -54,3405 +54,3405 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Edinho da Dengue</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/22/003_2024_convocacao_de_05_agente_de_combate_as_endemias.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/22/003_2024_convocacao_de_05_agente_de_combate_as_endemias.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto a disponibilidade de convocar 05 agentes de combate _x000D_
 às endemias. Reiterando a minha indicação de nº 093/2022.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/23/004_2024_patrolamento_e_ensaibramento_boa_vista.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/23/004_2024_patrolamento_e_ensaibramento_boa_vista.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal o patrolamento e encaibramento das ruas da Boa Vista.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/33/005_2024_patrolamento_e_ensaibramento_nos_bairros_coqueiros_e_rio_pardo.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/33/005_2024_patrolamento_e_ensaibramento_nos_bairros_coqueiros_e_rio_pardo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal o patrolamento e encaibramento das ruas nos bairros Coqueiros e Rio Pardo.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Dudu Mariotti</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/4/006_2024_manutencao_na_rede_de_iluminacao_publica_do_bairro_da_saudade_avelar.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/4/006_2024_manutencao_na_rede_de_iluminacao_publica_do_bairro_da_saudade_avelar.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal manutenção na rede de iluminação pública do Bairro da Saudade, Avelar.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/34/009_2024_pavimentacao_asfaltica_nas_principais_rua_vinte_e_oito_do_bairro_arcozelo.docx.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/34/009_2024_pavimentacao_asfaltica_nas_principais_rua_vinte_e_oito_do_bairro_arcozelo.docx.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a construção de uma Escadaria na servidão que liga as ruas Dr. Maurício Dourado Lopes com Wintor Barbosa de Godoi, no bairro Pedras Ruivas.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/35/010_2024_construcao_de_escadaria_em_pedras_ruivas.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/35/010_2024_construcao_de_escadaria_em_pedras_ruivas.pdf</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/36/011_2024_pintura_da_parte_externa_da_secretaria_de_saude.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/36/011_2024_pintura_da_parte_externa_da_secretaria_de_saude.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize a pintura da parte externa da Secretaria de Saúde.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Zaninho</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/18/014_2024_disponibilizacao_de_lanche_apos_exame_de_sangue_na_maternidade..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/18/014_2024_disponibilizacao_de_lanche_apos_exame_de_sangue_na_maternidade..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Disponibilização de Lanche após Exame de Sangue na Maternidade.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Sérgio Sabiá</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/19/15_2024_patrolamento_e_ensaibramento_na_rua_14_bairro_maravilha..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/19/15_2024_patrolamento_e_ensaibramento_na_rua_14_bairro_maravilha..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Patrolamento e Ensaibramento na Rua 14, Bairro Maravilha.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Denilson Ligeirinho</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/11/16_2024_-_construcao_de_uma_quadra_de_areia_na_praca_localizada_na_rod._ary_schiavo_ao_lado_do_bar_do_vivinha._.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/11/16_2024_-_construcao_de_uma_quadra_de_areia_na_praca_localizada_na_rod._ary_schiavo_ao_lado_do_bar_do_vivinha._.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a construção de uma quadra de areia na praça localizada na Rod. Ary Schiavo, ao lado do Bar do Vivinha.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/24/018_2024_revitalizacao_da_quadra_no_bairro_maravilha_localizada_na_rua_5..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/24/018_2024_revitalizacao_da_quadra_no_bairro_maravilha_localizada_na_rua_5..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal revitalização da quadra no Bairro Maravilha, localizada na rua 5.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/25/019_2024_saneamento_basico_na_r._custodio_domingues_correa_-_chave_de_ouro.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/25/019_2024_saneamento_basico_na_r._custodio_domingues_correa_-_chave_de_ouro.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal saneamento básico na R. Custódio Domingues Corrêa - Chave De Ouro.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/37/020_2024_manutencao_nas_ruas_do_cantagalo_localizada_no_bairro_de_coqueiros..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/37/020_2024_manutencao_nas_ruas_do_cantagalo_localizada_no_bairro_de_coqueiros..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize manutenção nas ruas do Cantagalo, localizada no Bairro de Coqueiros. Reiterando a indicação de nº 081/2023.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/58/021_2024_servicos_de_rocada_e_limpeza_nos_pontos_criticos_da_rj_117..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/58/021_2024_servicos_de_rocada_e_limpeza_nos_pontos_criticos_da_rj_117..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize serviços de roçada e limpeza nos pontos críticos da RJ 117. Reiterando a indicação de número 080/2021.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/3/025_2024_construcao_de_um_posto_de_saude_animal.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/3/025_2024_construcao_de_um_posto_de_saude_animal.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a construção de um posto de saúde animal.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/59/026_2024_implementacao_do_museu_historico_da_memoria_de_personalidades.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/59/026_2024_implementacao_do_museu_historico_da_memoria_de_personalidades.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a implementação do Museu Histórico da Memória de Personalidades.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Rominho</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/16/027_2024_implementacao_de_centro_de_triagem_para_casos_de_dengue_na_clinica_da_familia.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/16/027_2024_implementacao_de_centro_de_triagem_para_casos_de_dengue_na_clinica_da_familia.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a Implementação de Centro de Triagem para Casos de Dengue na Clínica da Família.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Julinho Juju</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/12/033_2024_instalacao_de_um_polo_da_fundacao_cecierj_contemplando_o_curso_pre-vestibular_social_e_o_centro_de_educacao_de_jovens_e_adultos_ceja..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/12/033_2024_instalacao_de_um_polo_da_fundacao_cecierj_contemplando_o_curso_pre-vestibular_social_e_o_centro_de_educacao_de_jovens_e_adultos_ceja..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal instalação de um polo da Fundação CECIERJ, contemplando o Curso Pré-Vestibular Social e o Centro de Educação de Jovens e Adultos (CEJA).</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/13/034_2024_implementacao_de_uma_unidade_da_fundacao_de_apoio_a_escola_tecnica_faetec..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/13/034_2024_implementacao_de_uma_unidade_da_fundacao_de_apoio_a_escola_tecnica_faetec..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal implementação de uma unidade da Fundação de Apoio à Escola Técnica (FAETEC).</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal manutenção da ponte localizada na Estrada do Sítio Seu Luiz, próxima ao número 155, Bairro Boa Vista.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal instalação de braços de iluminação pública na Rua Yvone de Oliveira de Barros Franco, localizada em Avelar.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/40/037_2024_a_compra_de_tela_de_caixas_dagua_para_fortalecer_as_acoes_publicas_de_prevencao_a_dengue..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/40/037_2024_a_compra_de_tela_de_caixas_dagua_para_fortalecer_as_acoes_publicas_de_prevencao_a_dengue..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a compra de tela de caixas d’água para fortalecer as ações públicas de prevenção a dengue.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/26/038_2024_a_troca_das_lampadas_pelos_modelos_de_led_em_todos_os_pontos_de_onibus_do_municipio.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/26/038_2024_a_troca_das_lampadas_pelos_modelos_de_led_em_todos_os_pontos_de_onibus_do_municipio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a troca das lâmpadas pelos modelos de LED em todos os pontos de ônibus do Município, reiterando a indicação de nº 432/2023.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/27/039_2024_realizacao_de_campanhas_de_conscientizacao_sobre_a_doacao_de_sangue..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/27/039_2024_realizacao_de_campanhas_de_conscientizacao_sobre_a_doacao_de_sangue..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realização de campanhas de conscientização sobre a doação de sangue.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/28/040_2024_instalacao_de_placas_indicativas_com_o_peso_maximo_para_utilizacao_das_academias_da_terceira_idade_em_todo_o_municipio..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/28/040_2024_instalacao_de_placas_indicativas_com_o_peso_maximo_para_utilizacao_das_academias_da_terceira_idade_em_todo_o_municipio..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal instalação de placas indicativas com o peso máximo para utilização das academias da terceira idade em todo o município.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/17/045_2024_que_tome_providencias_quanto_a_iluminacao_publica_e_o_paisagismo_na_praca_nilo_monte_mor_no_centro_de_avelar..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/17/045_2024_que_tome_providencias_quanto_a_iluminacao_publica_e_o_paisagismo_na_praca_nilo_monte_mor_no_centro_de_avelar..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto a iluminação pública e o paisagismo na praça Nilo Monte Mor no centro de Avelar.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/41/046_2024_reforce_a_sinalizacao_ja_existente_em_torno_da_praca_de_coqueiros_a_saber_pintura_das_faixas.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/41/046_2024_reforce_a_sinalizacao_ja_existente_em_torno_da_praca_de_coqueiros_a_saber_pintura_das_faixas.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que interceda junto a Secretaria competente que reforce a sinalização já existente em torno da Praça de Coqueiros a saber: pintura das faixas; placas e sinalização dos quebra-molas. Reiterando a Indicação de nº 161/2023.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que viabilize uma ambulância para o ESF do Bairro Horizonte.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/43/048_2024_realize_patrolamento_e_ensaibramento_nas_principais_ruas_do_bairro_de_palmares_reiterando_a_indicacao_de_no203_2023..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/43/048_2024_realize_patrolamento_e_ensaibramento_nas_principais_ruas_do_bairro_de_palmares_reiterando_a_indicacao_de_no203_2023..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize patrolamento e ensaibramento nas principais ruas do Bairro de Palmares, reiterando a indicação de nº203/2023.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/44/049_2024_manutencao_em_todas_as_estradas_no_bairro_de_palmares.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/44/049_2024_manutencao_em_todas_as_estradas_no_bairro_de_palmares.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize manutenção em todas as estradas no Bairro de Palmares.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/45/050_2024_patrolamento_ensaibramento_e_limpeza_da_rua_mato_sapo_coqueiros._reiterando_a_indicacao_de.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/45/050_2024_patrolamento_ensaibramento_e_limpeza_da_rua_mato_sapo_coqueiros._reiterando_a_indicacao_de.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal patrolamento, ensaibramento e limpeza da Rua Mato Sapo, Coqueiros. Reiterando a indicação de nº 153/2021 de autoria do Vereador Edinho da Dengue.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/46/055_2024_patrolamento_e_ensaibramento_na_travessa_celino_gomes_lisboa_localizada_no_bairro_goiabal._reiterando_a_i.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/46/055_2024_patrolamento_e_ensaibramento_na_travessa_celino_gomes_lisboa_localizada_no_bairro_goiabal._reiterando_a_i.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal patrolamento e ensaibramento na travessa Celino Gomes Lisboa, localizada no Bairro Goiabal. Reiterando a indicação de nº 265/2022.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/47/056_2024_manutencao_dos_bracos_de_iluminacao_publica_no_bairro_de_palmares..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/47/056_2024_manutencao_dos_bracos_de_iluminacao_publica_no_bairro_de_palmares..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal manutenção dos braços de iluminação pública no Bairro de Palmares.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/49/057_2024_poda_dos_galhos_de_arvores_presentes_proximos_a_rede_eletrica_no_bairro_rio_pardo._reiterando_a_indicacao_de_no.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/49/057_2024_poda_dos_galhos_de_arvores_presentes_proximos_a_rede_eletrica_no_bairro_rio_pardo._reiterando_a_indicacao_de_no.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal poda dos galhos de árvores presentes próximos a rede elétrica no Bairro Rio Pardo. Reiterando a indicação de nº 653/2022 e nº 063/2023.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/29/058_2024_a_limpeza_de_toda_a_extensao_da_rua_8_localizada_no_bairro_da_maravilha.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/29/058_2024_a_limpeza_de_toda_a_extensao_da_rua_8_localizada_no_bairro_da_maravilha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a limpeza de toda a extensão da Rua 8, localizada no Bairro da Maravilha.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/30/059_2024_patrolamento_e_ensaibramento_em_todas_as_ruas_da_parte_alta_do_loteamento_do_zeze_lopes_tendo_como_referencia_a_rua_b..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/30/059_2024_patrolamento_e_ensaibramento_em_todas_as_ruas_da_parte_alta_do_loteamento_do_zeze_lopes_tendo_como_referencia_a_rua_b..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal patrolamento e ensaibramento em todas as ruas da Parte Alta do Loteamento do Zezé Lopes, tendo como referência a Rua B.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/31/060_2024_pintura_das_faixas_de_pedestre_e_vagas_de_estacionamento_nas_principais_ruas_do_centro_de_paty_do_alferes..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/31/060_2024_pintura_das_faixas_de_pedestre_e_vagas_de_estacionamento_nas_principais_ruas_do_centro_de_paty_do_alferes..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal pintura das faixas de pedestre e vagas de estacionamento nas principais ruas do centro de Paty do Alferes.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/52/068_2024_patrolamento_e_ensaibramento_na_rua_e_maravilha.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/52/068_2024_patrolamento_e_ensaibramento_na_rua_e_maravilha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal patrolamento e ensaibramento na rua E, localizada no bairro Maravilha.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/53/069_2024_servicos_de_rocada__na_estrada_maravilha_x_arcozelo.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/53/069_2024_servicos_de_rocada__na_estrada_maravilha_x_arcozelo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize serviços de roçada na estrada Maravilha X Arcozelo, no bairro Maravilha.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/54/070_2024_patrolamento_e_ensaibramento_nas_ruas_do_sossego_maravilha.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/54/070_2024_patrolamento_e_ensaibramento_nas_ruas_do_sossego_maravilha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal patrolamento e ensaibramento nas ruas do Sossego, localizada no bairro Maravilha.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/5/074_2024_manutencao_na_rede_de_esgoto_da_rua_filomena_da_silva_figueira_localizada_no_bairro_esperanca..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/5/074_2024_manutencao_na_rede_de_esgoto_da_rua_filomena_da_silva_figueira_localizada_no_bairro_esperanca..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal manutenção na rede de esgoto da Rua Filomena da Silva Figueira, localizada no Bairro Esperança.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/6/075_2024_que_implemente_o_jiu-jitsu_nos_jogos_esportivos_de_paty_do_alferes_jespa..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/6/075_2024_que_implemente_o_jiu-jitsu_nos_jogos_esportivos_de_paty_do_alferes_jespa..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que implemente o jiu-jitsu nos Jogos Esportivos de Paty do Alferes (JESPA).</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/7/076_2024_vistoria_na_rua_nova_mantiquira_no_1.061_no_bairro_acampamento.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/7/076_2024_vistoria_na_rua_nova_mantiquira_no_1.061_no_bairro_acampamento.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal e a Secretaria Municipal de Obras e Serviços Públicos que realizem vistoria na Rua Nova Mantiquira, nº 1.061 no Bairro Acampamento.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/14/083_2024_instalacao_de_sistemas_de_ar-condicionado_em_todos_os_colegios_e_postos_de_saude..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/14/083_2024_instalacao_de_sistemas_de_ar-condicionado_em_todos_os_colegios_e_postos_de_saude..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal instalação de sistemas de ar-condicionado em todos os colégios e postos de saúde.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/55/089_2024_providencias_quanto_a_disponibilidade_de_convocar_agentes_de_combate_as_endemias_reiterando_a_indicacao_de_n.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/55/089_2024_providencias_quanto_a_disponibilidade_de_convocar_agentes_de_combate_as_endemias_reiterando_a_indicacao_de_n.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal providências quanto a disponibilidade de convocar agentes de combate as endemias, reiterando a indicação de nº 003/2024.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal limpeza na escadaria da Escola Municipal Pedro Nogueira.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/9/091_2024_profissionais_auxiliares_para_sala_de_aula_em_especial_maternal_1_e_2_no_sistema_de_ensino.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/9/091_2024_profissionais_auxiliares_para_sala_de_aula_em_especial_maternal_1_e_2_no_sistema_de_ensino.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal profissionais auxiliares para sala de aula, em especial maternal 1 e 2 no sistema de ensino no Município.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/10/092_2024_presenca_da_guarda_municipal_em_obras_para_controle_de_transito..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/10/092_2024_presenca_da_guarda_municipal_em_obras_para_controle_de_transito..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Presença da Guarda Municipal em Obras para Controle de Trânsito.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Juliano Melo</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/15/093_2024_presenca_da_guarda_municipal_na_faixa_de_pedestre_do_semaforo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/15/093_2024_presenca_da_guarda_municipal_na_faixa_de_pedestre_do_semaforo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Presença da Guarda Municipal na faixa de pedestre do semáforo.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/77/096_2024_limpeza_no_rio_que_corta_o_bairro_esperanca..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/77/096_2024_limpeza_no_rio_que_corta_o_bairro_esperanca..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal limpeza no rio que corta o Bairro Esperança, reiterando a indicação de nº 727/2023 do Vereador Dudu Mariotti.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/21/097_2024_implementacao_de_melhorias_nas_ruas_rua_de_coqueiros_e_rio_pardo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/21/097_2024_implementacao_de_melhorias_nas_ruas_rua_de_coqueiros_e_rio_pardo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal implementação de melhorias nas ruas de Coqueiros e Rio Pardo, reiterando as indicações de nº 710/2023 e nº 005/2024</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/8/099_2024_patrolamento_e_ensaibramento_na_rua_g_bairro_roseiral_em_arcozelo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/8/099_2024_patrolamento_e_ensaibramento_na_rua_g_bairro_roseiral_em_arcozelo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Patrolamento e Ensaibramento na Rua G, Bairro Roseiral em Arcozelo, reiterando a indicação de nº 581/2023 do Vereador Edinho da Dengue.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/2/100_2024_medidas_urgentes_para_a_fiscalizacao_e_combate_contra_a_proliferacao_do_mosquito_aedes_aegypti_transmissor_da_dengue_no_corrego_pro.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/2/100_2024_medidas_urgentes_para_a_fiscalizacao_e_combate_contra_a_proliferacao_do_mosquito_aedes_aegypti_transmissor_da_dengue_no_corrego_pro.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal medidas urgentes para a fiscalização e combate contra a proliferação do mosquito Aedes aegypti, transmissor da dengue, no córrego próximo ao cemitério no Bairro Esperança.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/72/101_2024_operacao_de_tapa-buracos_na_estrada_do_roseiral_localizada_em_arcozelo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/72/101_2024_operacao_de_tapa-buracos_na_estrada_do_roseiral_localizada_em_arcozelo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal operação de tapa-buracos na Estrada do Roseiral, localizada em Arcozelo.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/73/102_2024_patrolamento_e_ensaibramento_na_rua_tres_localizada_no_bairro_maravilha_reiterando_a_indicacao_de_no_065_2022..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/73/102_2024_patrolamento_e_ensaibramento_na_rua_tres_localizada_no_bairro_maravilha_reiterando_a_indicacao_de_no_065_2022..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realização de obras de patrolamento e ensaibramento na rua Três, localizada no bairro Maravilha, reiterando a indicação de nº 065/2022.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/74/103_2024_realizacao_de_obras_de_pavimentacao_asfaltica_na_rua_b_localizada_no_bairro_maravilha..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/74/103_2024_realizacao_de_obras_de_pavimentacao_asfaltica_na_rua_b_localizada_no_bairro_maravilha..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal realização de obras de pavimentação asfáltica na rua B, localizada no bairro Maravilha.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/80/110_2024_providencias_urgentes_para_resolver_problema_de_esgoto_a_ceu_aberto_no_bairro_mantiquira.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/80/110_2024_providencias_urgentes_para_resolver_problema_de_esgoto_a_ceu_aberto_no_bairro_mantiquira.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Providências Urgentes para Resolver Problema de Esgoto a Céu Aberto no Bairro Mantiqueira.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/81/111_2024_realizacao_de_obras_no_centro_da_cidade_em_turnos_para_minimizar_impactos_no_transito_e_na_comunidade..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/81/111_2024_realizacao_de_obras_no_centro_da_cidade_em_turnos_para_minimizar_impactos_no_transito_e_na_comunidade..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que as Obras no Centro da Cidade sejam realizadas em Turnos para Minimizar Impactos no Trânsito e na Comunidade.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Macarrão</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/82/112_2024_aquisicao_de_trator_agricola_para_o_municipio.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/82/112_2024_aquisicao_de_trator_agricola_para_o_municipio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Aquisição de Trator Agrícola para o Município, reiterando as indicações de nº 332/2021 e nº 740/2021.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/90/118_2024_patrolamento_e_ensaibramento_na_rua_dr._francisco_baker_meio_reiterando_a_indicacao_de_no.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/90/118_2024_patrolamento_e_ensaibramento_na_rua_dr._francisco_baker_meio_reiterando_a_indicacao_de_no.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Patrolamento e Ensaibramento na Rua Dr. Francisco Baker Meio, reiterando a indicação de nº 702/2022.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/91/119_2024_manutencao_na_rua_fernando_crespo_reiterando_a_indicacao_de_no.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/91/119_2024_manutencao_na_rua_fernando_crespo_reiterando_a_indicacao_de_no.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Manutenção na Rua Fernando Crespo, reiterando a indicação de nº 679/2023.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/92/120_2024_manutencao_ou_troca_dos_aparelhos_de_ginastica_da_terceira_idade_no_bairro_coqueiros.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/92/120_2024_manutencao_ou_troca_dos_aparelhos_de_ginastica_da_terceira_idade_no_bairro_coqueiros.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Manutenção ou Troca dos Aparelhos de Ginástica da Terceira Idade no Bairro Coqueiros.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/102/126_2024_espaco_para_barracas_na_festa_do_tomate_destinados_aos_comerciantes_e_moradores_afetados_por_obras_no_centro_da_cidade..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/102/126_2024_espaco_para_barracas_na_festa_do_tomate_destinados_aos_comerciantes_e_moradores_afetados_por_obras_no_centro_da_cidade..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal espaço para barracas na Festa do Tomate destinados aos comerciantes e moradores afetados por obras no centro da Cidade.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Implantação de Praça de Brinquedos no Bairro do Grotão.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Implantação de Praça de Brinquedos no Bairro Pedras Ruivas - Localidade Último Gole.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/127/135_2024_patrolamento_na_avenida_brasil_referencia_aldeia_de_arcozelo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/127/135_2024_patrolamento_na_avenida_brasil_referencia_aldeia_de_arcozelo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal patrolamento na RJ 125 na altura da Aldeia de Arcozelo.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/128/136_2024___limpeza_no_reservatorio_de_agua_das_casinhas_populares.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/128/136_2024___limpeza_no_reservatorio_de_agua_das_casinhas_populares.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Limpeza no reservatório de água das “Casinhas Populares”, na localidade do Roseiral.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/129/137_2024_instalacao_de_guarda_corpo_ao_longo_da_descida_do_morro_das_casinhas_populares_do_roseiral.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/129/137_2024_instalacao_de_guarda_corpo_ao_longo_da_descida_do_morro_das_casinhas_populares_do_roseiral.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal instalação de guarda corpo ao longo da descida do morro das "Casinhas Populares" do Roseiral.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/130/138_2024_limpeza_e_manutencao_da_rua_143_casinhas_populares_em_arcozelo._reiterando_a_indicacao_de_no_1552023.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/130/138_2024_limpeza_e_manutencao_da_rua_143_casinhas_populares_em_arcozelo._reiterando_a_indicacao_de_no_1552023.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal limpeza e manutenção da Rua 143, Casinhas Populares em Arcozelo. Reiterando a indicação de nº 155/2023.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/113/139_2024_disponibilizacao_de_caminhao_pipa_para_realizar_a_umidificacao_das_ruas_do_rio_pardo.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/113/139_2024_disponibilizacao_de_caminhao_pipa_para_realizar_a_umidificacao_das_ruas_do_rio_pardo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal disponibilização de caminhão pipa para realizar a umidificação das ruas do Rio Pardo.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/131/141_2024_retorno_do_carro_de_fumace_para_combate_a_dengue_no_municipio_em_especial_no_bairro_das_tres_porteiras._reiterando_a_indicacao_de_no_3232022.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/131/141_2024_retorno_do_carro_de_fumace_para_combate_a_dengue_no_municipio_em_especial_no_bairro_das_tres_porteiras._reiterando_a_indicacao_de_no_3232022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal o retorno do Carro de Fumacê para Combate à Dengue no município, em especial no bairro das Três Porteiras. Reiterando a indicação de nº 323/2022.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/132/142_2024_retorno_da_cirurgia_de_catarata_no_municipio..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/132/142_2024_retorno_da_cirurgia_de_catarata_no_municipio..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal o Retorno da Cirurgia de Catarata no Município.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/103/151_2024_pavimentacao_asfaltica_na_rua_23_bairro_acampamento_reiterando_a_indicacao_de_no_0892021.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/103/151_2024_pavimentacao_asfaltica_na_rua_23_bairro_acampamento_reiterando_a_indicacao_de_no_0892021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Pavimentação asfáltica na Rua 23, Bairro Acampamento, reiterando a indicação de nº 089/2021.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/114/154_2024_criacao_de_um_centro_de_reabilitacao.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/114/154_2024_criacao_de_um_centro_de_reabilitacao.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a criação de um Centro de Reabilitação.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/137/1552021.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/137/1552021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal retirada dos fios soltos ao longo do trajeto que compreende o trecho desde o Condomínio Vale dos Ipês até a Escola Municipal Vereador Sidney de Mello Freitas, no bairro do Goiabal.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/115/159_2024_manutencao_nos_bracos_de_luz_da_rua_humberto_candido_bairro_bela_vista._reiterando_a_indicacao_no_7242023.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/115/159_2024_manutencao_nos_bracos_de_luz_da_rua_humberto_candido_bairro_bela_vista._reiterando_a_indicacao_no_7242023.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Manutenção nos Braços de Luz da Rua Humberto Cândido, Bairro Bela Vista. Reiterando a indicação nº 724/2023 feita pelo mesmo.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/116/160_2024_servicos_de_rocada_e_limpeza_nos_pontos_criticos_da_rj_117_priorizando_o_morro_do_fama._reiterando_as_indicacoes_de_numeros_0802021_e_212024.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/116/160_2024_servicos_de_rocada_e_limpeza_nos_pontos_criticos_da_rj_117_priorizando_o_morro_do_fama._reiterando_as_indicacoes_de_numeros_0802021_e_212024.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Serviços de roçada e limpeza nos pontos críticos da RJ 117, priorizando o Morro do Fama. Reiterando as indicações de números 080/2021 e 21/2024 feita pelo mesmo.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/117/161_2024_interceda_junto_a_empresa_de_transporte_linave_para_que_normalize_os_horarios_de_circulacao_dos_onibus_nos_bairros_de_rio_pardo_e_coqueiros.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/117/161_2024_interceda_junto_a_empresa_de_transporte_linave_para_que_normalize_os_horarios_de_circulacao_dos_onibus_nos_bairros_de_rio_pardo_e_coqueiros.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que interceda junto à empresa de transporte LINAVE para que normalize os horários de circulação dos ônibus nos bairros de Rio Pardo e Coqueiros.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/118/162_2024_providencias_para_restabelecimento_do_acesso_na_rua_francisco_becker_bairro_pedra_ruivas_reiterando_a_indicacao_de_no_1182024.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/118/162_2024_providencias_para_restabelecimento_do_acesso_na_rua_francisco_becker_bairro_pedra_ruivas_reiterando_a_indicacao_de_no_1182024.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Providências para Restabelecimento do Acesso na Rua Francisco Becker, Bairro Pedra Ruivas, reiterando a indicação de nº 118/2024 feita pelo mesmo.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/119/163_2024_manutencao_nos_bracos_de_iluminacao_publica_nos_bairros_de_coqueiros_e_rio_pardo_reiterando_a_indicacao_de_no_7042023.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/119/163_2024_manutencao_nos_bracos_de_iluminacao_publica_nos_bairros_de_coqueiros_e_rio_pardo_reiterando_a_indicacao_de_no_7042023.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Manutenção nos braços de iluminação pública nos bairros de Coqueiros e Rio Pardo, reiterando a indicação de nº 704/2023 feita pelo mesmo.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/120/164_2024_colocacao_de_placa_de_mao_e_contramao_e_sinalizacao_no_asfalto_no_bairro_maravilha_especificamente_em_frente_ao_posto_de_saude_do_bairro.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/120/164_2024_colocacao_de_placa_de_mao_e_contramao_e_sinalizacao_no_asfalto_no_bairro_maravilha_especificamente_em_frente_ao_posto_de_saude_do_bairro.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Colocação de Placa de Mão e Contramão e Sinalização no Asfalto no Bairro Maravilha, especificamente em frente ao posto de saúde do Bairro.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/121/165_2024_providencias_quanto_a_instalacao_de_postes_com_placa_solar_para_iluminacao_publica_de_arcozelo_ate_a_granja_california_reiterando_a_indicacao_de_no.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/121/165_2024_providencias_quanto_a_instalacao_de_postes_com_placa_solar_para_iluminacao_publica_de_arcozelo_ate_a_granja_california_reiterando_a_indicacao_de_no.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto a instalação de postes com placa solar para iluminação pública de Arcozelo até a Granja Califórnia, reiterando a indicação de nº 400/2022 feita pelos vereadores Rominho e Juliano Melo.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/122/166_2024_desassoreamento_e_manilhamento_da_vala_no_bairro_maravilha_rua_da_assembleia_de_deus_igreja_do_marica..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/122/166_2024_desassoreamento_e_manilhamento_da_vala_no_bairro_maravilha_rua_da_assembleia_de_deus_igreja_do_marica..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Desassoreamento e Manilhamento da Vala no Bairro Maravilha, Rua da Assembleia de Deus (Igreja do Maricá).</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/138/178_2024_retorno_da_cirurgia_de_catarata_no_municipio._reiterando_a_indicacao_de_no_1422024_feita_pelo_mesmo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/138/178_2024_retorno_da_cirurgia_de_catarata_no_municipio._reiterando_a_indicacao_de_no_1422024_feita_pelo_mesmo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal o Retorno da Cirurgia de Catarata no Município. Reiterando a indicação de nº 142/2024, feita pelo mesmo.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/139/179_2024_instalacao_de_guarda_corpo_ao_longo_da_descida_do_morro_das_casinhas_populares_do_roseiral._reiterando_a_indicacao_de_no_1372024_feita_pelo_mesmo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/139/179_2024_instalacao_de_guarda_corpo_ao_longo_da_descida_do_morro_das_casinhas_populares_do_roseiral._reiterando_a_indicacao_de_no_1372024_feita_pelo_mesmo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal instalação de guarda corpo ao longo da descida do morro das "Casinhas Populares" do Roseiral. Reiterando a indicação de nº 137/2024, feita pelo mesmo.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/140/180_2024__limpeza_no_reservatorio_de_agua_das_casinhas_populares_na_localidade_do_roseiral._reiterando_a_indicacao_de_no_1362024_feita_pelo_mesmo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/140/180_2024__limpeza_no_reservatorio_de_agua_das_casinhas_populares_na_localidade_do_roseiral._reiterando_a_indicacao_de_no_1362024_feita_pelo_mesmo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Limpeza no reservatório de água das “Casinhas Populares”, na localidade do Roseiral. Reiterando a indicação de nº 136/2024, feita pelo mesmo.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/141/181_2024_patrolamento_nos_morros_de_arcozelo_especialmente_na_avenida_brasil_-_referencia_aldeia_de_arcozelo._reiterando_a_indicacao_de_no_1352024_feita_pelo_mesmo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/141/181_2024_patrolamento_nos_morros_de_arcozelo_especialmente_na_avenida_brasil_-_referencia_aldeia_de_arcozelo._reiterando_a_indicacao_de_no_1352024_feita_pelo_mesmo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Patrolamento nos Morros de Arcozelo, especialmente na Avenida Brasil - Referência: Aldeia de Arcozelo. Reiterando a indicação de nº 135/2024, feita pelo mesmo.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/142/182_2024_providencias_quanto_ao_recapeamento_da_rua_do_recanto_localizada_no_bairro_recanto_reiterando_a_indicacao_de_no_1512022_feita_pelo_mesmo.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/142/182_2024_providencias_quanto_ao_recapeamento_da_rua_do_recanto_localizada_no_bairro_recanto_reiterando_a_indicacao_de_no_1512022_feita_pelo_mesmo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto ao recapeamento da Rua do Recanto, localizada no Bairro Recanto, reiterando a indicação de nº 151/2022 feita pelo mesmo.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/145/183_2024_pavimentacao_asfaltica_da_estrada_rio_pardoquilombo_com_inicio_em_coqueiros_e_termino_na_pavimentacao_existente_reiterando_a_indicacao_de_no_060_2021.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/145/183_2024_pavimentacao_asfaltica_da_estrada_rio_pardoquilombo_com_inicio_em_coqueiros_e_termino_na_pavimentacao_existente_reiterando_a_indicacao_de_no_060_2021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Pavimentação asfáltica da Estrada Rio Pardo/Quilombo, com início em Coqueiros e término na pavimentação existente, reiterando a indicação de nº 060/2021 feita pelo mesmo.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/147/202_2024_que_tome_providencias_quanto_a_manutencao_na_iluminacao_existente_no_ponto_de_onibus_localizado_no_bairro_de_arcozelo_na_rj_125_em_frente_a_praca..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/147/202_2024_que_tome_providencias_quanto_a_manutencao_na_iluminacao_existente_no_ponto_de_onibus_localizado_no_bairro_de_arcozelo_na_rj_125_em_frente_a_praca..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto a manutenção na iluminação existente no ponto de ônibus localizado no bairro de Arcozelo, na RJ 125, em frente à praça.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/148/2032021.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/148/2032021.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto à disponibilidade de convocar um Agente Comunitário de Saúde para o bairro do Recanto. Reiterando a indicação de nº 030/2022 feita pelo mesmo.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/152/210_2024_construcao_de_quadra_poliesportiva_na_escola_municipal_do_rio_pardo._reiterando_a_indicacao_de_no_4142023_feita_pelo_mesmo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/152/210_2024_construcao_de_quadra_poliesportiva_na_escola_municipal_do_rio_pardo._reiterando_a_indicacao_de_no_4142023_feita_pelo_mesmo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a construção de uma quadra poliesportiva na Escola Municipal do Rio Pardo. Reiterando a indicação de nº 414/2023 feita pelo mesmo.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/153/211_2024_a_limpeza_do_corrego_existente_na_rua_professor_joaquim_coimbra_centro_paty_do_alferes..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/153/211_2024_a_limpeza_do_corrego_existente_na_rua_professor_joaquim_coimbra_centro_paty_do_alferes..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a limpeza do córrego existente na Rua Professor Joaquim Coimbra, Centro, Paty do Alferes.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/159/213_2024_providencias_quanto_a_limpeza_da_cachoeira_na_maravilha._reiterando_a_indicacao_de_no_1632022_feita_pelo_vereador_heliomar..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/159/213_2024_providencias_quanto_a_limpeza_da_cachoeira_na_maravilha._reiterando_a_indicacao_de_no_1632022_feita_pelo_vereador_heliomar..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto à Limpeza e a Reforma da Pavimentação na Cachoeira da Maravilha.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/160/214_2024_manutencao_de_um_poste_tombado_em_frente_a_clinica_paty_lab_no_bairro_coqueiros..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/160/214_2024_manutencao_de_um_poste_tombado_em_frente_a_clinica_paty_lab_no_bairro_coqueiros..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a Manutenção de um Poste tombado em Frente à Clínica Paty Lab, no Bairro Coqueiros.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/161/215_2024_disponibilizacao_de_uma_geladeira_para_o_armazenamento_de_vacinas_no_posto_de_saude_do_bairro_coqueiros..docx.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/161/215_2024_disponibilizacao_de_uma_geladeira_para_o_armazenamento_de_vacinas_no_posto_de_saude_do_bairro_coqueiros..docx.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a disponibilização de uma Geladeira para o armazenamento de Vacinas no Posto de Saúde do Bairro Coqueiros.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/163/221_2024_instalacao_de_ponto_de_onibus_em_frente_ao_cemiterio_do_barro_branco_sentido_avelar._reiterando_a_indicacao_de_no_0902021_feita_pelo_mesmo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/163/221_2024_instalacao_de_ponto_de_onibus_em_frente_ao_cemiterio_do_barro_branco_sentido_avelar._reiterando_a_indicacao_de_no_0902021_feita_pelo_mesmo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a instalação de Ponto de Ônibus em frente ao Cemitério do Barro Branco, sentido Avelar. Reiterando a indicação de nº 090/2021 feita pelo mesmo.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/164/222_2024_providencias_quanto_a_reforma_geral_da_quadra_de_areia_da_praca_de_arcozelo_assim_como_troca_do_alambrado_areia_e_melhora_na_iluminacao.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/164/222_2024_providencias_quanto_a_reforma_geral_da_quadra_de_areia_da_praca_de_arcozelo_assim_como_troca_do_alambrado_areia_e_melhora_na_iluminacao.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto a reforma geral da quadra de areia da Praça de Arcozelo, assim como troca do alambrado, areia e melhora na iluminação, bairro de Arcozelo. Reiterando a indicação de nº 359/2022 feita pelo mesmo.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/165/223_2024_a_instalacao_de_um_ponto_de_onibus_nas_imediacoes_do_centro_cultural_sentido_palmares..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/165/223_2024_a_instalacao_de_um_ponto_de_onibus_nas_imediacoes_do_centro_cultural_sentido_palmares..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a instalação de um Ponto de Ônibus nas Imediações do Centro Cultural, na Rua Vereador C. Figueira, Sentido Palmares.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/166/224_2024_a_limpeza_urbana_na_rua_manoel_joaquim_teixeira_lopes.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/166/224_2024_a_limpeza_urbana_na_rua_manoel_joaquim_teixeira_lopes.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a Limpeza Urbana na Rua Manoel Joaquim Teixeira Lopes, Centro.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/167/225_2024_que_tome_providencias_quanto_aos_problemas_de_transito_na_estrada_castelo_branco_bairro_arcozelo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/167/225_2024_que_tome_providencias_quanto_aos_problemas_de_transito_na_estrada_castelo_branco_bairro_arcozelo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome Providências quanto aos Problemas de Trânsito na Estrada Castelo Branco, Bairro Arcozelo.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/180/237_2024_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_rj_125_apos_a_aldeia_de_arcozelo_sentido_avelar.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/180/237_2024_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_rj_125_apos_a_aldeia_de_arcozelo_sentido_avelar.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a instalação de Ponto de Ônibus na entrada do Morro Zézé Lopes, RJ-125, após a Aldeia de Arcozelo, sentido Avelar. Reiterando a indicação de nº 609/2022, feita pelo mesmo.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/181/238_2024_a_rocada_e_a_limpeza_da_rua_do_sossego_no_bairro_maravilha..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/181/238_2024_a_rocada_e_a_limpeza_da_rua_do_sossego_no_bairro_maravilha..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a Roçada e a Limpeza da Rua do Sossego, no Bairro Maravilha.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/182/239_2024_a_colocacao_de_uma_faixa_de_pedestres_e_dois_redutores_de_velocidade_rodovia_ary_schiavo_tendo_como_referencia.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/182/239_2024_a_colocacao_de_uma_faixa_de_pedestres_e_dois_redutores_de_velocidade_rodovia_ary_schiavo_tendo_como_referencia.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a colocação de uma faixa de pedestres e dois redutores de velocidade nas proximidades da Estrada Duque, nº 570 (Rodovia Ary Schiavo), tendo como referência a loja Elite Pneus.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Heliomar do Gás</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a Colocação de Escória na Rua do Sossego Dois, Bairro Maravilha.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/184/254_2024_a_instalacao_de_bracos_de_luz_na_estrada_arcozelo_bairro_maravilha_proximo_as_casinhas_populares_referencia_no_69._1.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/184/254_2024_a_instalacao_de_bracos_de_luz_na_estrada_arcozelo_bairro_maravilha_proximo_as_casinhas_populares_referencia_no_69._1.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a instalação de Braços de Luz na Estrada Arcozelo, Bairro Maravilha, próximo às Casinhas Populares (Referência: nº 69).</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/187/255_2024_que_interceda_junto_a_secretaria_competente_que_reforce_a_sinalizacao_ja_existente_em_torno_da_praca_de_coqueiros_a_saber.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/187/255_2024_que_interceda_junto_a_secretaria_competente_que_reforce_a_sinalizacao_ja_existente_em_torno_da_praca_de_coqueiros_a_saber.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que interceda junto a Secretaria competente para que reforce a sinalização já existente em torno da Praça de Coqueiros a saber: pintura das faixas; placas e sinalização dos quebra-molas. Reiterando a Indicação de nº 046/2024, feita pelo mesmo.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/188/256_2024__a_pintura_da_parte_externa_da_esf_de_coqueiros._reiterando_a_indicacao_de_no_4822023_feita_pelo_mesmo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/188/256_2024__a_pintura_da_parte_externa_da_esf_de_coqueiros._reiterando_a_indicacao_de_no_4822023_feita_pelo_mesmo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a pintura da parte externa da ESF de Coqueiros. Reiterando a Indicação de nº 482/2023, feita pelo mesmo.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/196/265_2024_a__realizacao_do_ensaibramento_na_rua_da_prata_situada_no_bairro_de_coqueiros.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/196/265_2024_a__realizacao_do_ensaibramento_na_rua_da_prata_situada_no_bairro_de_coqueiros.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a realização do ensaibramento na Rua da Prata, situada no bairro de Coqueiros.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/197/266_2024_a_realizacao_do_ensaibramento_das_ruas_do_bairro_da_boa_vista._reiterando_a_indicacao_de_no_0042024_feita_pelo_vereador_edinho_da_dengue..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/197/266_2024_a_realizacao_do_ensaibramento_das_ruas_do_bairro_da_boa_vista._reiterando_a_indicacao_de_no_0042024_feita_pelo_vereador_edinho_da_dengue..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a realização do ensaibramento das Ruas do Bairro da Boa Vista. Reiterando a indicação de nº 004/2024, feita pelo vereador Edinho da Dengue.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/198/267_2024_a_colocacao_de_areia_e_tela_de_protecao_na_praca_noemia_rosa_bairro_granja_california_1.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/198/267_2024_a_colocacao_de_areia_e_tela_de_protecao_na_praca_noemia_rosa_bairro_granja_california_1.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a colocação de areia e tela de proteção na Praça Noemia Rosa, bairro Granja Califórnia.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/199/268_2024_-_que_tome_medidas_cabiveis_para_a_implementacao_de_mao_inglesa_na_rua_nova_ao_lado_da_maternidade_proxima_ao_posto_de_combustivel_turcao..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/199/268_2024_-_que_tome_medidas_cabiveis_para_a_implementacao_de_mao_inglesa_na_rua_nova_ao_lado_da_maternidade_proxima_ao_posto_de_combustivel_turcao..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome medidas cabíveis para a Implementação de mão inglesa, na Rua Nova, ao lado da Maternidade, próxima ao Posto de combustível Turcão. Reiterando a indicação de nº 032/2023, feita pelo vereador Rominho.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/200/269_2024_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rua_sidney_de_mello_freitas_centro_na_altura_do_numero_73_em_frente_a_clinica_dr._mackson.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/200/269_2024_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rua_sidney_de_mello_freitas_centro_na_altura_do_numero_73_em_frente_a_clinica_dr._mackson.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a instalação de um redutor de velocidade (quebra-mola) na Rua Sidney de Mello Freitas, Centro, na altura do número 73, em frente à Clínica Dr. Mackson.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/201/272_2024_que_realize_a_manutencao_dos_bracos_de_luz_na_rua_eugeni_basbus_bairro_mantiquira_3.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/201/272_2024_que_realize_a_manutencao_dos_bracos_de_luz_na_rua_eugeni_basbus_bairro_mantiquira_3.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize a Manutenção dos Braços de Luz na Rua Eugeni Basbus, Bairro Mantiquira.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/202/273_2024__a_realizacao_da_pavimentacao_asfaltica_da_rua_doutor_lagrota_centro_rua_mangalarga_de_baixo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/202/273_2024__a_realizacao_da_pavimentacao_asfaltica_da_rua_doutor_lagrota_centro_rua_mangalarga_de_baixo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a realização da pavimentação asfáltica da Rua Doutor Lagrota, Centro (Rua Mangalarga de Baixo).</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/205/280_2024__a_instalacao_de_redutores_de_velocidade_quebra-molas_na_rua_elvira_nogueira_especificamente_nas_proximidades_da_fabrica_de_blocos_do_sr._alvin.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/205/280_2024__a_instalacao_de_redutores_de_velocidade_quebra-molas_na_rua_elvira_nogueira_especificamente_nas_proximidades_da_fabrica_de_blocos_do_sr._alvin.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a Instalação de Redutores de Velocidade (quebra-molas) na Rua Elvira Nogueira, especificamente nas proximidades da fábrica de blocos do Sr. Alvin, localizada no bairro Pedras Ruivas.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/206/281_2024__a_pintura_de_uma_faixa_de_pedestre_na_rj-125_proximo_a_ponte_do_bibi..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/206/281_2024__a_pintura_de_uma_faixa_de_pedestre_na_rj-125_proximo_a_ponte_do_bibi..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a Pintura de uma Faixa de Pedestre na RJ-125, próximo à Ponte do Bibi.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/207/283_2024__o_fechamento_da_avenida_santos_dumont_na_altura_da_praca_de_pedras_ruivas_durante_os_domingos_e_feriados.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/207/283_2024__o_fechamento_da_avenida_santos_dumont_na_altura_da_praca_de_pedras_ruivas_durante_os_domingos_e_feriados.pdf</t>
   </si>
   <si>
     <t>O fechamento da Avenida Santos Dumont, na altura da Praça de Pedras Ruivas, durante os domingos e feriados</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>Pedro Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/209/285_2024___a_revitalizacao_do_jardim_de_avelar..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/209/285_2024___a_revitalizacao_do_jardim_de_avelar..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a revitalização do Jardim de Avelar.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>Juarez Leinho</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/210/286_2024__a_conclusao_da_calcada_no_percurso_da_rj_125_especificamente_no_trecho_que_liga_a_granja_california_a_avelar.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/210/286_2024__a_conclusao_da_calcada_no_percurso_da_rj_125_especificamente_no_trecho_que_liga_a_granja_california_a_avelar.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a conclusão da calçada no percurso da RJ 125, especificamente no trecho que liga a Granja Califórnia a Avelar.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/211/287_2024_-_construcao_de_uma_quadra_de_areia_na_praca_localizada_na_rod._ary_schiavo_ao_lado_do_bar_do_vivinha..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/211/287_2024_-_construcao_de_uma_quadra_de_areia_na_praca_localizada_na_rod._ary_schiavo_ao_lado_do_bar_do_vivinha..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a construção de uma quadra de areia na praça localizada na Rod. Ary Schiavo, ao lado do Bar do Vivinha. Reiterando a indicação de nº 016/2024, feita pelo mesmo.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/212/288_2024_a_realizacao_da_pavimentacao_asfaltica_na_rua_celino_gomes_lisboa_bairro_goiabal..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/212/288_2024_a_realizacao_da_pavimentacao_asfaltica_na_rua_celino_gomes_lisboa_bairro_goiabal..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a realização da Pavimentação Asfáltica na Rua Celino Gomes Lisboa, Bairro Goiabal. Reiterando a indicação de nº 175/2021, feita pelo Vereador Juliano Melo.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/220/301_2024_patrolamento_ensaibramento_e_compactacao_com_rolo_no_trecho_da_avenida_brasil_que_se_estende_ate_as_casinhas_populares_da_rua_da_cachoeira.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/220/301_2024_patrolamento_ensaibramento_e_compactacao_com_rolo_no_trecho_da_avenida_brasil_que_se_estende_ate_as_casinhas_populares_da_rua_da_cachoeira.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Patrolamento, ensaibramento e compactação com rolo no trecho da Avenida Brasil que se estende até as casinhas populares da Rua da Cachoeira - Referência: Aldeia de Arcozelo. Reiterando a indicação nº 135/2024, feita pelo mesmo.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/221/302_2024_que_tome_providencias_quanto_a_construcao_de_uma_ponte_no_local_da_passarela_situada_atras_da_aldeia_no_bairro_de_arcozelo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/221/302_2024_que_tome_providencias_quanto_a_construcao_de_uma_ponte_no_local_da_passarela_situada_atras_da_aldeia_no_bairro_de_arcozelo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto à construção de uma Ponte no local da passarela, situada atrás da Aldeia no bairro de Arcozelo. Reiterando a indicação de nº 275/2022, feita pelo mesmo.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/222/303_2024_a_reedicao_do_teepa__torneio_entre_empresas_de_paty_do_alferes.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/222/303_2024_a_reedicao_do_teepa__torneio_entre_empresas_de_paty_do_alferes.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito a reedição do TEEPA – Torneio Entre Empresas de Paty do Alferes.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/223/304_2024_manutencao_nos_bracos_de_iluminacao_publica_nos_bairros_de_coqueiros_e_rio_pardo_reiterando_a_indicacao_de_no_1632024_feita_pelo_mesmo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/223/304_2024_manutencao_nos_bracos_de_iluminacao_publica_nos_bairros_de_coqueiros_e_rio_pardo_reiterando_a_indicacao_de_no_1632024_feita_pelo_mesmo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Manutenção nos braços de iluminação pública nos bairros de Coqueiros e Rio Pardo, reiterando a indicação de nº 163/2024 feita pelo mesmo.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/224/305_2024_a_realizacao_de_limpeza_nas_calhas_de_cimento_da_rua_do_recanto_localizada_no_bairro_recanto..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/224/305_2024_a_realizacao_de_limpeza_nas_calhas_de_cimento_da_rua_do_recanto_localizada_no_bairro_recanto..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a realização de limpeza nas calhas de cimento da Rua do Recanto, localizada no bairro Recanto.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/229/313_2024_manutencao_dos_bracos_de_luz_do_calcadao_do_dilson..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/229/313_2024_manutencao_dos_bracos_de_luz_do_calcadao_do_dilson..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal Manutenção dos Braços de Luz do Calçadão do Dilson.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/230/321_2024___a_pavimentacao_asfaltica_na_estrada_salomao_gomes_dos_reis_em_frente_a_igreja_assembleia_localizada_no_bairro_barra_do_encanto..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/230/321_2024___a_pavimentacao_asfaltica_na_estrada_salomao_gomes_dos_reis_em_frente_a_igreja_assembleia_localizada_no_bairro_barra_do_encanto..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a pavimentação asfáltica na Estrada Salomão Gomes dos Reis, em frente à Igreja Assembleia, localizada no bairro Barra do Encanto.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/241/332_2024_patrolamento_e_ensaibramento_na_rua_dr._francisco_baker_meio_reiterando_a_indicacao_de_no.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/241/332_2024_patrolamento_e_ensaibramento_na_rua_dr._francisco_baker_meio_reiterando_a_indicacao_de_no.pdf</t>
   </si>
   <si>
     <t>EMENTA:	Solicita ao Prefeito Municipal Patrolamento e Ensaibramento na Rua Dr. Francisco Baker Meio, bairro Pedras Ruivas, reiterando a indicação de nº 118/2024.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/249/343_2024_-__que_tome_providencias_urgentes_quanto_a_restauracao_dos_espacos_infantis_situados_nos_bairros_monte_alegre_arcozelo_e_avelar..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/249/343_2024_-__que_tome_providencias_urgentes_quanto_a_restauracao_dos_espacos_infantis_situados_nos_bairros_monte_alegre_arcozelo_e_avelar..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências urgentes quanto à restauração dos espaços infantis situados nos Bairros Monte Alegre, Arcozelo e Avelar.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/256/353_2024_que_tome_providencias_quanto_a_operacao_tapa_buracos_na_rua_do_recanto_localizada_no_bairro_recanto..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/256/353_2024_que_tome_providencias_quanto_a_operacao_tapa_buracos_na_rua_do_recanto_localizada_no_bairro_recanto..docx</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto à operação tapa buracos na Rua do Recanto, localizada no Bairro Recanto.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/257/354_2024_que_tome_providencias_quanto_ao_recapeamento_da_rua_do_recanto_localizada_no_bairro_recanto_reiterando_a_indicacao_de_no.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/257/354_2024_que_tome_providencias_quanto_ao_recapeamento_da_rua_do_recanto_localizada_no_bairro_recanto_reiterando_a_indicacao_de_no.docx</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto ao recapeamento da Rua do Recanto, localizada no Bairro Recanto, reiterando a indicação de nº 182/2024 feita pelo mesmo.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/260/355_2024_limpeza_do_asfalto_na_linha_da_estacao_rua_praca_da_estacao_bairro_arcozelo_em_frente_a_casa_de_oracao_de_arcozelo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/260/355_2024_limpeza_do_asfalto_na_linha_da_estacao_rua_praca_da_estacao_bairro_arcozelo_em_frente_a_casa_de_oracao_de_arcozelo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal limpeza do asfalto na linha da estação, Rua Praça da Estação, Bairro Arcozelo, em frente à Casa de Oração de Arcozelo.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/258/357_2024_entrada_franca_na_festa_do_tomate_para_os_moradores_de_paty_do_alferes..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/258/357_2024_entrada_franca_na_festa_do_tomate_para_os_moradores_de_paty_do_alferes..docx</t>
   </si>
   <si>
     <t>Solicita ao Prefeito entrada franca na Festa do Tomate para os moradores de Paty do Alferes.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/271/365_2024___a_construcao_de_uma_casa_de_protecao_a_mulher_em_nosso_municipio_bem_como_a_implementacao_da_patrulha_maria_da_penha.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/271/365_2024___a_construcao_de_uma_casa_de_protecao_a_mulher_em_nosso_municipio_bem_como_a_implementacao_da_patrulha_maria_da_penha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a Construção de uma Casa de Proteção à Mulher em nosso município, bem como a implementação da Patrulha Maria da Penha. Reiterando a indicação de nº 702/2021, feita pelo Vereador Leinho.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/281/424_2024_que_tome_providencias_quanto_a_manutencao_ensaibramentonos_pontos_criticos_nos_bairros_coqueiros_rio_pardo_e_aquenta_sol..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/281/424_2024_que_tome_providencias_quanto_a_manutencao_ensaibramentonos_pontos_criticos_nos_bairros_coqueiros_rio_pardo_e_aquenta_sol..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto a Manutenção (Ensaibramento)nos pontos críticos nos Bairros Coqueiros, Rio Pardo e Aquenta Sol.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/282/425_2024_que_convoque_em_regime_de_urgencia_os_5_cinco_agentes_de_combate_as_endemias_aprovados_no_concurso_vigente.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/282/425_2024_que_convoque_em_regime_de_urgencia_os_5_cinco_agentes_de_combate_as_endemias_aprovados_no_concurso_vigente.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que convoque em regime de urgência os 5 (cinco) agentes de combate às endemias, aprovados no concurso vigente. Reiterando a indicação de nº 089/2024, feita pelo mesmo.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/285/432_2024_que_tome_providencias_quanto_a_manutencao_patrolamento_e_ensaibramento_na_alameda_do_ipe_localizada_no_bairro_palmares._1.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/285/432_2024_que_tome_providencias_quanto_a_manutencao_patrolamento_e_ensaibramento_na_alameda_do_ipe_localizada_no_bairro_palmares._1.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto a Manutenção (patrolamento e ensaibramento) na Alameda do Ipê, localizada no bairro Palmares.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/307/442_2024__o_aumento_do_vale-feira_e_a_inclusao_dos_servidores_da_camara_municipal_no_programa..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/307/442_2024__o_aumento_do_vale-feira_e_a_inclusao_dos_servidores_da_camara_municipal_no_programa..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal o aumento do vale-feira. Reiterando a indicação nº 752/2022, feita pelo vereador Juarez Leinho.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/308/443_2024__que_seja_realizado_o_asfaltamento_de_um_trecho_de_aproximadamente_um_quilometro_e_meio_15_km_da_estrada_da_boa_vista_tendo_como_referencia_a.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/308/443_2024__que_seja_realizado_o_asfaltamento_de_um_trecho_de_aproximadamente_um_quilometro_e_meio_15_km_da_estrada_da_boa_vista_tendo_como_referencia_a.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizado o asfaltamento de um trecho de aproximadamente um quilômetro e meio (1,5 km) da estrada da Boa Vista, tendo como referência a subida da Picadinha, no bairro Boa Vista.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/309/444_2024__que_seja_realizado_o__asfaltamento_de_um_trecho_de_500_metros_da_rua_projetada_h_localizada_no_bairro_avelar.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/309/444_2024__que_seja_realizado_o__asfaltamento_de_um_trecho_de_500_metros_da_rua_projetada_h_localizada_no_bairro_avelar.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizado o  asfaltamento de um trecho de 500 metros da Rua Projetada H, localizada no bairro Avelar, próximo à interseção com a Rua José Vaz.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/310/445_2024__que_seja_realizado_o_asfaltamento_de_um_trecho_de_200_metros_no_bairro_barra_do_encanto.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/310/445_2024__que_seja_realizado_o_asfaltamento_de_um_trecho_de_200_metros_no_bairro_barra_do_encanto.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizado o asfaltamento de um trecho de 200 metros no bairro Barra do Encanto, tendo como referência a Igreja Assembleia de Deus da Barra do Encanto.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/321/450_2024__que_tome_providencias_quanto_ao_reparo_de_buraco_na_rua_coronel_manoel_bernardes_em_frente_a_paty_lab..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/321/450_2024__que_tome_providencias_quanto_ao_reparo_de_buraco_na_rua_coronel_manoel_bernardes_em_frente_a_paty_lab..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto ao reparo de buracos na Rua Coronel Manoel Bernardes.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/322/451_2024__que_tome_providencias_quanto_ao_reparo_urgente_no_elevador_da_prefeitura_municipal..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/322/451_2024__que_tome_providencias_quanto_ao_reparo_urgente_no_elevador_da_prefeitura_municipal..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto ao Reparo urgente no Elevador da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/324/456_2024_a_realizacao_da_operacao_de_tapa-buracos_na_rj_117_que_atravessa_o_nosso_municipio.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/324/456_2024_a_realizacao_da_operacao_de_tapa-buracos_na_rj_117_que_atravessa_o_nosso_municipio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito a realização da operação de tapa-buracos na RJ 117, que atravessa o nosso município. Reiterando a indicação de nº 579/2023, feita pelo mesmo.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/325/457_2024_que_tome_providencias_quanto_ao_recapeamento_da_rua_do_recanto_localizada_no_bairro_recanto_reiterando_a_indicacao_de_no.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/325/457_2024_que_tome_providencias_quanto_ao_recapeamento_da_rua_do_recanto_localizada_no_bairro_recanto_reiterando_a_indicacao_de_no.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto ao recapeamento da Rua do Recanto, localizada no Bairro Recanto, reiterando a indicação de nº 354/2024 feita pelo mesmo.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/326/460_2024_a_construcao_de_quadra_sintetica_na_rua_santo_antonio_bairro_lameirao._reiterando_a_indicacao_de_no_4682023_feita_pelo_mesmo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/326/460_2024_a_construcao_de_quadra_sintetica_na_rua_santo_antonio_bairro_lameirao._reiterando_a_indicacao_de_no_4682023_feita_pelo_mesmo..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a construção de quadra sintética na Rua Santo Antônio, Bairro Lameirão. Reiterando a indicação de nº 468/2023, feita pelo mesmo.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/327/461_2024_a_instalacao_de_playground_e_academia_ao_ar_livre_na_rua_santo_antonio_bairro_lameirao_em_frente_a_casa_de_festas_pedra_branca.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/327/461_2024_a_instalacao_de_playground_e_academia_ao_ar_livre_na_rua_santo_antonio_bairro_lameirao_em_frente_a_casa_de_festas_pedra_branca.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a instalação de playground e academia ao ar livre na Rua Santo Antônio, Bairro Lameirão, em frente à Casa de Festas Pedra Branca. Reiterando a Indicação de nº 137/2022, feita pelo mesmo.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/328/462_2024_a_reforma_da_praca_e_da_quadra_do_bairro_lameirao_situada_na_rua_santo_antonio.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/328/462_2024_a_reforma_da_praca_e_da_quadra_do_bairro_lameirao_situada_na_rua_santo_antonio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a reforma da Praça e da Quadra do Bairro Lameirão, situada na Rua Santo Antônio.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/335/475_2024__que_tome_providencias_quanto_reparo_urgente_no_elevador_do_casario_do_alferes_situado_na_rua_joao_paim_centro_paty_do_alferes__rj..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/335/475_2024__que_tome_providencias_quanto_reparo_urgente_no_elevador_do_casario_do_alferes_situado_na_rua_joao_paim_centro_paty_do_alferes__rj..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que tome providências quanto reparo urgente no elevador do Casario do Alferes, situado na Rua João Paim, Centro, Paty do Alferes – RJ.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/336/476_2024__a_modificacao_do_local_do_ponto_de_onibus_situado_na_avenida_irineu_reis_no_bairro_granja.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/336/476_2024__a_modificacao_do_local_do_ponto_de_onibus_situado_na_avenida_irineu_reis_no_bairro_granja.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a modificação do local do ponto de ônibus situado na Avenida Irineu Reis, no Bairro Granja Califórnia, ao lado do estabelecimento conhecido como "Bar do Zé do Torresmo".</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/339/481_2024_a_instalacao_de_postes_com_sistema_de_iluminacao_solar_no_morro_do_fama..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/339/481_2024_a_instalacao_de_postes_com_sistema_de_iluminacao_solar_no_morro_do_fama..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito a instalação de pontos de iluminação pública no Morro do Fama.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>Eurico Pinheiro Bernardes neto</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do plano municipal pela primeira infância – PMPI– Paty do Alferes – RJ.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/344/491_2024_que_realize_a_manutencao_na_estrada_da_boa_vista_incluindo_os_servicos_de_patrolamento_ensaibramento_e_rocada.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/344/491_2024_que_realize_a_manutencao_na_estrada_da_boa_vista_incluindo_os_servicos_de_patrolamento_ensaibramento_e_rocada.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito que realize a manutenção na Estrada da Boa Vista, incluindo os serviços de patrolamento, ensaibramento e roçada.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/345/492_2024__que_seja_realizado_o_calcamento_nos_dois_sentidos_da_via_que_liga_a_secretaria_de_obras_localizada_no_bairro_tres_porteira.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/345/492_2024__que_seja_realizado_o_calcamento_nos_dois_sentidos_da_via_que_liga_a_secretaria_de_obras_localizada_no_bairro_tres_porteira.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que seja realizado o calçamento nos dois sentidos da via que liga a Secretaria de Obras, localizada no Bairro Três Porteiras, até a Rodoviária de Arcozelo.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/32/002_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_05_a_09_de_fevereiro_rominho_leinho_juliano_e_edinho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/32/002_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_05_a_09_de_fevereiro_rominho_leinho_juliano_e_edinho.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO DOS VEREADORES QUE MENCIONA À CIDADE DE BRASÍLIA, CAPITAL FEDERAL, EM VIAGEM DE REPRESENTAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/48/007_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_19_a_23_de_fevereiro_ligeirinho_macarrao_e_sabia.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/50/008_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_26_de_fevereiro_a_01_de_marco_dudu_heliomar_e_zaninho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/48/007_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_19_a_23_de_fevereiro_ligeirinho_macarrao_e_sabia.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/50/008_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_26_de_fevereiro_a_01_de_marco_dudu_heliomar_e_zaninho.pdf</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/51/012_2024_projeto_de_decreto_legislativo_regulamentacao_da_nova_lei_de_licitacoes_14133_-_compras_de_pequeno_valor_-_artigo_95_nllc_-_janeiro_2024.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/51/012_2024_projeto_de_decreto_legislativo_regulamentacao_da_nova_lei_de_licitacoes_14133_-_compras_de_pequeno_valor_-_artigo_95_nllc_-_janeiro_2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta o § 2º do art. 95 da Lei Federal nº 14.133/2021 quanto ao regime das despesas de pequenas compras ou de prestação de serviços de pronto pagamento na Administração Pública Municipal.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/57/013_2024_projeto_de_decreto_legislativo_-_ponto_facultativo_carnaval_dias_12_e_14_de_fevereiro_de_2024.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/57/013_2024_projeto_de_decreto_legislativo_-_ponto_facultativo_carnaval_dias_12_e_14_de_fevereiro_de_2024.pdf</t>
   </si>
   <si>
     <t>Decreta Ponto Facultativo na Sede do Poder Legislativo Municipal de Paty do Alferes, nos dias 12 e 14 de fevereiro de 2024, em virtude da Comemoração da Festividade do Carnaval.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/75/030_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_11_a_15_de_marco_ligeirinho_macarrao_e_sabia.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/75/030_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_11_a_15_de_marco_ligeirinho_macarrao_e_sabia.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação dos vereadores que menciona à cidade de Brasília, capital federal, em viagem de representação do município.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/76/031_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_de_marco_rominho_leinho_juliano_e_edinho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/76/031_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_de_marco_rominho_leinho_juliano_e_edinho.pdf</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/83/107_2024_projeto_de_decreto_legislativo_viagem_venda_nova__de_22_a_26_de_abril_rominho_leinho_juliano_e_edinho.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/83/107_2024_projeto_de_decreto_legislativo_viagem_venda_nova__de_22_a_26_de_abril_rominho_leinho_juliano_e_edinho.doc</t>
   </si>
   <si>
     <t>Autoriza a participação dos vereadores que menciona à cidade de venda nova do imigrante, no Espírito Santo, em viagem de representação do município.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/84/108_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_06_a_10_de_maio_dudu_heliomar_e_zaninho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/84/108_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_06_a_10_de_maio_dudu_heliomar_e_zaninho.pdf</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/93/124_2024_projeto_de_decreto_legislativo_viagem_venda_nova__de_22_a_26_de_abril_ligeirinho_e_macarrao.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/93/124_2024_projeto_de_decreto_legislativo_viagem_venda_nova__de_22_a_26_de_abril_ligeirinho_e_macarrao.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação dos vereadores que menciona à cidade de venda nova do imigrante, no espírito santo, em viagem de representação do município.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/100/131_2024_projeto_de_decreto_legislativo-_ponto_facultativo_-_sao_jorge_dia_22_de_abril.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/100/131_2024_projeto_de_decreto_legislativo-_ponto_facultativo_-_sao_jorge_dia_22_de_abril.pdf</t>
   </si>
   <si>
     <t>Decreta Ponto Facultativo na sede do Poder Legislativo Municipal de Paty do Alferes, no dia 22 de abril de 2024.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/168/233_2024_projeto_de_decreto_legislativo_aprova_as_contas_do_prefeito_do_exercicio_2022.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/168/233_2024_projeto_de_decreto_legislativo_aprova_as_contas_do_prefeito_do_exercicio_2022.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do excelentíssimo senhor Prefeito de Paty do Alferes, Eurico Pinheiro Bernardes Neto, referente ao exercício de 2022.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/235/317_2024.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/235/317_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação dos vereadores que menciona à cidade de brasília, capital federal, em viagem de representação do município.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/236/318_2024.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/236/318_2024.pdf</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/237/319_2024.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/237/319_2024.pdf</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/247/337_2024_projeto_de_decreto_legislativo_-_alteracao_de_horario_de_realizacao_de_sessoes_-_periodo_eleitoral_-_agosto_2024_2.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/247/337_2024_projeto_de_decreto_legislativo_-_alteracao_de_horario_de_realizacao_de_sessoes_-_periodo_eleitoral_-_agosto_2024_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do horário de realização das Sessões Ordinárias no âmbito da Câmara Municipal de Paty do Alferes que, excepcionalmente, no período de 1º de Setembro a 02 de Outubro de 2024, serão realizadas as 18:00 horas.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/261/361_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_07_a_11_de_outubro_dudu_heliomar_e_zaninho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/261/361_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_07_a_11_de_outubro_dudu_heliomar_e_zaninho.pdf</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/262/317_2024.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/262/317_2024.pdf</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/264/371_2024_projeto_de_decreto_legislativo_viagem_brasilia_de_14_a_18_de_outubro_sabia_e_pedro_dentista_2.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/264/371_2024_projeto_de_decreto_legislativo_viagem_brasilia_de_14_a_18_de_outubro_sabia_e_pedro_dentista_2.pdf</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/265/375_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_22_a_24_de_outubro_juju_avelino.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/265/375_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_22_a_24_de_outubro_juju_avelino.pdf</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>Plenário - PLEN</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/266/420_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_de_novembro_dudu_heliomar_e_zaninho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/266/420_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_de_novembro_dudu_heliomar_e_zaninho.pdf</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/267/421_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_novembro_macarrao_sergio_sabia_e_pedro.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/267/421_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_novembro_macarrao_sergio_sabia_e_pedro.pdf</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/268/422_2024_projeto_de_decreto_legislativo_viagem_venda_nova-es__de_11_a_15_de_novembro_rominholeinho_e_edinho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/268/422_2024_projeto_de_decreto_legislativo_viagem_venda_nova-es__de_11_a_15_de_novembro_rominholeinho_e_edinho.pdf</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/269/423_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_09_a_13_de_dezembro_rominholeinho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/269/423_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_09_a_13_de_dezembro_rominholeinho.pdf</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/318/441_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_19_a_21_de_novembro_juju_avelino.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/318/441_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_19_a_21_de_novembro_juju_avelino.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação do vereador que menciona à cidade de Brasília, capital federal, em viagem de representação do município.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/323/452_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_26_a_28_de_novembro_juju_avelino.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/323/452_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_26_a_28_de_novembro_juju_avelino.pdf</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/338/478_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_02_a_06_de_dezembro_rominholeinho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/338/478_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_02_a_06_de_dezembro_rominholeinho.pdf</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/342/484_2024_projeto_de_decreto_legislativo-_ponto_facultativo_-_final_de_ano.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/342/484_2024_projeto_de_decreto_legislativo-_ponto_facultativo_-_final_de_ano.pdf</t>
   </si>
   <si>
     <t>Decreta Ponto Facultativo na sede do Poder Legislativo Municipal de Paty do Alferes, nos dias 23, 24, 30 e 31 de dezembro de 2024.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/347/494_2024_projeto_de_decreto_legislativo_-_mudanca_do_local_e_horario_da_sessao_de_posse.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/347/494_2024_projeto_de_decreto_legislativo_-_mudanca_do_local_e_horario_da_sessao_de_posse.pdf</t>
   </si>
   <si>
     <t>Altera o local e o horário da sessão especial de posse do Prefeito, Vice-Prefeito e Vereadores eleitos da eleição de 2024, para o mandato de 2025 a 2028.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/136/174_2024_-_projeto_de_resolucao_-_licitacao_de_gasolina_-_pregao_eletronico_-_maio_2024_1.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/136/174_2024_-_projeto_de_resolucao_-_licitacao_de_gasolina_-_pregao_eletronico_-_maio_2024_1.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de processo licitatório, na modalidade pregão eletrônico, para contratação de empresa para fornecimento de combustível – gasolina comum -e dá outras providências.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/60/22_mocao_de_aplausos_ao_pastor_fabiano_borba_silva_da_assembleia_de_deus_acampamento..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/60/22_mocao_de_aplausos_ao_pastor_fabiano_borba_silva_da_assembleia_de_deus_acampamento..pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental Moção de Aplausos ao PASTOR FABIANO BORBA SILVA DA ASSEMBLEIA DE DEUS ACAMPAMENTO.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/70/052_2024_primeiro_lugar_na_primeira_etapa_do_circuito_estadual_de_jiu_jitsu.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/70/052_2024_primeiro_lugar_na_primeira_etapa_do_circuito_estadual_de_jiu_jitsu.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental moção de aplausos ao Professor Wellington Soares de Moraes e seu time do Projeto Escola Léo Brazilian Jiu-Jitsu, pela brilhante conquista do primeiro lugar na Primeira Etapa do Circuito Estadual de Jiu Jitsu, a saber: Ana Julia Lima dos Santos; Ellen Rocha Missias; Evellin Rocha Euzebio; Emilly de Carvalho vieira; Guilherme Santana de Morais; João Guilherme Santana; Heloisa Teixeira Lopes; Livia Teixeira Lopes; Enzo de Souza Moreno Baldez Machado; Isabella Baltar Barros; João Miguel Oliveira; Jonatas Roberto da Silva Borges; Julia Barbosa Ferreira Alves; Leila Marques de Azevedo; Logan Feitosa Monte Mor; Nathan Silva Gonçalves; Paulo Fellype Faustino Campos; Roberto Augusto Pereira e Souza; Samyra Afonso da Silva; Sophia de Carvalho da Silva Lima; Yasmin Gonçalves Duarte da Silva; Ysabelle Duarte Esteves e Davi Lucas Lima dos Santos.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/66/061_2024_solicitacao_acerca_de_esclarecimentos_e_informacoes_cruciais_em_relacao_ao_projeto_que_esta_sendo_delineado_para_o_centro_comercial_loca.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/66/061_2024_solicitacao_acerca_de_esclarecimentos_e_informacoes_cruciais_em_relacao_ao_projeto_que_esta_sendo_delineado_para_o_centro_comercial_loca.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental solicitação acerca de esclarecimentos e informações cruciais em relação ao projeto que está sendo delineado para o Centro Comercial, localizado no centro de Paty do Alferes – RJ.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/20/098_2024_igreja_evangelica_congregacional_bereia.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/20/098_2024_igreja_evangelica_congregacional_bereia.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental Moção de Aplausos à Igreja Evangélica Congregacional Bereia.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/149/127_2024_mocao_de_pesar_a_familia_do_sr._ruval_queiroz_dantas.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/149/127_2024_mocao_de_pesar_a_familia_do_sr._ruval_queiroz_dantas.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental Moção de Pesar à família do SR. RUVAL QUEIROZ DANTAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/99/128_2024_mocao_de_aplausos_a_loja_comercial_friburguense_sob_a_lideranca_inspiradora_de_seu_dedicado_responsavel_sr._fabio_de_andrade_berbert..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/99/128_2024_mocao_de_aplausos_a_loja_comercial_friburguense_sob_a_lideranca_inspiradora_de_seu_dedicado_responsavel_sr._fabio_de_andrade_berbert..pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental Moção de Aplausos a loja COMERCIAL FRIBURGUENSE, sob a liderança inspiradora de seu dedicado responsável, SR. FÁBIO DE ANDRADE BERBERT.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/104/140_2024_pedido_de_informacoes_sobre_a_linha_de_onibus_que_percorre_os_bairros_de_coqueiros_e_maravilha_operada_pela_empresa_linave.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/104/140_2024_pedido_de_informacoes_sobre_a_linha_de_onibus_que_percorre_os_bairros_de_coqueiros_e_maravilha_operada_pela_empresa_linave.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental pedido de informações sobre a linha de ônibus que percorre os Bairros de Coqueiros e Maravilha, operada pela empresa LINAVE.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental Notificação à Empresa Responsável pela Construção do Complexo Esportivo em Arcozelo.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/123/167_2024_revitalizacao_do_jardim_de_avelar_e_melhoria_na_iluminacao_publica..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/123/167_2024_revitalizacao_do_jardim_de_avelar_e_melhoria_na_iluminacao_publica..pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental a Revitalização do Jardim de Avelar e Melhoria na Iluminação Pública.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/124/172_2024_esclarecimentos_acerca_da_ausencia_de_realizacao_do_exame_de_ultrassom_especialmente_o_morfologico.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/124/172_2024_esclarecimentos_acerca_da_ausencia_de_realizacao_do_exame_de_ultrassom_especialmente_o_morfologico.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental esclarecimentos acerca da ausência de realização do exame de ultrassom, especialmente o morfológico.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/133/175_2024_mocao_de_agradecimento_ao_produtor_sr._pedro_henrique_de_oliveira_ramos_engenheiro_civil_e_atual_presidente_do_der..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/133/175_2024_mocao_de_agradecimento_ao_produtor_sr._pedro_henrique_de_oliveira_ramos_engenheiro_civil_e_atual_presidente_do_der..pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma Regimental MOÇÃO DE AGRADECIMENTO ao Produtor SR. PEDRO HENRIQUE DE OLIVEIRA RAMOS, Engenheiro civil, e atual Presidente do DER.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/135/177_2024_mocao_de_aplausos_a_sra._lucia_de_fatima_fernandes_fonseca_1.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/135/177_2024_mocao_de_aplausos_a_sra._lucia_de_fatima_fernandes_fonseca_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental, MOÇÃO DE APLAUSOS A SRA. LUCIA DE FÁTIMA FERNANDES FONSECA</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/146/184_2024_mocao_de_aplausos_a_equipe_representante_de_paty_do_alferes_na_copa_rio_sul_de_futsal.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/146/184_2024_mocao_de_aplausos_a_equipe_representante_de_paty_do_alferes_na_copa_rio_sul_de_futsal.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa diretora que seja expedida na forma regimental moção de aplausos a equipe representante de paty do alferes na copa rio sul de futsal.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/150/1852021.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/150/1852021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental informações acerca do planejamento e da execução das obras referentes ao PROJETO DE EMENDA IMPOSITIVA Nº 657/2022 AO PROJETO DE LEI Nº 621/2022 – LOA – 2023 e ao PROJETO DE EMENDA IMPOSITIVA Nº 663/2022 AO PROJETO DE LEI Nº 621/2022 – LOA – 2023, destinado, respectivamente à instalação de uma academia da saúde na Parada Mestre Xisto, e ao complemento de asfaltamento da Rua Júlio Candido da Silva, ambos no bairro Granja Califórnia.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/151/201_2024_mocao_de_aplausos_as_finalistas_do_concurso_de_rainha_da_festa_do_tomate_e_ao_organizador_polibio_pimentel.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/151/201_2024_mocao_de_aplausos_as_finalistas_do_concurso_de_rainha_da_festa_do_tomate_e_ao_organizador_polibio_pimentel.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma Regimental MOÇÃO DE APLAUSOS ÀS FINALISTAS DO CONCURSO DE RAINHA DA FESTA DO TOMATE E AO ORGANIZADOR DO EVENTO.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/154/205_2024_mocao_de_aplausos_aos_srs.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/154/205_2024_mocao_de_aplausos_aos_srs.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma Regimental Moção de Aplausos aos SRs. João Batista Da Silva Carius, Gabriel Raizer De Souza, João Pedro Aguiar Machado, Emilson Camara Raizer, Adilson Benfica Pimentel, Robson Rodrigues De Oliveira e Ariel Carlos Araujo Santos.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/162/212_2024_disponibilizacao_do_contrato_com_o_lixao_do_barro_branco_e_providencias_urgentes..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/162/212_2024_disponibilizacao_do_contrato_com_o_lixao_do_barro_branco_e_providencias_urgentes..pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental a Disponibilização do Contrato com a Usina de Lixo do Bairro Barro Branco e Providências Urgentes.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/176/235_2024_explicacoes_sobre_a_obra_no_centro_da_cidade_rua_sebastiao_de_lacerda..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/176/235_2024_explicacoes_sobre_a_obra_no_centro_da_cidade_rua_sebastiao_de_lacerda..pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental explicações sobre a obra no centro da cidade, na Rua Sebastião de Lacerda.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/177/236_2024_informacoes_detalhadas_a_respeito_da_queima_de_lixo_que_esta_ocorrendo_de_forma_indevida_no_lixao_do_barro_branco..docx.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/177/236_2024_informacoes_detalhadas_a_respeito_da_queima_de_lixo_que_esta_ocorrendo_de_forma_indevida_no_lixao_do_barro_branco..docx.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental informações detalhadas a respeito da queima de lixo que está ocorrendo de forma indevida no Lixão do Barro Branco.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental a Disponibilização do Contrato com a Empresa Responsável pela Obra na Rua Sebastião de Lacerda, Centro.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/203/271_2024_informacoes_sobre_o_enquadramento_de_cursos_para_professores..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/203/271_2024_informacoes_sobre_o_enquadramento_de_cursos_para_professores..pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental informações sobre o enquadramento de cursos para professores.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/225/306_2024__mocao_de_aplausos_ao_sr._valter_alves_franca.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/225/306_2024__mocao_de_aplausos_ao_sr._valter_alves_franca.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental, moção de aplausos ao sr. Valter Alves França.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>Rominho, Edinho da Dengue, Heliomar do Gás, Juarez Leinho, Macarrão, Zaninho</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/231/314_2024__mocao_de_aplausos_as_equipes_participantes_dos_jogos_esportivos_de_paty_do_alferes_jespa.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/231/314_2024__mocao_de_aplausos_as_equipes_participantes_dos_jogos_esportivos_de_paty_do_alferes_jespa.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa diretora que seja expedida na forma regimental, moção de aplausos as equipes participantes dos jogos esportivos de paty do alferes (jespa) 2024, a saber: equipe de arcozelo, equipe de monte alegre, equipe da granja e equipe de avelar.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/242/331-2024.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/242/331-2024.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa diretora que seja expedida na forma regimental, moção de aplausos ao atleta Eric Niedner, da seleção brasileira de pesca submarina.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/243/334_2024__mocao_de_aplausos_aos_alunos_e_professores_do_colegio_estadual_edmundo_peralta_bernardes_ceepb_que_disputaram_o_jerj_2024..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/243/334_2024__mocao_de_aplausos_aos_alunos_e_professores_do_colegio_estadual_edmundo_peralta_bernardes_ceepb_que_disputaram_o_jerj_2024..pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa diretora que seja expedida na forma regimental, moção de aplausos aos alunos e professores do colégio estadual Edmundo Peralta Bernardes (ceepb) que disputaram os jogos escolares do Rio de Janeiro (jerj) 2024.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/244/335_2024__mocao_de_aplausos_a_diretora_rosimeri_de_lima_lisboa._2.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/244/335_2024__mocao_de_aplausos_a_diretora_rosimeri_de_lima_lisboa._2.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa diretora que seja expedida na forma regimental, moção de aplausos à diretora Rosimeri de Lima Lisboa.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/245/336_2024_mocao_de_aplausos_aos_alunos_e_professores_do_colegio_estadual_edmundo_peralta_bernardes_ceepb_que_disputaram_os_jogos_escolares_do_rio_de_j.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/245/336_2024_mocao_de_aplausos_aos_alunos_e_professores_do_colegio_estadual_edmundo_peralta_bernardes_ceepb_que_disputaram_os_jogos_escolares_do_rio_de_j.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa diretora que seja expedida na forma regimental, moção de aplausos aos alunos e professores do colégio estadual Edmundo Peralta Bernardes (ceepb) que disputaram os jogos escolares do rio de janeiro (jerj) 2024, representando a região sul fluminense na modalidade de futsal.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/311/350_2024_mocao_de_pesar_a_familia_do_sr._marcio..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/311/350_2024_mocao_de_pesar_a_familia_do_sr._marcio..pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental Moção de Pesar à família do SR. MARCIO ANTONIO CUNHA DOS ANJOS.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/277/373_2024_explicacoes_sobre_a_situacao_das_calcadas_na_obra_em_andamento_na_rua_sebastiao_de_lacerda..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/277/373_2024_explicacoes_sobre_a_situacao_das_calcadas_na_obra_em_andamento_na_rua_sebastiao_de_lacerda..pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental explicações sobre a situação das calçadas na obra em andamento na Rua Sebastião de Lacerda.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/279/417_2024_mocao_de_aplausos_ao_humorista_pedro_jose_manso.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/279/417_2024_mocao_de_aplausos_ao_humorista_pedro_jose_manso.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental Moção de Aplausos ao ilustre humorista e imitador brasileiro, Pedro José Manso, natural de nossa cidade, Paty do Alferes, e reconhecido como um grande humorista da América Latina.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/286/430_2024_informacoes_sobre_as_medidas_adotadas_em_relacao_aos_serios_problemas_encontrados_no_recem_inaugurado_posto_de_saude_da_visa_alegre..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/286/430_2024_informacoes_sobre_as_medidas_adotadas_em_relacao_aos_serios_problemas_encontrados_no_recem_inaugurado_posto_de_saude_da_visa_alegre..pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora REQUERIMENTO DE INFORMAÇÕES junto à Prefeitura Municipal de Paty do Alferes para que informe no prazo regimental as medidas que foram tomadas quanto aos graves problemas encontrados no recém inaugurado posto de Saúde da Visa Alegre, se a empresa contratada para a construção foi comunicada e se a garantia da obra foi acionada para a correção dos problemas. Em vídeos divulgados nas redes sociais é possível constatar falhas graves na cobertura do posto, com uma queda d’água nos bocais de luz, inundando todas as dependências da unidade de saúde.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/287/431_2024_informacoes_sobre_as_acoes_tomadas_em_relacao_aos_problemas_identificados_na_obra_conhecida_como_casario.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/287/431_2024_informacoes_sobre_as_acoes_tomadas_em_relacao_aos_problemas_identificados_na_obra_conhecida_como_casario.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedido na forma da Lei REQUERIMENTO DE INFORMAÇÕES junto à Prefeitura Municipal de Paty do Alferes para que informe no prazo regimental as medidas que foram tomadas quanto aos problemas encontrados na obra denominada Casario, com defeitos aparentes, como a escada que dá acesso ao prédio, parte elétrica com queixa de vários lojistas que foram obrigados a fazer obras de substituição da fiação entregue, problemas na captação de água das chuvas e vazamentos nas lojas, entre outros. A prefeitura deverá informar as medidas tomadas, bem como se a empresa contratada para a construção foi comunicada e se a garantia da obra foi acionada para a correção dos problemas.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/320/449_2024_mocao_de_pesar_a_familia_da_professora_janete_pereira_lima..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/320/449_2024_mocao_de_pesar_a_familia_da_professora_janete_pereira_lima..pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental Moção de Pesar à família da PROFESSORA JANETE PEREIRA LIMA.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/337/477_2024_mocao_de_aplausos_ao_sr._dione_de_barros_borges..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/337/477_2024_mocao_de_aplausos_ao_sr._dione_de_barros_borges..pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa diretora que seja expedida na forma regimental, moção de aplausos ao sr. Dione de Barros Borges.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>PEI</t>
   </si>
   <si>
     <t>Projeto de Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/288/376_2024_emenda_impositiva_-_saude_-_juarez_leinho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/288/376_2024_emenda_impositiva_-_saude_-_juarez_leinho.pdf</t>
   </si>
   <si>
     <t>Cirurgias Otorrinolaringológicas</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/289/377_2024_emenda_impositiva_-_saude_-_heliomar.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/289/377_2024_emenda_impositiva_-_saude_-_heliomar.pdf</t>
   </si>
   <si>
     <t>Cirurgias De Catarata</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/290/378_2024_emenda_impositiva_-_saude_-_denilson_ligeirinho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/290/378_2024_emenda_impositiva_-_saude_-_denilson_ligeirinho.pdf</t>
   </si>
   <si>
     <t>Procedimentos E Cirurgias Dos Olhos</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>Julinho Juju, Pedro Medeiros, Sérgio Sabiá</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/291/379_2024_emenda_impositiva_-__saude_-_julinho_jujusabia_e_pedro_dentista.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/291/379_2024_emenda_impositiva_-__saude_-_julinho_jujusabia_e_pedro_dentista.pdf</t>
   </si>
   <si>
     <t>Aquisição De Medicamentos.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/292/380_2024_emenda_impositiva_-_saude_-_dudu_mariotti.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/292/380_2024_emenda_impositiva_-_saude_-_dudu_mariotti.pdf</t>
   </si>
   <si>
     <t>Aquisição De Insumos Para Diabetes.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/293/381_2024_emenda_impositiva_-_saude_-_edinho_da_dengue.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/293/381_2024_emenda_impositiva_-_saude_-_edinho_da_dengue.pdf</t>
   </si>
   <si>
     <t>Aquisição De Veículo De Passeio Para Atender Aos Programas Do Município Na Área Da Dengue, Zoonose E Vigiágua.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/294/382_2024_emenda_impositiva_-_saude_-__zaninho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/294/382_2024_emenda_impositiva_-_saude_-__zaninho.pdf</t>
   </si>
   <si>
     <t>Fundo Municipal De Saúde</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/295/383_2024_emenda_impositiva-_saude_-_aquisicao_de_academias_-_zaninho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/295/383_2024_emenda_impositiva-_saude_-_aquisicao_de_academias_-_zaninho.pdf</t>
   </si>
   <si>
     <t>Aquisição De Academias De Saúde, No Bairro De Bela Vista Instalação Na Pracinha, No Bairro Arcozelo Instalação Na Pracinha Rua Vera Lucia.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/296/384_2024_emenda_impositiva-_saude_-_aquisicao_de_academia_-_rominho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/296/384_2024_emenda_impositiva-_saude_-_aquisicao_de_academia_-_rominho.pdf</t>
   </si>
   <si>
     <t>Aquisição De Academias De Saúde. Para O Bairro Capivara Instalação No Colégio,  No Bairro Barro Branco Instalação Na Associação De Moradores, No Bairro Palmares Instalação Na Associaçao De Moradores, E No Aquenta Sol Instalacão Na Pracinha.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/297/385_2024_emenda_impositiva-_saude_-_macarrao.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/297/385_2024_emenda_impositiva-_saude_-_macarrao.pdf</t>
   </si>
   <si>
     <t>Procedimentos Oftalmológicos</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/298/391_2024_emenda_impositiva_-_infraestrutura_-_zaninho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/298/391_2024_emenda_impositiva_-_infraestrutura_-_zaninho.pdf</t>
   </si>
   <si>
     <t>Asfaltamento Da Rua Em Frente À Igreja Assembleia De Deus No Bairro Caetes.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/299/394_2024_emenda_impositiva-_infraestrutura_-_dudu_mariotti.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/299/394_2024_emenda_impositiva-_infraestrutura_-_dudu_mariotti.pdf</t>
   </si>
   <si>
     <t>Reforma Do Telhado Do Ginásio Esportivo Hugo Bernardes.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/300/395_2024_emenda_impositiva_-_infraestrutura_-_pedro_dentista.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/300/395_2024_emenda_impositiva_-_infraestrutura_-_pedro_dentista.pdf</t>
   </si>
   <si>
     <t>Reforma E Manutenção Da Ciclovia</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/301/396_2024__emenda_impositiva_-_infraestrutura_-_sergio_sabia.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/301/396_2024__emenda_impositiva_-_infraestrutura_-_sergio_sabia.pdf</t>
   </si>
   <si>
     <t>Asfaltamento Na Rua Do Mestre Xisto, Beirando A Linha Do Trem.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/302/397_2024_emendas_impositivas_-_infraestrutura_-_juju_avelino.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/302/397_2024_emendas_impositivas_-_infraestrutura_-_juju_avelino.pdf</t>
   </si>
   <si>
     <t>Aquisição De Veículo De Passeio Para Distrital Em Avelar.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/303/404_2024_emenda_impositiva_-_infraestrutura_-_denilson_nogueira.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/303/404_2024_emenda_impositiva_-_infraestrutura_-_denilson_nogueira.pdf</t>
   </si>
   <si>
     <t>Aquisição De Parquinho De Fibra Para O Espaço Infantil No Bosque Recanto.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>Rominho, Edinho da Dengue, Heliomar do Gás, Macarrão</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/304/405_2024_emenda_impositiva_-_infraestrutura_-_rominho_edinho_macarrao_heliomar.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/304/405_2024_emenda_impositiva_-_infraestrutura_-_rominho_edinho_macarrao_heliomar.pdf</t>
   </si>
   <si>
     <t>Construção De Uma Quadra De Areia No Bosque Do Recanto.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/305/406_2024_emenda_impositiva_-_infraestrutura_-_rominho_edinho_macarrao_heliomar.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/305/406_2024_emenda_impositiva_-_infraestrutura_-_rominho_edinho_macarrao_heliomar.pdf</t>
   </si>
   <si>
     <t>Construção De Bar E Banheiros Na Área Esportiva E De Lazer No Bosque Do Recanto.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/306/407_2024_emenda_impositiva-_infraestrutura_-_denilson_ligeirinho_.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/306/407_2024_emenda_impositiva-_infraestrutura_-_denilson_ligeirinho_.pdf</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/61/017_2024_anteprojeto_de_lei_no_017_2024.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/61/017_2024_anteprojeto_de_lei_no_017_2024.pdf</t>
   </si>
   <si>
     <t>EMENTA: DISPÕE SOBRE A ALTERAÇÃO NA LEI 2.470 DE 19 DE JULHO DE 2018 EM QUE INSTITUI O VALE FEIRA PARA OS SERVIDORES INATIVOS E PENSIONISTAS DO PATYPREVI NO ÂMBITO DO MUNICÍPIO DE PATY DO ALFERES E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/71/autoriza_a_implantacao_de_balancos_e_brinquedos_para_criancas_cadeirantes_nas_pracas_de_lazer_localizadas_no_municipio_de_paty_do.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/71/autoriza_a_implantacao_de_balancos_e_brinquedos_para_criancas_cadeirantes_nas_pracas_de_lazer_localizadas_no_municipio_de_paty_do.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A IMPLANTAÇÃO DE BALANÇOS E BRINQUEDOS PARA CRIANÇAS CADEIRANTES NAS PRAÇAS DE LAZER LOCALIZADAS NO MUNICÍPIO DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/88/114_2024_dispoe_sobre_a_criacao_do_programa_escola_bilingue_no_sistema_municipal_de_ensino_em_paty_do_alferes.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/88/114_2024_dispoe_sobre_a_criacao_do_programa_escola_bilingue_no_sistema_municipal_de_ensino_em_paty_do_alferes.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a criação do programa "escola bilíngue" no sistema municipal de ensino em Paty do Alferes – RJ.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/106/152_2024_autoriza_o_poder_executivo_a_instituir_o_programa_de_vale_transporte_social_1.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/106/152_2024_autoriza_o_poder_executivo_a_instituir_o_programa_de_vale_transporte_social_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a instituir o programa de “vale transporte social”, para a população de baixa renda e aos desempregados, com o objetivo de assegurar o transporte público coletivo gratuito no município de paty do alferes e dá outras providências.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/144/173_2024_autoriza_o_poder_executivo_a_instituir_tarifa_zero_no_transporte_publico_no_municipio_de_paty_do_alferes_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/144/173_2024_autoriza_o_poder_executivo_a_instituir_tarifa_zero_no_transporte_publico_no_municipio_de_paty_do_alferes_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a instituir tarifa zero no transporte público no município de paty do alferes e dá outras providências.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/189/263_2024_anteprojeto_de_lei_no_2024_1.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/189/263_2024_anteprojeto_de_lei_no_2024_1.pdf</t>
   </si>
   <si>
     <t>Institui gratuidade no transporte coletivo urbano, no município de paty do alferes, para pessoa acometida de transtorno mental e dá outras providências</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/204/270_2024_institui_o_auxilio_emergencial_manutencao_do_emprego_e_da_renda_aos_comerciantes_afetados_pelas_obras.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/204/270_2024_institui_o_auxilio_emergencial_manutencao_do_emprego_e_da_renda_aos_comerciantes_afetados_pelas_obras.pdf</t>
   </si>
   <si>
     <t>institui o auxílio emergencial manutenção do emprego e da renda aos comerciantes afetados pelas obras no centro da cidade e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/213/294_2024_concede_isencao_do_imposto_predial_e_territorial_urbano.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/213/294_2024_concede_isencao_do_imposto_predial_e_territorial_urbano.pdf</t>
   </si>
   <si>
     <t>concede isenção do imposto predial e territorial urbano (iptu) para o exercício de 2025 aos comerciantes estabelecidos na rua sebastião de lacerda e na praça pedro chaim, em virtude das obras de revitalização do centro da cidade.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/234/320_2024_concede_a_isencao_de_iptu.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/234/320_2024_concede_a_isencao_de_iptu.pdf</t>
   </si>
   <si>
     <t>Concede a isenção de iptu aos deficientes Físicos, deficientes mentais, portadores de síndrome de down e portadores de tea – transtorno espectro autista.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/62/001_2024projeto_de_lei_no_001_2024.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/62/001_2024projeto_de_lei_no_001_2024.pdf</t>
   </si>
   <si>
     <t>Dá denominação de rua alicio de souza vieira, a rua B entre os lote 07 e 20 no loteamento novo arcozelo no bairro arcozelo em paty do alferes - rj.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Poder Executivo - PDE</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/63/mensagem_001-24_-_suplementa_fms_-_r_2.427.59325_-_incremento_mac_-_hospital_mp.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/63/mensagem_001-24_-_suplementa_fms_-_r_2.427.59325_-_incremento_mac_-_hospital_mp.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 2.427.593,25 (DOIS MILHÕES, QUATROCENTOS E VINTE E SETE MIL, QUINHENTOS E NOVENTA E TRÊS REAIS E VINTE E CINCO CENTAVOS). PARA O FUNDO MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/64/mensagem_002-24_-_suplementa_smo_-_r_101.19826_-_altera_emenda_impositiva_559_-_wilson.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/64/mensagem_002-24_-_suplementa_smo_-_r_101.19826_-_altera_emenda_impositiva_559_-_wilson.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 101.198,26 (CENTO E UM MIL, CENTO E NOVENTA E OITO REAIS E VINTE E SEIS CENTAVOS). PARA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/65/041_2024_-_projeto_de_lei_-_gratuidade_aos_produtores_rurais_-_festa_do_tomate_-_julinho_juju.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/65/041_2024_-_projeto_de_lei_-_gratuidade_aos_produtores_rurais_-_festa_do_tomate_-_julinho_juju.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GRATUIDADE NA FESTA DO TOMATE PARA PRODUTORES RURAIS E SEUS PARENTES DE PRIMEIRO GRAU QUE ESTEJAM EM DIA COM SEUS TALÕES DE PRODUTOR RURAL.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/67/mensagem_005-24_-_criacao_de_vaga_-_merendeira.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/67/mensagem_005-24_-_criacao_de_vaga_-_merendeira.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir duas vagas para o cargo de merendeira, na parte permanente do quadro de pessoal, anexo i, grupo ii, da lei n° 1.520, de 23 de outubro de 2008.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/68/mensagem_006-24_-concessao_de_revisao_geral_anual_e_reajuste_salarial_-_servidores_publicos_-_2024.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/68/mensagem_006-24_-concessao_de_revisao_geral_anual_e_reajuste_salarial_-_servidores_publicos_-_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza ao poder executivo a conceder revisão geral anual e reajuste salarial dos vencimentos dos servidores públicos do município de paty do alferes, ativos, inativos, e pensionistas e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/69/mensagem_007-24_-_concessao_de_revisao_geral_anual_aos_agentes_politicos_-_2024.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/69/mensagem_007-24_-_concessao_de_revisao_geral_anual_aos_agentes_politicos_-_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de recomposição de subsídios através da revisão geral anual aos agentes políticos do município de paty do alferes – poder executivo e poder legislativo na forma do que dispõe o artigo 37, x – exercício de 2024, considerando a mesma data e o mesmo índice concedido aos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/79/086_2024_dispoe_sobre_a_semana_da_campanha_de_orientacao_conscientizacao_combate_e_prevencao_aos_virus_.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/79/086_2024_dispoe_sobre_a_semana_da_campanha_de_orientacao_conscientizacao_combate_e_prevencao_aos_virus_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SEMANA DA CAMPANHA DE ORIENTAÇÃO, CONSCIENTIZAÇÃO, COMBATE E PREVENÇÃO AOS VÍRUS DA DENGUE, CHIKUNGUNYA E ZIKA, DOENÇAS TRANSMITIDAS PELO MOSQUITO AEDES AEGYPTI NO MUNICÍPIO DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/89/mensagem_011-24_-_suplementa_cultura_-_r234.87181_-_aldir_blanc.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/89/mensagem_011-24_-_suplementa_cultura_-_r234.87181_-_aldir_blanc.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no valor total de R$ 234.871,81 (duzentos e trinta e quatro mil, oitocentos e setenta e um reais e oitenta e um centavos), para a Secretaria de Cultura e Economia Criativa.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/85/mensagem_012-24_-_suplementa_camara_-_r54.94296_-_ajuste_loa.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/85/mensagem_012-24_-_suplementa_camara_-_r54.94296_-_ajuste_loa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar no valor total de R$ 54.942,96 (cinquenta e quatro mil, novecentos e quarenta e dois reais e noventa e seis centavos), para a Câmara Municipal de Paty do Alferes.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/86/mensagem_011-24_-_suplementa_cultura_-_r234.87181_-_aldir_blanc.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/86/mensagem_011-24_-_suplementa_cultura_-_r234.87181_-_aldir_blanc.pdf</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Dá denominação de rua Francisco Antônio rosa, a rua que se inicia na estrada do quilombo e se consuma na estrada José Noberto Leal, divisa de Paraíba do Sul e Paty do Alferes – RJ.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/95/mensagem_014-24_-_suplementa_fms_-_r_4.352.63788_-_hospital_mp.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/95/mensagem_014-24_-_suplementa_fms_-_r_4.352.63788_-_hospital_mp.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar, por anulação, no valor total de R$ 4.352.637,88 (quatro milhões, trezentos e cinquenta e dois mil, seiscentos e trinta e sete reais e oitenta e oito centavos), para o Fundo Municipal de Saúde.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/96/projeto_de_lei_-_ldo_2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/96/projeto_de_lei_-_ldo_2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei, que estabelece as Diretrizes Orçamentárias para o exercício de 2025 (LDO-2025)</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/107/mensagem_015-24_-_suplementa_smo_-_r_100.00000_-_secretaria_de_obras_e_servicos_publicos.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/107/mensagem_015-24_-_suplementa_smo_-_r_100.00000_-_secretaria_de_obras_e_servicos_publicos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar, por excesso de arrecadação, no valor total de R$ 100.000,00 ( cem mil reais), para a Secretaria de Obras e Serviços Públicos.</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar, por excesso provável de arrecadação, no valor total de R$ 63.701,18 ( sessenta e três mil, setecentos e um reais e dezoito centavos), para a Secretaria de Obras e Serviços Públicos.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/109/mensagem_017-24_-_suplementa_fme_-_r_4.297.25000_-_apoio_magisterio.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/109/mensagem_017-24_-_suplementa_fme_-_r_4.297.25000_-_apoio_magisterio.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial, por anulação, no valor total de R$ 4.297.250,00 ( quatro milhões, duzentos e noventa e sete mil, duzentos e cinquenta reais), para o Fundo Municipal de Educação.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/110/mensagem_018-24_-_suplementa_fms_-_r_2.427.59325_-_incremento_mac.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/110/mensagem_018-24_-_suplementa_fms_-_r_2.427.59325_-_incremento_mac.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar, por excesso de arrecadação, no valor total de R$ 2.427.593,25 (dois milhões, quatrocentos e vinte e sete mil, quinhentos e noventa e três reais e vinte e cinco centavos), para o Fundo Municipal de Saúde.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/111/mensagem_019-24_-_regularizacao_de_obras.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/111/mensagem_019-24_-_regularizacao_de_obras.pdf</t>
   </si>
   <si>
     <t>Concede prazo para legalização de construção em desacordo com o disposto no código municipal de obras de paty do alferes e dá outras providências.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Dispõe sobre o regime de adiantamento de que trata o art.68, da lei federal nº4.320 de 17 de março de 1964, no âmbito do município de Paty do Alferes.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/125/mensagem_021-24_-_altera_codigo_de_parcelamento_-_art_25_-_caput_-_nova_redacao.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/125/mensagem_021-24_-_altera_codigo_de_parcelamento_-_art_25_-_caput_-_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput do artigo 25 da lei complementar nº 05, de 10 de julho de 1996, que criou o código de parcelamento do solo para fins urbanos no município de paty do alferes.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/126/169_2024_modifica_criterio_de_gabarito_no_municipio_de_paty_do_alferes_que_especifica_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/126/169_2024_modifica_criterio_de_gabarito_no_municipio_de_paty_do_alferes_que_especifica_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Modifica critério de gabarito no município de Paty do Alferes que especifica e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/155/mensagem_032-24_-_suplementa_fms_-r_1.866.04432_-_excesso_icms.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/155/mensagem_032-24_-_suplementa_fms_-r_1.866.04432_-_excesso_icms.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional suplementar, no orçamento vigente, no valor total de R$ 1.866.044,32 (um milhão, oitocentos e sessenta e seis mil, quarenta e quatro reais e trinta e dois centavos).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/156/mensagem_031-24_-_suplementa_fme_-r_6.750.04034_-_excesso_fpm_e_fundeb.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/156/mensagem_031-24_-_suplementa_fme_-r_6.750.04034_-_excesso_fpm_e_fundeb.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional suplementar, no orçamento vigente, no valor total de R$ 6.750.040,34 (seis milhões, setecentos e cinquenta mil, quarenta reais e trinta e quatro centavos).</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/157/mensagem_030-24_-_suplementa_diversos_-_r_5.249.46823_-_excesso_ir_e_iss.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/157/mensagem_030-24_-_suplementa_diversos_-_r_5.249.46823_-_excesso_ir_e_iss.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional suplementar, no orçamento vigente, no valor total de R$ 5.249.468,23 (cinco milhões, duzentos e quarenta e nove mil, quatrocentos e sessenta e oito reais e vinte e três centavos).</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/158/mensagem_033-24_-_suplementa_fms_-r_3.053.56702_-_excesso_fundo_a_fundo_sus.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/158/mensagem_033-24_-_suplementa_fms_-r_3.053.56702_-_excesso_fundo_a_fundo_sus.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional suplementar, no orçamento vigente, no valor total de R$ 3.053.567,02 (três milhões, cinquenta e três mil, quinhentos e sessenta e sete reais e dois centavos).</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/169/mensagem_034-24_-_saude_-_institui_inc._de_financeiro_de_qualidade_-_esf_-_esb_-_proc_4981-24.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/169/mensagem_034-24_-_saude_-_institui_inc._de_financeiro_de_qualidade_-_esf_-_esb_-_proc_4981-24.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de incentivo variável por desempenho do componente de qualidade do cofinanciamento federal do piso de atenção primária à saúde no município.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/170/mensagem_035-24_-_cria_3_vagas_acs_-_agente_comunitario_de_saude_-_proc_2718_e_2719-24.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/170/mensagem_035-24_-_cria_3_vagas_acs_-_agente_comunitario_de_saude_-_proc_2718_e_2719-24.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a criar 03 (três) vagas para o cargo de agente comunitário de saúde, instituído pela lei n° 1.754, de 20 de julho de 2011.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/171/mensagem_036-24_-_cria_vaga_para_saude_-_proc_2716-24_-_tec_enfermagem_-_saude_mental.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/171/mensagem_036-24_-_cria_vaga_para_saude_-_proc_2716-24_-_tec_enfermagem_-_saude_mental.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir 01 (uma) vaga para o cargo de técnico de enfermagem “b” – saúde mental, na parte permanente do quadro de pessoal, anexo i, grupo ocupacional ix, da lei n° 1.520 de 23 de setembro de 2008.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/172/mensagem_037-24_-_pgm_-_honorarios_de_sucumbencia.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/172/mensagem_037-24_-_pgm_-_honorarios_de_sucumbencia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a distribuição dos honorários advocatícios entre os advogados públicos do município de paty do alferes, conforme previsão do § 19, do art. 85 da lei federal nº 13.105 – código de processo civil, de 16 de março de 2015, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/173/mensagem_038-24_-_pgm_-_reestruturacao_administrativa.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/173/mensagem_038-24_-_pgm_-_reestruturacao_administrativa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura, funcionamento e organização da procuradoria geral do município – PGM bem como define os cargos e suas atribuições e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/174/mensagem_039-24_-_suplementa_fms_-r_1.296.14800_-_anulacao.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/174/mensagem_039-24_-_suplementa_fms_-r_1.296.14800_-_anulacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional especial, no orçamento vigente, no valor total de R$ 1.296.148,00 (um milhão, duzentos e noventa e seis mil, cento e quarenta e oito reais).</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/175/mensagem_040-24_-_suplementa_sma_-r_50.00000_-_concurso.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/175/mensagem_040-24_-_suplementa_sma_-r_50.00000_-_concurso.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional especial, no orçamento vigente, no valor total de R$ 50.000,00 (cinquenta mil reais).</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/178/mensagem_041-24_-_social_-_contratacao_de_01_ofic_recreacao_-_excep_interesse_-_proc_5138-24.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/178/mensagem_041-24_-_social_-_contratacao_de_01_ofic_recreacao_-_excep_interesse_-_proc_5138-24.pdf</t>
   </si>
   <si>
     <t>Autoriza ao poder executivo a contratar 01 (um) cargo de facilitador de oficina de recreação para atender, em caráter temporário, em excepcional interesse público, para atuaçao na secretaria municipal de desenvolvimento social, direitos humanos e habitação.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/179/mensagem_042-24_-_suplementa_smo_-_r_3.121.36043_-_cef_pavimentacao.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/179/mensagem_042-24_-_suplementa_smo_-_r_3.121.36043_-_cef_pavimentacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional especial no orçamento vigente no valor total de R$ 3.121.360,43 (três milhões, cento e vinte e um mil, trezentos e sessenta reais e quarenta e três centavos).</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/186/251_2024_projeto_de_lei_no_251_2024.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/186/251_2024_projeto_de_lei_no_251_2024.pdf</t>
   </si>
   <si>
     <t>Reconhece como essencial a prática esportiva orientada por profissionais da educação física, bem como academias, studios fitness e dá outras providências.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/191/mensagem_045-24_-_suplementa_fms_-r_101.19826_-_ei_527.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/191/mensagem_045-24_-_suplementa_fms_-r_101.19826_-_ei_527.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional especial, no orçamento vigente, no valor total de R$ 101.198,26 (cento e um mil, cento e noventa e oito reais e vinte e seis centavos).</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/192/mensagem_046-24_-_suplementa_smo_-r_1.761.02654_-_remuneracao_bancaria.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/192/mensagem_046-24_-_suplementa_smo_-r_1.761.02654_-_remuneracao_bancaria.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional suplementar, no orçamento vigente, no valor total de r$ 1.761.026,54 (um milhão, setecentos e sessenta e um mil, vinte e seis reais e cinquenta e quatro centavos).</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional suplementar, no orçamento vigente, no valor total de R$ 1.359.537,52 (um milhão, trezentos e cinquenta e nove mil, quinhentos e trinta e sete reais e cinquenta e dois centavos).</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/194/mensagem_048-24_-_suplementa_fme_-_r_137.86200_-_pnae.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/194/mensagem_048-24_-_suplementa_fme_-_r_137.86200_-_pnae.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional suplementar, no orçamento vigente, no valor total de R$ 137.862,00 (cento e trinta e sete mil, oitocentos e sessenta e dois reais).</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/195/mensagem_049-24_-_suplementa_fms_-r_1.198.20260_-_sus_pahi.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/195/mensagem_049-24_-_suplementa_fms_-r_1.198.20260_-_sus_pahi.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional suplementar, no orçamento vigente, no valor total de R$ 1.198.202,60 (um milhão, cento e noventa e oito mil, duzentos e dois reais e sessenta centavos).</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/208/284_2024_declara_como_patrimonio_cultural_imaterial_do_municipio_de_paty_do_alferes_a_folia_de_reis.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/208/284_2024_declara_como_patrimonio_cultural_imaterial_do_municipio_de_paty_do_alferes_a_folia_de_reis.pdf</t>
   </si>
   <si>
     <t>Declara como patromônio cultural imaterial  do município de paty do alferes a Folia de Reis.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/214/mensagem_043-24_-_altera_lei_1.519-08_-_estatuto_-_real._concurso.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/214/mensagem_043-24_-_altera_lei_1.519-08_-_estatuto_-_real._concurso.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da lei nº 1.519, de 19 de setembro de 2008, que dispõe sobre o estatuto dos servidores públicos da administração direta, autárquica e fundacional do município de paty do alferes.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/216/mensagem_050-24_-_suplementa_smo_-r_2.435.79200_-_emenda_dep._aureo.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/216/mensagem_050-24_-_suplementa_smo_-r_2.435.79200_-_emenda_dep._aureo.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional suplementar, no orçamento vigente, no valor total de r$ 2.435.792,00 (dois milhões, quatrocentos e trinta e cinco mil, setecentos e noventa e dois reais).</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/217/mensagem_051-24_-_suplementa_fms_-r_210.81500_-_fundo_a_fundo_1.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/217/mensagem_051-24_-_suplementa_fms_-r_210.81500_-_fundo_a_fundo_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional suplementar, no orçamento vigente, no valor total de r$ 210.815,00 (duzentos e dez mil, oitocentos e quinze reais).</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>Autoriza ao poder executivo a contratar por prazo determinado, os profissionais que especifica, em caráter excepcional, de interesse público, com vínculo à dotação orçamentária própria de acordo com a portaria mds nº 871, de 29 de março de 2023 – programa de fortalecimento emergencial do atendimento do cadastro único no sistema único da assistência social e dá outras providências.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/219/293_2024_-_denominacao_de_quadra_antonio_marques.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/219/293_2024_-_denominacao_de_quadra_antonio_marques.pdf</t>
   </si>
   <si>
     <t>Dá denominação de quadra poliesportiva antônio marques, à quadra poliesportiva situada na rua oswaldo de souza adra, no bairro granja califórnia, município de paty do alferes – rj.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/228/300_2024_-_projeto_de_lei_institui_o_atendimento_prioritario_para_as_pessoas_com_transtorno_do_espectro_autista_.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/228/300_2024_-_projeto_de_lei_institui_o_atendimento_prioritario_para_as_pessoas_com_transtorno_do_espectro_autista_.pdf</t>
   </si>
   <si>
     <t>Institui o atendimento prioritário para as pessoas com transtorno do espectro autista nos estabelecimentos públicos e privados de paty do alferes.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/226/mensagem_053-24_-_planejamento_-_padronizacao_de_letreiros.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/226/mensagem_053-24_-_planejamento_-_padronizacao_de_letreiros.pdf</t>
   </si>
   <si>
     <t>Estabelece a obrigatoriedade de padronização dos letreiros nos estabelecimentos situados na rua Sebastião de Lacerda e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/227/310_2024_pl_poda_de_arvores_-_rominho_e_zaninho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/227/310_2024_pl_poda_de_arvores_-_rominho_e_zaninho.pdf</t>
   </si>
   <si>
     <t>estabelece limites para o plantio de árvores exóticas e nativas próximo à rede de distribuição de energia elétrica e dá outras providências.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO IMATERIAL DO MUNICÍPIO DE PATY DO ALFERES OS JOGOS ESPORTIVOS DE PATY DO ALFERES (JESPA)._x000D_
 _x000D_
 FAÇO SABER que a Câmara Municipal de Paty do Alferes aprovou e eu sanciono e promulgo a seguinte:_x000D_
 L E I:_x000D_
 _x000D_
 Art. 1º. Fica declarado como Patrimônio de Natureza Imaterial do Município de Paty do Alferes, os Jogos Esportivos de Paty Do Alferes (JESPA)._x000D_
 _x000D_
 Art. 2º. O JESPA, como Patrimônio Imaterial, será protegido, incentivado e promovido pelo poder público municipal, garantindo sua continuidade e preservação como manifestação cultural e esportiva._x000D_
 _x000D_
 Art. 3°. Para os fins do disposto nesta Lei, o Poder Executivo do Município de Paty do Alferes procederá os registros necessários em livro próprio do órgão competente._x000D_
 _x000D_
 Art. 4°. Esta Lei entra em vigor na data de sua publicação, revogadas as disposições em contrário.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/233/316_2024_da_denominacao_de_fabio_ferreira_gomes_duboc.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/233/316_2024_da_denominacao_de_fabio_ferreira_gomes_duboc.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Fábio Ferreira Gomes Duboc, a rua que se inicia em frente a estação da iguá (antiga cedae) na RJ-123 (estrada avelar/vista alegre) subindo em direção ao cemitério e do seu lado esquerdo contornando as terras do sr. Sergio Gomes duboc e terminando na RJ-123 em Avelar/Paty do Alferes-RJ.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/238/mensagem_054-24_-_suplementa_obras_-_r_182.39652-_emenda_impositiva_548-549-554-555-556-23.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/238/mensagem_054-24_-_suplementa_obras_-_r_182.39652-_emenda_impositiva_548-549-554-555-556-23.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial, no valor total de R$ 182.396,52 (cento e oitenta e dois mil, trezentos e noventa e seis reais e cinquenta e dois centavos), para a Secretaria de Obras e Serviços Públicos.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/239/mensagem_055-24_-_suplementa_fms_-_r_377.11985_-_royalties_-_hospital_mp.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/239/mensagem_055-24_-_suplementa_fms_-_r_377.11985_-_royalties_-_hospital_mp.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar, por excesso provável de arrecadação, no valor total de R$ 377.119,85 (trezentos e setenta e sete mil, cento e dezenove reais e oitenta e cinco centavos), para o Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/240/mensagem_057-24_-_projeto_condominio_rural.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/240/mensagem_057-24_-_projeto_condominio_rural.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a aprovar projetos de condomínio horizontal de lotes residenciais, em área rural e dá outras providências.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/215/mensagem_043-24_-_altera_lei_1.519-08_-_estatuto_-_real._concurso.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/215/mensagem_043-24_-_altera_lei_1.519-08_-_estatuto_-_real._concurso.pdf</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/246/333_2024_da_denominacao_de_quadra_poliesportiva_jose_alfredo_rosa_de_azevedo_a_quadra_poliesportiva.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/246/333_2024_da_denominacao_de_quadra_poliesportiva_jose_alfredo_rosa_de_azevedo_a_quadra_poliesportiva.pdf</t>
   </si>
   <si>
     <t>Dá denominação de quadra poliesportiva José Alfredo Rosa de Azevedo, à quadra poliesportiva situada na estrada do retiro, nº 155, no bairro vista alegre, município de Paty do Alferes – RJ.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/248/338_2024_institui_a_obrigatoriedade_de_sessao_de_cinema_adaptada_a_criancas_com_transtorno_do_espectro_autista_e_suas_familias..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/248/338_2024_institui_a_obrigatoriedade_de_sessao_de_cinema_adaptada_a_criancas_com_transtorno_do_espectro_autista_e_suas_familias..pdf</t>
   </si>
   <si>
     <t>Institui a obrigatoriedade de sessões de cinema adaptadas para crianças com transtorno do espectro autista e suas famílias, em sessões promovidas pelo poder público ou em parceria com iniciativas conveniadas.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa para o orçamento do exercício financeiro de 2025 - LOA 2025</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/251/mensagem_059-24_-_lei_revisao_ppa_2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/251/mensagem_059-24_-_lei_revisao_ppa_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão anual do plano plurianual para o período 2022/2025 - lei nº 2.839 de 27 de dezembro de 2021.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/252/mensagem_060-24_-_suplementa_obras_-_r_291.33229_-_cosip.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/252/mensagem_060-24_-_suplementa_obras_-_r_291.33229_-_cosip.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar, por excesso provável de arrecadação, no valor total de R$ 291.332,29 (duzentos e noventa e um mil, trezentos e trinta e dois reais e vinte e nove centavos), para a Secretaria de Obras e Serviços Públicos.”</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/253/347_2024_da_denominacao_de_parque_infantil_estevao_brunes_dias_na_mario_koef_bairro_arcozelo_munic_de_paty_do_alferes__rj1.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/253/347_2024_da_denominacao_de_parque_infantil_estevao_brunes_dias_na_mario_koef_bairro_arcozelo_munic_de_paty_do_alferes__rj1.pdf</t>
   </si>
   <si>
     <t>Dá denominação de parque infantil estevão brunes dias, o parque infantil de arcozelo situado na rua dr. Mario kroeff, no bairro arcozelo, município de paty do alferes – rj.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/254/348_2024_projeto_de_lei_-_fixa_os_subsidios_dos_vereadores_-_2025-2028.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/254/348_2024_projeto_de_lei_-_fixa_os_subsidios_dos_vereadores_-_2025-2028.pdf</t>
   </si>
   <si>
     <t>fixa os subsídios dos vereadores para a legislatura que se inicia em 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/255/349_2024_projeto_de_lei_-_fixa_os_subsidios_do_prefeito_-_2025-2028.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/255/349_2024_projeto_de_lei_-_fixa_os_subsidios_do_prefeito_-_2025-2028.pdf</t>
   </si>
   <si>
     <t>fixa os subsídios do prefeito, do vice-prefeito e dos secretários municipais para o mandato de 2025 à 2028 e dá outras providências.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/259/356_2024_da_denominacao_de_quadra_joao_alberto_da_silva_a_quadra_da_escola_municipal_jose_pereira_da_silva_situada_na_estrada_da_capivara_bairro_capivara_m.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/259/356_2024_da_denominacao_de_quadra_joao_alberto_da_silva_a_quadra_da_escola_municipal_jose_pereira_da_silva_situada_na_estrada_da_capivara_bairro_capivara_m.docx</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE QUADRA JOÃO ALBERTO DA SILVA, A QUADRA DA ESCOLA MUNICIPAL JOSÉ PEREIRA DA SILVA, SITUADA NA ESTRADA DA CAPIVARA, BAIRRO CAPIVARA, MUNICÍPIO DE PATY DO ALFERES – RJ.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/272/mensagem_061-24_-_suplementa_diversos_-_r_5.389.96888_-_pessoal.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/272/mensagem_061-24_-_suplementa_diversos_-_r_5.389.96888_-_pessoal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar, por excesso provável de arrecadação, no valor total de R$ 5.389.968,88 (cinco milhões, trezentos e oitenta e nove mil, novecentos e sessenta e oito reais e oitenta e oito centavos), para a Secretaria de Administração, Fazenda, Planejamento, Obras e Serviços Públicos, Agricultura, Ordem Pública e Gabinete do Prefeito.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/273/mensagem_062-24_-_suplementa_fms_-_r_1.035.822374_-_pessoal.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/273/mensagem_062-24_-_suplementa_fms_-_r_1.035.822374_-_pessoal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar, por excesso provável de arrecadação, no valor total de R$ 1.035.822,74 (um milhão, trinta e cinco mil, oitocentos e vinte e dois reais e setenta e quatro centavos), para o Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/274/mensagem_063-24_-_suplementa_fms_-_r_432.43607_-_hospital_royalties.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/274/mensagem_063-24_-_suplementa_fms_-_r_432.43607_-_hospital_royalties.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar, por excesso provável de arrecadação, no valor total de R$ 432.436,07 (quatrocentos e trinta e dois mil, quatrocentos e trinta e seis reais e sete centavos), para o Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/275/mensagem_064-24_-_suplementa_fme_-_r_699.49865_-_royalties.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/275/mensagem_064-24_-_suplementa_fme_-_r_699.49865_-_royalties.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar, por excesso provável de arrecadação, no valor total de R$ 699.498,65 (seiscentos e noventa e nove mil, quatrocentos e noventa e oito reais e sessenta e cinco centavos), para o Fundo Municipal de Educação.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/276/372_2024_autoriza_que_os_veiculos_que_realizam_transporte_coletivo_permitam_o_desembarque_de_passag_fora_dos_pontos_determinados.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/276/372_2024_autoriza_que_os_veiculos_que_realizam_transporte_coletivo_permitam_o_desembarque_de_passag_fora_dos_pontos_determinados.pdf</t>
   </si>
   <si>
     <t>Autoriza que os veículos que realizam transporte coletivo em linhas regulares permitam o desembarque de passageiros fora dos pontos determinados, no âmbito do município de Paty do Alferes.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/278/374_2024_autoriza_a_garantia_de_vagas_em_creches_municipais_para_criancas_a_partir_dos_zero_anos_no_ambito_do_muni.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/278/374_2024_autoriza_a_garantia_de_vagas_em_creches_municipais_para_criancas_a_partir_dos_zero_anos_no_ambito_do_muni.pdf</t>
   </si>
   <si>
     <t>Autoriza a garantia de vagas em creches municipais para crianças a partir dos zero anos no âmbito do município de Paty do Alferes e dá outras providências.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/280/mensagem_066-24_-_suplementa_obras_-_r_286.77251_-_residuos.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/280/mensagem_066-24_-_suplementa_obras_-_r_286.77251_-_residuos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar, por excesso provável de arrecadação, no valor total de R$ 286.772,51 (duzentos e oitenta e seis mil, setecentos e setenta e dois reais e cinquenta e um centavos), para a Secretaria de Obras e Serviços Públicos.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/283/mensagem_067-24_-_suplementa_ordem_publica_-_r_127.33295_-_multas.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/283/mensagem_067-24_-_suplementa_ordem_publica_-_r_127.33295_-_multas.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar, por excesso provável de arrecadação, no valor total de R$ 127.332,95 (cento e vinte e sete mil, trezentos e trinta e dois reais e noventa e cinco centavos), para a Secretaria de Ordem Pública.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/284/mensagem_068-24_-_dispoe_sobre_parcelamento_uso_e_zoneamento_-maravilha_e_floresta.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/284/mensagem_068-24_-_dispoe_sobre_parcelamento_uso_e_zoneamento_-maravilha_e_floresta.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento, zoneamento e uso de solo nas localidades que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/312/433_2024_declara_como_patrimonio_imaterial_do_municipio_de_paty_do_alferes_o_forum_permanente_de_educacao_etnico-racial.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/312/433_2024_declara_como_patrimonio_imaterial_do_municipio_de_paty_do_alferes_o_forum_permanente_de_educacao_etnico-racial.pdf</t>
   </si>
   <si>
     <t>Declara como patrimônio imaterial do município de Paty do Alferes o fórum permanente de educação étnico-racial e de diversidade (fpeerd).</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/313/434_2024_-dispoe_sobre_a_execucao_do_hino_nacional_brasileiro_nas_escolas_da_rede_municipal_de_ensino_de_paty_do_alferes.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/313/434_2024_-dispoe_sobre_a_execucao_do_hino_nacional_brasileiro_nas_escolas_da_rede_municipal_de_ensino_de_paty_do_alferes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a execução do hino nacional Brasileiro nas escolas da rede municipal de ensino de Paty do Alferes, e dá outras providências.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/314/435_2024_-dispoe_sobre_a_regulamentacao_do_uso_de_celulares_e_outros_dispositivos_eletronicos_pelos_alunos_nas_unidades_escolares_da_rede_publ_.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/314/435_2024_-dispoe_sobre_a_regulamentacao_do_uso_de_celulares_e_outros_dispositivos_eletronicos_pelos_alunos_nas_unidades_escolares_da_rede_publ_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do uso de celulares e outros dispositivos eletrônicos pelos alunos nas unidades escolares da rede pública municipal de ensino, e dá outras providências.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/315/mensagem_069-24_-_alteracao_do_paragrafo_unico_do_artigo_86_-_margem_consignavel.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/315/mensagem_069-24_-_alteracao_do_paragrafo_unico_do_artigo_86_-_margem_consignavel.pdf</t>
   </si>
   <si>
     <t>altera o parágrafo único do artigo 86 da lei 1.519 de 19 de setembro de 2008 que define regras para desconto de empréstimo consignado em folha de pagamento e dá outras providências.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/316/439_2024_dispoe_sobre_a_identificacao_dos_vereadores_autores_de_emendas_impositivas_em_projetos_de_obras_e_servicos_public.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/316/439_2024_dispoe_sobre_a_identificacao_dos_vereadores_autores_de_emendas_impositivas_em_projetos_de_obras_e_servicos_public.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a identificação dos vereadores autores de emendas impositivas em projetos de obras e serviços públicos realizados no município de Paty do Alferes.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/317/440_2024_projeto_de_lei_denominacao__rua_tereza_da_conceicao_mamedir.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/317/440_2024_projeto_de_lei_denominacao__rua_tereza_da_conceicao_mamedir.pdf</t>
   </si>
   <si>
     <t>Dá denominação de rua Tereza da Conceição Mamedir, a Rua nº 3, situada na planta do loteamento Recreio da Maravilha, com início na estrada da maravilha e se estende até seu término em um “cul-de-sac”, configurando uma rua sem saída, no bairro Maravilha, em Paty do Alferes - RJ.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/319/mensagem_070-24_-_dispoe_sobre_o_sistema_unico_de_asistencia_social_-_suas.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/319/mensagem_070-24_-_dispoe_sobre_o_sistema_unico_de_asistencia_social_-_suas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o sistema único de assistência social – suas no município de Paty do Alferes e dá outras providências.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/329/mensagem_071-24_-_emenda_a_lei_organica_-_reforma_da_previdencia.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/329/mensagem_071-24_-_emenda_a_lei_organica_-_reforma_da_previdencia.pdf</t>
   </si>
   <si>
     <t>Estabelece regras para o regime próprio de previdência social do município de paty do alferes de acordo com a emenda constitucional nº 103/2019.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/330/mensagem_072-24_-_projeto_de_lei_complementar_-_reforma_da_previdencia.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/330/mensagem_072-24_-_projeto_de_lei_complementar_-_reforma_da_previdencia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as aposentadorias e pensões do regime próprio de previdência social do município de paty do alferes, de acordo com a emenda constitucional nº 103, de 12 de novembro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/331/mensagem_073-24_-_suplementa_obras_-_r_5.00000-_emenda_impositiva_547-23.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/331/mensagem_073-24_-_suplementa_obras_-_r_5.00000-_emenda_impositiva_547-23.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar, no valor total de R$ 5.000,00 (cinco mil reais), para a Secretaria de Obras e Serviços Públicos.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/332/459_2024___da_denominacao_de_posto_joao_machado_da_costa_o_posto_denominado_de_alaor_vianna_da_costa_bairro_bela_vista_1.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/332/459_2024___da_denominacao_de_posto_joao_machado_da_costa_o_posto_denominado_de_alaor_vianna_da_costa_bairro_bela_vista_1.pdf</t>
   </si>
   <si>
     <t>Dá denominação de posto de saúde joão machado da costa, o posto de saúde Alaor Vianna da Costa, situado no bairro Bela Vista, município de Paty do Alferes – RJ.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/333/463_2024_-dispoe_sobre_a_regulamentacao_da_deposicao_de_entulhos_nas_calcadas.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/333/463_2024_-dispoe_sobre_a_regulamentacao_da_deposicao_de_entulhos_nas_calcadas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da deposição de entulhos nas calçadas, estabelecendo dias específicos para o descarte e criando penalidades para o descumprimento.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/334/464__2024_declara_como_patrimonio_publico_cultural_e_historico_do_municipio_de_paty_do_alferes_o_calcamento_de_paralelepipedo_existente.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/334/464__2024_declara_como_patrimonio_publico_cultural_e_historico_do_municipio_de_paty_do_alferes_o_calcamento_de_paralelepipedo_existente.pdf</t>
   </si>
   <si>
     <t>Declara como patrimônio público cultural e histórico do município de Paty do Alferes o calçamento de paralelepípedo existente nos bairros avelar e parque barcelos.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/343/mensagem_074-24_-_social_-_plano_para_a_primeira_infancia.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/343/mensagem_074-24_-_social_-_plano_para_a_primeira_infancia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do plano municipal pela primeira infância – PMPI – paty do alferes – RJ.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/341/mensagem_075-24_-_denomina_creche_rosenea_marques_-_neinha_-_altera_local_para_arcozelo.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/341/mensagem_075-24_-_denomina_creche_rosenea_marques_-_neinha_-_altera_local_para_arcozelo.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 1º da lei nº 2787/2021 que denomina “creche municipal tia neinha – professora rosenea borges marques goulart”.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/348/485_2024_declara_como_patrimonio_imaterial_do_municipio_de_paty_do_alferes_o_nucleo_de_estudos_afro-brasileiros_e_indigenas.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/348/485_2024_declara_como_patrimonio_imaterial_do_municipio_de_paty_do_alferes_o_nucleo_de_estudos_afro-brasileiros_e_indigenas.pdf</t>
   </si>
   <si>
     <t>Declara como patrimônio imaterial do município de Paty do Alferes o núcleo de estudos afro-brasileiros e indígenas – NEABI Manoel Congo.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/349/mensagem_076-24_-_regulamentacao_dos_bairros_do_municipio.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/349/mensagem_076-24_-_regulamentacao_dos_bairros_do_municipio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a delimitação dos bairros de Paty do Alferes e dá outras providências.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/346/mensagem_077-24_-_autoriza_ppp_lixo_zero.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/346/mensagem_077-24_-_autoriza_ppp_lixo_zero.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei visa à autorização legislativa para celebração de parceria público-privada para gestão dos resíduos sólidos de Paty do Alferes.</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto Total</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/101/041_2024_-_projeto_de_lei_-_gratuidade_aos_produtores_rurais_-_festa_do_tomate_-_julinho_juju_-_fevereiro_2024_2.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/101/041_2024_-_projeto_de_lei_-_gratuidade_aos_produtores_rurais_-_festa_do_tomate_-_julinho_juju_-_fevereiro_2024_2.pdf</t>
   </si>
   <si>
     <t>Veto Total nº 145/2024 ao Projeto de Lei nº 041/2024, de autoria do vereador Julinho Juju, Dispõe sobre a gratuidade na festa do tomate para produtores rurais e seus parentes de primeiro grau que estejam em dia com seus talões de produtor rural.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3759,68 +3759,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/22/003_2024_convocacao_de_05_agente_de_combate_as_endemias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/23/004_2024_patrolamento_e_ensaibramento_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/33/005_2024_patrolamento_e_ensaibramento_nos_bairros_coqueiros_e_rio_pardo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/4/006_2024_manutencao_na_rede_de_iluminacao_publica_do_bairro_da_saudade_avelar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/34/009_2024_pavimentacao_asfaltica_nas_principais_rua_vinte_e_oito_do_bairro_arcozelo.docx.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/35/010_2024_construcao_de_escadaria_em_pedras_ruivas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/36/011_2024_pintura_da_parte_externa_da_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/18/014_2024_disponibilizacao_de_lanche_apos_exame_de_sangue_na_maternidade..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/19/15_2024_patrolamento_e_ensaibramento_na_rua_14_bairro_maravilha..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/11/16_2024_-_construcao_de_uma_quadra_de_areia_na_praca_localizada_na_rod._ary_schiavo_ao_lado_do_bar_do_vivinha._.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/24/018_2024_revitalizacao_da_quadra_no_bairro_maravilha_localizada_na_rua_5..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/25/019_2024_saneamento_basico_na_r._custodio_domingues_correa_-_chave_de_ouro.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/37/020_2024_manutencao_nas_ruas_do_cantagalo_localizada_no_bairro_de_coqueiros..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/58/021_2024_servicos_de_rocada_e_limpeza_nos_pontos_criticos_da_rj_117..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/3/025_2024_construcao_de_um_posto_de_saude_animal.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/59/026_2024_implementacao_do_museu_historico_da_memoria_de_personalidades.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/16/027_2024_implementacao_de_centro_de_triagem_para_casos_de_dengue_na_clinica_da_familia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/12/033_2024_instalacao_de_um_polo_da_fundacao_cecierj_contemplando_o_curso_pre-vestibular_social_e_o_centro_de_educacao_de_jovens_e_adultos_ceja..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/13/034_2024_implementacao_de_uma_unidade_da_fundacao_de_apoio_a_escola_tecnica_faetec..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/40/037_2024_a_compra_de_tela_de_caixas_dagua_para_fortalecer_as_acoes_publicas_de_prevencao_a_dengue..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/26/038_2024_a_troca_das_lampadas_pelos_modelos_de_led_em_todos_os_pontos_de_onibus_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/27/039_2024_realizacao_de_campanhas_de_conscientizacao_sobre_a_doacao_de_sangue..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/28/040_2024_instalacao_de_placas_indicativas_com_o_peso_maximo_para_utilizacao_das_academias_da_terceira_idade_em_todo_o_municipio..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/17/045_2024_que_tome_providencias_quanto_a_iluminacao_publica_e_o_paisagismo_na_praca_nilo_monte_mor_no_centro_de_avelar..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/41/046_2024_reforce_a_sinalizacao_ja_existente_em_torno_da_praca_de_coqueiros_a_saber_pintura_das_faixas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/43/048_2024_realize_patrolamento_e_ensaibramento_nas_principais_ruas_do_bairro_de_palmares_reiterando_a_indicacao_de_no203_2023..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/44/049_2024_manutencao_em_todas_as_estradas_no_bairro_de_palmares.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/45/050_2024_patrolamento_ensaibramento_e_limpeza_da_rua_mato_sapo_coqueiros._reiterando_a_indicacao_de.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/46/055_2024_patrolamento_e_ensaibramento_na_travessa_celino_gomes_lisboa_localizada_no_bairro_goiabal._reiterando_a_i.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/47/056_2024_manutencao_dos_bracos_de_iluminacao_publica_no_bairro_de_palmares..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/49/057_2024_poda_dos_galhos_de_arvores_presentes_proximos_a_rede_eletrica_no_bairro_rio_pardo._reiterando_a_indicacao_de_no.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/29/058_2024_a_limpeza_de_toda_a_extensao_da_rua_8_localizada_no_bairro_da_maravilha.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/30/059_2024_patrolamento_e_ensaibramento_em_todas_as_ruas_da_parte_alta_do_loteamento_do_zeze_lopes_tendo_como_referencia_a_rua_b..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/31/060_2024_pintura_das_faixas_de_pedestre_e_vagas_de_estacionamento_nas_principais_ruas_do_centro_de_paty_do_alferes..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/52/068_2024_patrolamento_e_ensaibramento_na_rua_e_maravilha.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/53/069_2024_servicos_de_rocada__na_estrada_maravilha_x_arcozelo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/54/070_2024_patrolamento_e_ensaibramento_nas_ruas_do_sossego_maravilha.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/5/074_2024_manutencao_na_rede_de_esgoto_da_rua_filomena_da_silva_figueira_localizada_no_bairro_esperanca..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/6/075_2024_que_implemente_o_jiu-jitsu_nos_jogos_esportivos_de_paty_do_alferes_jespa..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/7/076_2024_vistoria_na_rua_nova_mantiquira_no_1.061_no_bairro_acampamento.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/14/083_2024_instalacao_de_sistemas_de_ar-condicionado_em_todos_os_colegios_e_postos_de_saude..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/55/089_2024_providencias_quanto_a_disponibilidade_de_convocar_agentes_de_combate_as_endemias_reiterando_a_indicacao_de_n.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/9/091_2024_profissionais_auxiliares_para_sala_de_aula_em_especial_maternal_1_e_2_no_sistema_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/10/092_2024_presenca_da_guarda_municipal_em_obras_para_controle_de_transito..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/15/093_2024_presenca_da_guarda_municipal_na_faixa_de_pedestre_do_semaforo..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/77/096_2024_limpeza_no_rio_que_corta_o_bairro_esperanca..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/21/097_2024_implementacao_de_melhorias_nas_ruas_rua_de_coqueiros_e_rio_pardo..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/8/099_2024_patrolamento_e_ensaibramento_na_rua_g_bairro_roseiral_em_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/2/100_2024_medidas_urgentes_para_a_fiscalizacao_e_combate_contra_a_proliferacao_do_mosquito_aedes_aegypti_transmissor_da_dengue_no_corrego_pro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/72/101_2024_operacao_de_tapa-buracos_na_estrada_do_roseiral_localizada_em_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/73/102_2024_patrolamento_e_ensaibramento_na_rua_tres_localizada_no_bairro_maravilha_reiterando_a_indicacao_de_no_065_2022..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/74/103_2024_realizacao_de_obras_de_pavimentacao_asfaltica_na_rua_b_localizada_no_bairro_maravilha..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/80/110_2024_providencias_urgentes_para_resolver_problema_de_esgoto_a_ceu_aberto_no_bairro_mantiquira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/81/111_2024_realizacao_de_obras_no_centro_da_cidade_em_turnos_para_minimizar_impactos_no_transito_e_na_comunidade..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/82/112_2024_aquisicao_de_trator_agricola_para_o_municipio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/90/118_2024_patrolamento_e_ensaibramento_na_rua_dr._francisco_baker_meio_reiterando_a_indicacao_de_no.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/91/119_2024_manutencao_na_rua_fernando_crespo_reiterando_a_indicacao_de_no.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/92/120_2024_manutencao_ou_troca_dos_aparelhos_de_ginastica_da_terceira_idade_no_bairro_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/102/126_2024_espaco_para_barracas_na_festa_do_tomate_destinados_aos_comerciantes_e_moradores_afetados_por_obras_no_centro_da_cidade..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/127/135_2024_patrolamento_na_avenida_brasil_referencia_aldeia_de_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/128/136_2024___limpeza_no_reservatorio_de_agua_das_casinhas_populares.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/129/137_2024_instalacao_de_guarda_corpo_ao_longo_da_descida_do_morro_das_casinhas_populares_do_roseiral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/130/138_2024_limpeza_e_manutencao_da_rua_143_casinhas_populares_em_arcozelo._reiterando_a_indicacao_de_no_1552023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/113/139_2024_disponibilizacao_de_caminhao_pipa_para_realizar_a_umidificacao_das_ruas_do_rio_pardo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/131/141_2024_retorno_do_carro_de_fumace_para_combate_a_dengue_no_municipio_em_especial_no_bairro_das_tres_porteiras._reiterando_a_indicacao_de_no_3232022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/132/142_2024_retorno_da_cirurgia_de_catarata_no_municipio..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/103/151_2024_pavimentacao_asfaltica_na_rua_23_bairro_acampamento_reiterando_a_indicacao_de_no_0892021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/114/154_2024_criacao_de_um_centro_de_reabilitacao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/137/1552021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/115/159_2024_manutencao_nos_bracos_de_luz_da_rua_humberto_candido_bairro_bela_vista._reiterando_a_indicacao_no_7242023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/116/160_2024_servicos_de_rocada_e_limpeza_nos_pontos_criticos_da_rj_117_priorizando_o_morro_do_fama._reiterando_as_indicacoes_de_numeros_0802021_e_212024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/117/161_2024_interceda_junto_a_empresa_de_transporte_linave_para_que_normalize_os_horarios_de_circulacao_dos_onibus_nos_bairros_de_rio_pardo_e_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/118/162_2024_providencias_para_restabelecimento_do_acesso_na_rua_francisco_becker_bairro_pedra_ruivas_reiterando_a_indicacao_de_no_1182024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/119/163_2024_manutencao_nos_bracos_de_iluminacao_publica_nos_bairros_de_coqueiros_e_rio_pardo_reiterando_a_indicacao_de_no_7042023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/120/164_2024_colocacao_de_placa_de_mao_e_contramao_e_sinalizacao_no_asfalto_no_bairro_maravilha_especificamente_em_frente_ao_posto_de_saude_do_bairro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/121/165_2024_providencias_quanto_a_instalacao_de_postes_com_placa_solar_para_iluminacao_publica_de_arcozelo_ate_a_granja_california_reiterando_a_indicacao_de_no.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/122/166_2024_desassoreamento_e_manilhamento_da_vala_no_bairro_maravilha_rua_da_assembleia_de_deus_igreja_do_marica..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/138/178_2024_retorno_da_cirurgia_de_catarata_no_municipio._reiterando_a_indicacao_de_no_1422024_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/139/179_2024_instalacao_de_guarda_corpo_ao_longo_da_descida_do_morro_das_casinhas_populares_do_roseiral._reiterando_a_indicacao_de_no_1372024_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/140/180_2024__limpeza_no_reservatorio_de_agua_das_casinhas_populares_na_localidade_do_roseiral._reiterando_a_indicacao_de_no_1362024_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/141/181_2024_patrolamento_nos_morros_de_arcozelo_especialmente_na_avenida_brasil_-_referencia_aldeia_de_arcozelo._reiterando_a_indicacao_de_no_1352024_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/142/182_2024_providencias_quanto_ao_recapeamento_da_rua_do_recanto_localizada_no_bairro_recanto_reiterando_a_indicacao_de_no_1512022_feita_pelo_mesmo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/145/183_2024_pavimentacao_asfaltica_da_estrada_rio_pardoquilombo_com_inicio_em_coqueiros_e_termino_na_pavimentacao_existente_reiterando_a_indicacao_de_no_060_2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/147/202_2024_que_tome_providencias_quanto_a_manutencao_na_iluminacao_existente_no_ponto_de_onibus_localizado_no_bairro_de_arcozelo_na_rj_125_em_frente_a_praca..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/148/2032021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/152/210_2024_construcao_de_quadra_poliesportiva_na_escola_municipal_do_rio_pardo._reiterando_a_indicacao_de_no_4142023_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/153/211_2024_a_limpeza_do_corrego_existente_na_rua_professor_joaquim_coimbra_centro_paty_do_alferes..pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/159/213_2024_providencias_quanto_a_limpeza_da_cachoeira_na_maravilha._reiterando_a_indicacao_de_no_1632022_feita_pelo_vereador_heliomar..pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/160/214_2024_manutencao_de_um_poste_tombado_em_frente_a_clinica_paty_lab_no_bairro_coqueiros..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/161/215_2024_disponibilizacao_de_uma_geladeira_para_o_armazenamento_de_vacinas_no_posto_de_saude_do_bairro_coqueiros..docx.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/163/221_2024_instalacao_de_ponto_de_onibus_em_frente_ao_cemiterio_do_barro_branco_sentido_avelar._reiterando_a_indicacao_de_no_0902021_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/164/222_2024_providencias_quanto_a_reforma_geral_da_quadra_de_areia_da_praca_de_arcozelo_assim_como_troca_do_alambrado_areia_e_melhora_na_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/165/223_2024_a_instalacao_de_um_ponto_de_onibus_nas_imediacoes_do_centro_cultural_sentido_palmares..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/166/224_2024_a_limpeza_urbana_na_rua_manoel_joaquim_teixeira_lopes.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/167/225_2024_que_tome_providencias_quanto_aos_problemas_de_transito_na_estrada_castelo_branco_bairro_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/180/237_2024_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_rj_125_apos_a_aldeia_de_arcozelo_sentido_avelar.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/181/238_2024_a_rocada_e_a_limpeza_da_rua_do_sossego_no_bairro_maravilha..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/182/239_2024_a_colocacao_de_uma_faixa_de_pedestres_e_dois_redutores_de_velocidade_rodovia_ary_schiavo_tendo_como_referencia.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/184/254_2024_a_instalacao_de_bracos_de_luz_na_estrada_arcozelo_bairro_maravilha_proximo_as_casinhas_populares_referencia_no_69._1.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/187/255_2024_que_interceda_junto_a_secretaria_competente_que_reforce_a_sinalizacao_ja_existente_em_torno_da_praca_de_coqueiros_a_saber.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/188/256_2024__a_pintura_da_parte_externa_da_esf_de_coqueiros._reiterando_a_indicacao_de_no_4822023_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/196/265_2024_a__realizacao_do_ensaibramento_na_rua_da_prata_situada_no_bairro_de_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/197/266_2024_a_realizacao_do_ensaibramento_das_ruas_do_bairro_da_boa_vista._reiterando_a_indicacao_de_no_0042024_feita_pelo_vereador_edinho_da_dengue..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/198/267_2024_a_colocacao_de_areia_e_tela_de_protecao_na_praca_noemia_rosa_bairro_granja_california_1.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/199/268_2024_-_que_tome_medidas_cabiveis_para_a_implementacao_de_mao_inglesa_na_rua_nova_ao_lado_da_maternidade_proxima_ao_posto_de_combustivel_turcao..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/200/269_2024_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rua_sidney_de_mello_freitas_centro_na_altura_do_numero_73_em_frente_a_clinica_dr._mackson.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/201/272_2024_que_realize_a_manutencao_dos_bracos_de_luz_na_rua_eugeni_basbus_bairro_mantiquira_3.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/202/273_2024__a_realizacao_da_pavimentacao_asfaltica_da_rua_doutor_lagrota_centro_rua_mangalarga_de_baixo..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/205/280_2024__a_instalacao_de_redutores_de_velocidade_quebra-molas_na_rua_elvira_nogueira_especificamente_nas_proximidades_da_fabrica_de_blocos_do_sr._alvin.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/206/281_2024__a_pintura_de_uma_faixa_de_pedestre_na_rj-125_proximo_a_ponte_do_bibi..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/207/283_2024__o_fechamento_da_avenida_santos_dumont_na_altura_da_praca_de_pedras_ruivas_durante_os_domingos_e_feriados.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/209/285_2024___a_revitalizacao_do_jardim_de_avelar..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/210/286_2024__a_conclusao_da_calcada_no_percurso_da_rj_125_especificamente_no_trecho_que_liga_a_granja_california_a_avelar.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/211/287_2024_-_construcao_de_uma_quadra_de_areia_na_praca_localizada_na_rod._ary_schiavo_ao_lado_do_bar_do_vivinha..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/212/288_2024_a_realizacao_da_pavimentacao_asfaltica_na_rua_celino_gomes_lisboa_bairro_goiabal..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/220/301_2024_patrolamento_ensaibramento_e_compactacao_com_rolo_no_trecho_da_avenida_brasil_que_se_estende_ate_as_casinhas_populares_da_rua_da_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/221/302_2024_que_tome_providencias_quanto_a_construcao_de_uma_ponte_no_local_da_passarela_situada_atras_da_aldeia_no_bairro_de_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/222/303_2024_a_reedicao_do_teepa__torneio_entre_empresas_de_paty_do_alferes.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/223/304_2024_manutencao_nos_bracos_de_iluminacao_publica_nos_bairros_de_coqueiros_e_rio_pardo_reiterando_a_indicacao_de_no_1632024_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/224/305_2024_a_realizacao_de_limpeza_nas_calhas_de_cimento_da_rua_do_recanto_localizada_no_bairro_recanto..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/229/313_2024_manutencao_dos_bracos_de_luz_do_calcadao_do_dilson..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/230/321_2024___a_pavimentacao_asfaltica_na_estrada_salomao_gomes_dos_reis_em_frente_a_igreja_assembleia_localizada_no_bairro_barra_do_encanto..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/241/332_2024_patrolamento_e_ensaibramento_na_rua_dr._francisco_baker_meio_reiterando_a_indicacao_de_no.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/249/343_2024_-__que_tome_providencias_urgentes_quanto_a_restauracao_dos_espacos_infantis_situados_nos_bairros_monte_alegre_arcozelo_e_avelar..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/256/353_2024_que_tome_providencias_quanto_a_operacao_tapa_buracos_na_rua_do_recanto_localizada_no_bairro_recanto..docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/257/354_2024_que_tome_providencias_quanto_ao_recapeamento_da_rua_do_recanto_localizada_no_bairro_recanto_reiterando_a_indicacao_de_no.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/260/355_2024_limpeza_do_asfalto_na_linha_da_estacao_rua_praca_da_estacao_bairro_arcozelo_em_frente_a_casa_de_oracao_de_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/258/357_2024_entrada_franca_na_festa_do_tomate_para_os_moradores_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/271/365_2024___a_construcao_de_uma_casa_de_protecao_a_mulher_em_nosso_municipio_bem_como_a_implementacao_da_patrulha_maria_da_penha.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/281/424_2024_que_tome_providencias_quanto_a_manutencao_ensaibramentonos_pontos_criticos_nos_bairros_coqueiros_rio_pardo_e_aquenta_sol..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/282/425_2024_que_convoque_em_regime_de_urgencia_os_5_cinco_agentes_de_combate_as_endemias_aprovados_no_concurso_vigente.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/285/432_2024_que_tome_providencias_quanto_a_manutencao_patrolamento_e_ensaibramento_na_alameda_do_ipe_localizada_no_bairro_palmares._1.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/307/442_2024__o_aumento_do_vale-feira_e_a_inclusao_dos_servidores_da_camara_municipal_no_programa..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/308/443_2024__que_seja_realizado_o_asfaltamento_de_um_trecho_de_aproximadamente_um_quilometro_e_meio_15_km_da_estrada_da_boa_vista_tendo_como_referencia_a.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/309/444_2024__que_seja_realizado_o__asfaltamento_de_um_trecho_de_500_metros_da_rua_projetada_h_localizada_no_bairro_avelar.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/310/445_2024__que_seja_realizado_o_asfaltamento_de_um_trecho_de_200_metros_no_bairro_barra_do_encanto.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/321/450_2024__que_tome_providencias_quanto_ao_reparo_de_buraco_na_rua_coronel_manoel_bernardes_em_frente_a_paty_lab..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/322/451_2024__que_tome_providencias_quanto_ao_reparo_urgente_no_elevador_da_prefeitura_municipal..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/324/456_2024_a_realizacao_da_operacao_de_tapa-buracos_na_rj_117_que_atravessa_o_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/325/457_2024_que_tome_providencias_quanto_ao_recapeamento_da_rua_do_recanto_localizada_no_bairro_recanto_reiterando_a_indicacao_de_no.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/326/460_2024_a_construcao_de_quadra_sintetica_na_rua_santo_antonio_bairro_lameirao._reiterando_a_indicacao_de_no_4682023_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/327/461_2024_a_instalacao_de_playground_e_academia_ao_ar_livre_na_rua_santo_antonio_bairro_lameirao_em_frente_a_casa_de_festas_pedra_branca.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/328/462_2024_a_reforma_da_praca_e_da_quadra_do_bairro_lameirao_situada_na_rua_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/335/475_2024__que_tome_providencias_quanto_reparo_urgente_no_elevador_do_casario_do_alferes_situado_na_rua_joao_paim_centro_paty_do_alferes__rj..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/336/476_2024__a_modificacao_do_local_do_ponto_de_onibus_situado_na_avenida_irineu_reis_no_bairro_granja.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/339/481_2024_a_instalacao_de_postes_com_sistema_de_iluminacao_solar_no_morro_do_fama..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/344/491_2024_que_realize_a_manutencao_na_estrada_da_boa_vista_incluindo_os_servicos_de_patrolamento_ensaibramento_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/345/492_2024__que_seja_realizado_o_calcamento_nos_dois_sentidos_da_via_que_liga_a_secretaria_de_obras_localizada_no_bairro_tres_porteira.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/32/002_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_05_a_09_de_fevereiro_rominho_leinho_juliano_e_edinho.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/48/007_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_19_a_23_de_fevereiro_ligeirinho_macarrao_e_sabia.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/50/008_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_26_de_fevereiro_a_01_de_marco_dudu_heliomar_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/51/012_2024_projeto_de_decreto_legislativo_regulamentacao_da_nova_lei_de_licitacoes_14133_-_compras_de_pequeno_valor_-_artigo_95_nllc_-_janeiro_2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/57/013_2024_projeto_de_decreto_legislativo_-_ponto_facultativo_carnaval_dias_12_e_14_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/75/030_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_11_a_15_de_marco_ligeirinho_macarrao_e_sabia.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/76/031_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_de_marco_rominho_leinho_juliano_e_edinho.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/83/107_2024_projeto_de_decreto_legislativo_viagem_venda_nova__de_22_a_26_de_abril_rominho_leinho_juliano_e_edinho.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/84/108_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_06_a_10_de_maio_dudu_heliomar_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/93/124_2024_projeto_de_decreto_legislativo_viagem_venda_nova__de_22_a_26_de_abril_ligeirinho_e_macarrao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/100/131_2024_projeto_de_decreto_legislativo-_ponto_facultativo_-_sao_jorge_dia_22_de_abril.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/168/233_2024_projeto_de_decreto_legislativo_aprova_as_contas_do_prefeito_do_exercicio_2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/235/317_2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/236/318_2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/237/319_2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/247/337_2024_projeto_de_decreto_legislativo_-_alteracao_de_horario_de_realizacao_de_sessoes_-_periodo_eleitoral_-_agosto_2024_2.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/261/361_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_07_a_11_de_outubro_dudu_heliomar_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/262/317_2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/264/371_2024_projeto_de_decreto_legislativo_viagem_brasilia_de_14_a_18_de_outubro_sabia_e_pedro_dentista_2.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/265/375_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_22_a_24_de_outubro_juju_avelino.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/266/420_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_de_novembro_dudu_heliomar_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/267/421_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_novembro_macarrao_sergio_sabia_e_pedro.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/268/422_2024_projeto_de_decreto_legislativo_viagem_venda_nova-es__de_11_a_15_de_novembro_rominholeinho_e_edinho.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/269/423_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_09_a_13_de_dezembro_rominholeinho.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/318/441_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_19_a_21_de_novembro_juju_avelino.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/323/452_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_26_a_28_de_novembro_juju_avelino.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/338/478_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_02_a_06_de_dezembro_rominholeinho.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/342/484_2024_projeto_de_decreto_legislativo-_ponto_facultativo_-_final_de_ano.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/347/494_2024_projeto_de_decreto_legislativo_-_mudanca_do_local_e_horario_da_sessao_de_posse.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/136/174_2024_-_projeto_de_resolucao_-_licitacao_de_gasolina_-_pregao_eletronico_-_maio_2024_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/60/22_mocao_de_aplausos_ao_pastor_fabiano_borba_silva_da_assembleia_de_deus_acampamento..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/70/052_2024_primeiro_lugar_na_primeira_etapa_do_circuito_estadual_de_jiu_jitsu.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/66/061_2024_solicitacao_acerca_de_esclarecimentos_e_informacoes_cruciais_em_relacao_ao_projeto_que_esta_sendo_delineado_para_o_centro_comercial_loca.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/20/098_2024_igreja_evangelica_congregacional_bereia.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/149/127_2024_mocao_de_pesar_a_familia_do_sr._ruval_queiroz_dantas.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/99/128_2024_mocao_de_aplausos_a_loja_comercial_friburguense_sob_a_lideranca_inspiradora_de_seu_dedicado_responsavel_sr._fabio_de_andrade_berbert..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/104/140_2024_pedido_de_informacoes_sobre_a_linha_de_onibus_que_percorre_os_bairros_de_coqueiros_e_maravilha_operada_pela_empresa_linave.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/123/167_2024_revitalizacao_do_jardim_de_avelar_e_melhoria_na_iluminacao_publica..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/124/172_2024_esclarecimentos_acerca_da_ausencia_de_realizacao_do_exame_de_ultrassom_especialmente_o_morfologico.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/133/175_2024_mocao_de_agradecimento_ao_produtor_sr._pedro_henrique_de_oliveira_ramos_engenheiro_civil_e_atual_presidente_do_der..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/135/177_2024_mocao_de_aplausos_a_sra._lucia_de_fatima_fernandes_fonseca_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/146/184_2024_mocao_de_aplausos_a_equipe_representante_de_paty_do_alferes_na_copa_rio_sul_de_futsal.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/150/1852021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/151/201_2024_mocao_de_aplausos_as_finalistas_do_concurso_de_rainha_da_festa_do_tomate_e_ao_organizador_polibio_pimentel.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/154/205_2024_mocao_de_aplausos_aos_srs.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/162/212_2024_disponibilizacao_do_contrato_com_o_lixao_do_barro_branco_e_providencias_urgentes..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/176/235_2024_explicacoes_sobre_a_obra_no_centro_da_cidade_rua_sebastiao_de_lacerda..pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/177/236_2024_informacoes_detalhadas_a_respeito_da_queima_de_lixo_que_esta_ocorrendo_de_forma_indevida_no_lixao_do_barro_branco..docx.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/203/271_2024_informacoes_sobre_o_enquadramento_de_cursos_para_professores..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/225/306_2024__mocao_de_aplausos_ao_sr._valter_alves_franca.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/231/314_2024__mocao_de_aplausos_as_equipes_participantes_dos_jogos_esportivos_de_paty_do_alferes_jespa.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/242/331-2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/243/334_2024__mocao_de_aplausos_aos_alunos_e_professores_do_colegio_estadual_edmundo_peralta_bernardes_ceepb_que_disputaram_o_jerj_2024..pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/244/335_2024__mocao_de_aplausos_a_diretora_rosimeri_de_lima_lisboa._2.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/245/336_2024_mocao_de_aplausos_aos_alunos_e_professores_do_colegio_estadual_edmundo_peralta_bernardes_ceepb_que_disputaram_os_jogos_escolares_do_rio_de_j.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/311/350_2024_mocao_de_pesar_a_familia_do_sr._marcio..pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/277/373_2024_explicacoes_sobre_a_situacao_das_calcadas_na_obra_em_andamento_na_rua_sebastiao_de_lacerda..pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/279/417_2024_mocao_de_aplausos_ao_humorista_pedro_jose_manso.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/286/430_2024_informacoes_sobre_as_medidas_adotadas_em_relacao_aos_serios_problemas_encontrados_no_recem_inaugurado_posto_de_saude_da_visa_alegre..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/287/431_2024_informacoes_sobre_as_acoes_tomadas_em_relacao_aos_problemas_identificados_na_obra_conhecida_como_casario.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/320/449_2024_mocao_de_pesar_a_familia_da_professora_janete_pereira_lima..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/337/477_2024_mocao_de_aplausos_ao_sr._dione_de_barros_borges..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/288/376_2024_emenda_impositiva_-_saude_-_juarez_leinho.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/289/377_2024_emenda_impositiva_-_saude_-_heliomar.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/290/378_2024_emenda_impositiva_-_saude_-_denilson_ligeirinho.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/291/379_2024_emenda_impositiva_-__saude_-_julinho_jujusabia_e_pedro_dentista.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/292/380_2024_emenda_impositiva_-_saude_-_dudu_mariotti.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/293/381_2024_emenda_impositiva_-_saude_-_edinho_da_dengue.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/294/382_2024_emenda_impositiva_-_saude_-__zaninho.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/295/383_2024_emenda_impositiva-_saude_-_aquisicao_de_academias_-_zaninho.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/296/384_2024_emenda_impositiva-_saude_-_aquisicao_de_academia_-_rominho.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/297/385_2024_emenda_impositiva-_saude_-_macarrao.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/298/391_2024_emenda_impositiva_-_infraestrutura_-_zaninho.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/299/394_2024_emenda_impositiva-_infraestrutura_-_dudu_mariotti.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/300/395_2024_emenda_impositiva_-_infraestrutura_-_pedro_dentista.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/301/396_2024__emenda_impositiva_-_infraestrutura_-_sergio_sabia.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/302/397_2024_emendas_impositivas_-_infraestrutura_-_juju_avelino.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/303/404_2024_emenda_impositiva_-_infraestrutura_-_denilson_nogueira.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/304/405_2024_emenda_impositiva_-_infraestrutura_-_rominho_edinho_macarrao_heliomar.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/305/406_2024_emenda_impositiva_-_infraestrutura_-_rominho_edinho_macarrao_heliomar.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/306/407_2024_emenda_impositiva-_infraestrutura_-_denilson_ligeirinho_.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/61/017_2024_anteprojeto_de_lei_no_017_2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/71/autoriza_a_implantacao_de_balancos_e_brinquedos_para_criancas_cadeirantes_nas_pracas_de_lazer_localizadas_no_municipio_de_paty_do.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/88/114_2024_dispoe_sobre_a_criacao_do_programa_escola_bilingue_no_sistema_municipal_de_ensino_em_paty_do_alferes.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/106/152_2024_autoriza_o_poder_executivo_a_instituir_o_programa_de_vale_transporte_social_1.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/144/173_2024_autoriza_o_poder_executivo_a_instituir_tarifa_zero_no_transporte_publico_no_municipio_de_paty_do_alferes_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/189/263_2024_anteprojeto_de_lei_no_2024_1.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/204/270_2024_institui_o_auxilio_emergencial_manutencao_do_emprego_e_da_renda_aos_comerciantes_afetados_pelas_obras.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/213/294_2024_concede_isencao_do_imposto_predial_e_territorial_urbano.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/234/320_2024_concede_a_isencao_de_iptu.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/62/001_2024projeto_de_lei_no_001_2024.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/63/mensagem_001-24_-_suplementa_fms_-_r_2.427.59325_-_incremento_mac_-_hospital_mp.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/64/mensagem_002-24_-_suplementa_smo_-_r_101.19826_-_altera_emenda_impositiva_559_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/65/041_2024_-_projeto_de_lei_-_gratuidade_aos_produtores_rurais_-_festa_do_tomate_-_julinho_juju.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/67/mensagem_005-24_-_criacao_de_vaga_-_merendeira.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/68/mensagem_006-24_-concessao_de_revisao_geral_anual_e_reajuste_salarial_-_servidores_publicos_-_2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/69/mensagem_007-24_-_concessao_de_revisao_geral_anual_aos_agentes_politicos_-_2024.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/79/086_2024_dispoe_sobre_a_semana_da_campanha_de_orientacao_conscientizacao_combate_e_prevencao_aos_virus_.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/89/mensagem_011-24_-_suplementa_cultura_-_r234.87181_-_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/85/mensagem_012-24_-_suplementa_camara_-_r54.94296_-_ajuste_loa.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/86/mensagem_011-24_-_suplementa_cultura_-_r234.87181_-_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/95/mensagem_014-24_-_suplementa_fms_-_r_4.352.63788_-_hospital_mp.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/96/projeto_de_lei_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/107/mensagem_015-24_-_suplementa_smo_-_r_100.00000_-_secretaria_de_obras_e_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/109/mensagem_017-24_-_suplementa_fme_-_r_4.297.25000_-_apoio_magisterio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/110/mensagem_018-24_-_suplementa_fms_-_r_2.427.59325_-_incremento_mac.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/111/mensagem_019-24_-_regularizacao_de_obras.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/125/mensagem_021-24_-_altera_codigo_de_parcelamento_-_art_25_-_caput_-_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/126/169_2024_modifica_criterio_de_gabarito_no_municipio_de_paty_do_alferes_que_especifica_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/155/mensagem_032-24_-_suplementa_fms_-r_1.866.04432_-_excesso_icms.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/156/mensagem_031-24_-_suplementa_fme_-r_6.750.04034_-_excesso_fpm_e_fundeb.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/157/mensagem_030-24_-_suplementa_diversos_-_r_5.249.46823_-_excesso_ir_e_iss.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/158/mensagem_033-24_-_suplementa_fms_-r_3.053.56702_-_excesso_fundo_a_fundo_sus.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/169/mensagem_034-24_-_saude_-_institui_inc._de_financeiro_de_qualidade_-_esf_-_esb_-_proc_4981-24.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/170/mensagem_035-24_-_cria_3_vagas_acs_-_agente_comunitario_de_saude_-_proc_2718_e_2719-24.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/171/mensagem_036-24_-_cria_vaga_para_saude_-_proc_2716-24_-_tec_enfermagem_-_saude_mental.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/172/mensagem_037-24_-_pgm_-_honorarios_de_sucumbencia.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/173/mensagem_038-24_-_pgm_-_reestruturacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/174/mensagem_039-24_-_suplementa_fms_-r_1.296.14800_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/175/mensagem_040-24_-_suplementa_sma_-r_50.00000_-_concurso.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/178/mensagem_041-24_-_social_-_contratacao_de_01_ofic_recreacao_-_excep_interesse_-_proc_5138-24.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/179/mensagem_042-24_-_suplementa_smo_-_r_3.121.36043_-_cef_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/186/251_2024_projeto_de_lei_no_251_2024.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/191/mensagem_045-24_-_suplementa_fms_-r_101.19826_-_ei_527.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/192/mensagem_046-24_-_suplementa_smo_-r_1.761.02654_-_remuneracao_bancaria.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/194/mensagem_048-24_-_suplementa_fme_-_r_137.86200_-_pnae.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/195/mensagem_049-24_-_suplementa_fms_-r_1.198.20260_-_sus_pahi.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/208/284_2024_declara_como_patrimonio_cultural_imaterial_do_municipio_de_paty_do_alferes_a_folia_de_reis.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/214/mensagem_043-24_-_altera_lei_1.519-08_-_estatuto_-_real._concurso.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/216/mensagem_050-24_-_suplementa_smo_-r_2.435.79200_-_emenda_dep._aureo.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/217/mensagem_051-24_-_suplementa_fms_-r_210.81500_-_fundo_a_fundo_1.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/219/293_2024_-_denominacao_de_quadra_antonio_marques.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/228/300_2024_-_projeto_de_lei_institui_o_atendimento_prioritario_para_as_pessoas_com_transtorno_do_espectro_autista_.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/226/mensagem_053-24_-_planejamento_-_padronizacao_de_letreiros.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/227/310_2024_pl_poda_de_arvores_-_rominho_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/233/316_2024_da_denominacao_de_fabio_ferreira_gomes_duboc.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/238/mensagem_054-24_-_suplementa_obras_-_r_182.39652-_emenda_impositiva_548-549-554-555-556-23.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/239/mensagem_055-24_-_suplementa_fms_-_r_377.11985_-_royalties_-_hospital_mp.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/240/mensagem_057-24_-_projeto_condominio_rural.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/215/mensagem_043-24_-_altera_lei_1.519-08_-_estatuto_-_real._concurso.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/246/333_2024_da_denominacao_de_quadra_poliesportiva_jose_alfredo_rosa_de_azevedo_a_quadra_poliesportiva.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/248/338_2024_institui_a_obrigatoriedade_de_sessao_de_cinema_adaptada_a_criancas_com_transtorno_do_espectro_autista_e_suas_familias..pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/251/mensagem_059-24_-_lei_revisao_ppa_2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/252/mensagem_060-24_-_suplementa_obras_-_r_291.33229_-_cosip.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/253/347_2024_da_denominacao_de_parque_infantil_estevao_brunes_dias_na_mario_koef_bairro_arcozelo_munic_de_paty_do_alferes__rj1.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/254/348_2024_projeto_de_lei_-_fixa_os_subsidios_dos_vereadores_-_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/255/349_2024_projeto_de_lei_-_fixa_os_subsidios_do_prefeito_-_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/259/356_2024_da_denominacao_de_quadra_joao_alberto_da_silva_a_quadra_da_escola_municipal_jose_pereira_da_silva_situada_na_estrada_da_capivara_bairro_capivara_m.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/272/mensagem_061-24_-_suplementa_diversos_-_r_5.389.96888_-_pessoal.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/273/mensagem_062-24_-_suplementa_fms_-_r_1.035.822374_-_pessoal.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/274/mensagem_063-24_-_suplementa_fms_-_r_432.43607_-_hospital_royalties.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/275/mensagem_064-24_-_suplementa_fme_-_r_699.49865_-_royalties.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/276/372_2024_autoriza_que_os_veiculos_que_realizam_transporte_coletivo_permitam_o_desembarque_de_passag_fora_dos_pontos_determinados.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/278/374_2024_autoriza_a_garantia_de_vagas_em_creches_municipais_para_criancas_a_partir_dos_zero_anos_no_ambito_do_muni.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/280/mensagem_066-24_-_suplementa_obras_-_r_286.77251_-_residuos.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/283/mensagem_067-24_-_suplementa_ordem_publica_-_r_127.33295_-_multas.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/284/mensagem_068-24_-_dispoe_sobre_parcelamento_uso_e_zoneamento_-maravilha_e_floresta.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/312/433_2024_declara_como_patrimonio_imaterial_do_municipio_de_paty_do_alferes_o_forum_permanente_de_educacao_etnico-racial.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/313/434_2024_-dispoe_sobre_a_execucao_do_hino_nacional_brasileiro_nas_escolas_da_rede_municipal_de_ensino_de_paty_do_alferes.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/314/435_2024_-dispoe_sobre_a_regulamentacao_do_uso_de_celulares_e_outros_dispositivos_eletronicos_pelos_alunos_nas_unidades_escolares_da_rede_publ_.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/315/mensagem_069-24_-_alteracao_do_paragrafo_unico_do_artigo_86_-_margem_consignavel.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/316/439_2024_dispoe_sobre_a_identificacao_dos_vereadores_autores_de_emendas_impositivas_em_projetos_de_obras_e_servicos_public.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/317/440_2024_projeto_de_lei_denominacao__rua_tereza_da_conceicao_mamedir.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/319/mensagem_070-24_-_dispoe_sobre_o_sistema_unico_de_asistencia_social_-_suas.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/329/mensagem_071-24_-_emenda_a_lei_organica_-_reforma_da_previdencia.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/330/mensagem_072-24_-_projeto_de_lei_complementar_-_reforma_da_previdencia.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/331/mensagem_073-24_-_suplementa_obras_-_r_5.00000-_emenda_impositiva_547-23.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/332/459_2024___da_denominacao_de_posto_joao_machado_da_costa_o_posto_denominado_de_alaor_vianna_da_costa_bairro_bela_vista_1.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/333/463_2024_-dispoe_sobre_a_regulamentacao_da_deposicao_de_entulhos_nas_calcadas.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/334/464__2024_declara_como_patrimonio_publico_cultural_e_historico_do_municipio_de_paty_do_alferes_o_calcamento_de_paralelepipedo_existente.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/343/mensagem_074-24_-_social_-_plano_para_a_primeira_infancia.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/341/mensagem_075-24_-_denomina_creche_rosenea_marques_-_neinha_-_altera_local_para_arcozelo.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/348/485_2024_declara_como_patrimonio_imaterial_do_municipio_de_paty_do_alferes_o_nucleo_de_estudos_afro-brasileiros_e_indigenas.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/349/mensagem_076-24_-_regulamentacao_dos_bairros_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/346/mensagem_077-24_-_autoriza_ppp_lixo_zero.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/101/041_2024_-_projeto_de_lei_-_gratuidade_aos_produtores_rurais_-_festa_do_tomate_-_julinho_juju_-_fevereiro_2024_2.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/22/003_2024_convocacao_de_05_agente_de_combate_as_endemias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/23/004_2024_patrolamento_e_ensaibramento_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/33/005_2024_patrolamento_e_ensaibramento_nos_bairros_coqueiros_e_rio_pardo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/4/006_2024_manutencao_na_rede_de_iluminacao_publica_do_bairro_da_saudade_avelar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/34/009_2024_pavimentacao_asfaltica_nas_principais_rua_vinte_e_oito_do_bairro_arcozelo.docx.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/35/010_2024_construcao_de_escadaria_em_pedras_ruivas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/36/011_2024_pintura_da_parte_externa_da_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/18/014_2024_disponibilizacao_de_lanche_apos_exame_de_sangue_na_maternidade..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/19/15_2024_patrolamento_e_ensaibramento_na_rua_14_bairro_maravilha..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/11/16_2024_-_construcao_de_uma_quadra_de_areia_na_praca_localizada_na_rod._ary_schiavo_ao_lado_do_bar_do_vivinha._.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/24/018_2024_revitalizacao_da_quadra_no_bairro_maravilha_localizada_na_rua_5..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/25/019_2024_saneamento_basico_na_r._custodio_domingues_correa_-_chave_de_ouro.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/37/020_2024_manutencao_nas_ruas_do_cantagalo_localizada_no_bairro_de_coqueiros..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/58/021_2024_servicos_de_rocada_e_limpeza_nos_pontos_criticos_da_rj_117..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/3/025_2024_construcao_de_um_posto_de_saude_animal.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/59/026_2024_implementacao_do_museu_historico_da_memoria_de_personalidades.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/16/027_2024_implementacao_de_centro_de_triagem_para_casos_de_dengue_na_clinica_da_familia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/12/033_2024_instalacao_de_um_polo_da_fundacao_cecierj_contemplando_o_curso_pre-vestibular_social_e_o_centro_de_educacao_de_jovens_e_adultos_ceja..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/13/034_2024_implementacao_de_uma_unidade_da_fundacao_de_apoio_a_escola_tecnica_faetec..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/40/037_2024_a_compra_de_tela_de_caixas_dagua_para_fortalecer_as_acoes_publicas_de_prevencao_a_dengue..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/26/038_2024_a_troca_das_lampadas_pelos_modelos_de_led_em_todos_os_pontos_de_onibus_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/27/039_2024_realizacao_de_campanhas_de_conscientizacao_sobre_a_doacao_de_sangue..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/28/040_2024_instalacao_de_placas_indicativas_com_o_peso_maximo_para_utilizacao_das_academias_da_terceira_idade_em_todo_o_municipio..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/17/045_2024_que_tome_providencias_quanto_a_iluminacao_publica_e_o_paisagismo_na_praca_nilo_monte_mor_no_centro_de_avelar..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/41/046_2024_reforce_a_sinalizacao_ja_existente_em_torno_da_praca_de_coqueiros_a_saber_pintura_das_faixas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/43/048_2024_realize_patrolamento_e_ensaibramento_nas_principais_ruas_do_bairro_de_palmares_reiterando_a_indicacao_de_no203_2023..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/44/049_2024_manutencao_em_todas_as_estradas_no_bairro_de_palmares.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/45/050_2024_patrolamento_ensaibramento_e_limpeza_da_rua_mato_sapo_coqueiros._reiterando_a_indicacao_de.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/46/055_2024_patrolamento_e_ensaibramento_na_travessa_celino_gomes_lisboa_localizada_no_bairro_goiabal._reiterando_a_i.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/47/056_2024_manutencao_dos_bracos_de_iluminacao_publica_no_bairro_de_palmares..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/49/057_2024_poda_dos_galhos_de_arvores_presentes_proximos_a_rede_eletrica_no_bairro_rio_pardo._reiterando_a_indicacao_de_no.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/29/058_2024_a_limpeza_de_toda_a_extensao_da_rua_8_localizada_no_bairro_da_maravilha.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/30/059_2024_patrolamento_e_ensaibramento_em_todas_as_ruas_da_parte_alta_do_loteamento_do_zeze_lopes_tendo_como_referencia_a_rua_b..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/31/060_2024_pintura_das_faixas_de_pedestre_e_vagas_de_estacionamento_nas_principais_ruas_do_centro_de_paty_do_alferes..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/52/068_2024_patrolamento_e_ensaibramento_na_rua_e_maravilha.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/53/069_2024_servicos_de_rocada__na_estrada_maravilha_x_arcozelo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/54/070_2024_patrolamento_e_ensaibramento_nas_ruas_do_sossego_maravilha.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/5/074_2024_manutencao_na_rede_de_esgoto_da_rua_filomena_da_silva_figueira_localizada_no_bairro_esperanca..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/6/075_2024_que_implemente_o_jiu-jitsu_nos_jogos_esportivos_de_paty_do_alferes_jespa..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/7/076_2024_vistoria_na_rua_nova_mantiquira_no_1.061_no_bairro_acampamento.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/14/083_2024_instalacao_de_sistemas_de_ar-condicionado_em_todos_os_colegios_e_postos_de_saude..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/55/089_2024_providencias_quanto_a_disponibilidade_de_convocar_agentes_de_combate_as_endemias_reiterando_a_indicacao_de_n.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/9/091_2024_profissionais_auxiliares_para_sala_de_aula_em_especial_maternal_1_e_2_no_sistema_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/10/092_2024_presenca_da_guarda_municipal_em_obras_para_controle_de_transito..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/15/093_2024_presenca_da_guarda_municipal_na_faixa_de_pedestre_do_semaforo..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/77/096_2024_limpeza_no_rio_que_corta_o_bairro_esperanca..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/21/097_2024_implementacao_de_melhorias_nas_ruas_rua_de_coqueiros_e_rio_pardo..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/8/099_2024_patrolamento_e_ensaibramento_na_rua_g_bairro_roseiral_em_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/2/100_2024_medidas_urgentes_para_a_fiscalizacao_e_combate_contra_a_proliferacao_do_mosquito_aedes_aegypti_transmissor_da_dengue_no_corrego_pro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/72/101_2024_operacao_de_tapa-buracos_na_estrada_do_roseiral_localizada_em_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/73/102_2024_patrolamento_e_ensaibramento_na_rua_tres_localizada_no_bairro_maravilha_reiterando_a_indicacao_de_no_065_2022..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/74/103_2024_realizacao_de_obras_de_pavimentacao_asfaltica_na_rua_b_localizada_no_bairro_maravilha..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/80/110_2024_providencias_urgentes_para_resolver_problema_de_esgoto_a_ceu_aberto_no_bairro_mantiquira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/81/111_2024_realizacao_de_obras_no_centro_da_cidade_em_turnos_para_minimizar_impactos_no_transito_e_na_comunidade..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/82/112_2024_aquisicao_de_trator_agricola_para_o_municipio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/90/118_2024_patrolamento_e_ensaibramento_na_rua_dr._francisco_baker_meio_reiterando_a_indicacao_de_no.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/91/119_2024_manutencao_na_rua_fernando_crespo_reiterando_a_indicacao_de_no.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/92/120_2024_manutencao_ou_troca_dos_aparelhos_de_ginastica_da_terceira_idade_no_bairro_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/102/126_2024_espaco_para_barracas_na_festa_do_tomate_destinados_aos_comerciantes_e_moradores_afetados_por_obras_no_centro_da_cidade..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/127/135_2024_patrolamento_na_avenida_brasil_referencia_aldeia_de_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/128/136_2024___limpeza_no_reservatorio_de_agua_das_casinhas_populares.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/129/137_2024_instalacao_de_guarda_corpo_ao_longo_da_descida_do_morro_das_casinhas_populares_do_roseiral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/130/138_2024_limpeza_e_manutencao_da_rua_143_casinhas_populares_em_arcozelo._reiterando_a_indicacao_de_no_1552023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/113/139_2024_disponibilizacao_de_caminhao_pipa_para_realizar_a_umidificacao_das_ruas_do_rio_pardo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/131/141_2024_retorno_do_carro_de_fumace_para_combate_a_dengue_no_municipio_em_especial_no_bairro_das_tres_porteiras._reiterando_a_indicacao_de_no_3232022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/132/142_2024_retorno_da_cirurgia_de_catarata_no_municipio..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/103/151_2024_pavimentacao_asfaltica_na_rua_23_bairro_acampamento_reiterando_a_indicacao_de_no_0892021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/114/154_2024_criacao_de_um_centro_de_reabilitacao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/137/1552021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/115/159_2024_manutencao_nos_bracos_de_luz_da_rua_humberto_candido_bairro_bela_vista._reiterando_a_indicacao_no_7242023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/116/160_2024_servicos_de_rocada_e_limpeza_nos_pontos_criticos_da_rj_117_priorizando_o_morro_do_fama._reiterando_as_indicacoes_de_numeros_0802021_e_212024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/117/161_2024_interceda_junto_a_empresa_de_transporte_linave_para_que_normalize_os_horarios_de_circulacao_dos_onibus_nos_bairros_de_rio_pardo_e_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/118/162_2024_providencias_para_restabelecimento_do_acesso_na_rua_francisco_becker_bairro_pedra_ruivas_reiterando_a_indicacao_de_no_1182024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/119/163_2024_manutencao_nos_bracos_de_iluminacao_publica_nos_bairros_de_coqueiros_e_rio_pardo_reiterando_a_indicacao_de_no_7042023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/120/164_2024_colocacao_de_placa_de_mao_e_contramao_e_sinalizacao_no_asfalto_no_bairro_maravilha_especificamente_em_frente_ao_posto_de_saude_do_bairro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/121/165_2024_providencias_quanto_a_instalacao_de_postes_com_placa_solar_para_iluminacao_publica_de_arcozelo_ate_a_granja_california_reiterando_a_indicacao_de_no.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/122/166_2024_desassoreamento_e_manilhamento_da_vala_no_bairro_maravilha_rua_da_assembleia_de_deus_igreja_do_marica..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/138/178_2024_retorno_da_cirurgia_de_catarata_no_municipio._reiterando_a_indicacao_de_no_1422024_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/139/179_2024_instalacao_de_guarda_corpo_ao_longo_da_descida_do_morro_das_casinhas_populares_do_roseiral._reiterando_a_indicacao_de_no_1372024_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/140/180_2024__limpeza_no_reservatorio_de_agua_das_casinhas_populares_na_localidade_do_roseiral._reiterando_a_indicacao_de_no_1362024_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/141/181_2024_patrolamento_nos_morros_de_arcozelo_especialmente_na_avenida_brasil_-_referencia_aldeia_de_arcozelo._reiterando_a_indicacao_de_no_1352024_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/142/182_2024_providencias_quanto_ao_recapeamento_da_rua_do_recanto_localizada_no_bairro_recanto_reiterando_a_indicacao_de_no_1512022_feita_pelo_mesmo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/145/183_2024_pavimentacao_asfaltica_da_estrada_rio_pardoquilombo_com_inicio_em_coqueiros_e_termino_na_pavimentacao_existente_reiterando_a_indicacao_de_no_060_2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/147/202_2024_que_tome_providencias_quanto_a_manutencao_na_iluminacao_existente_no_ponto_de_onibus_localizado_no_bairro_de_arcozelo_na_rj_125_em_frente_a_praca..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/148/2032021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/152/210_2024_construcao_de_quadra_poliesportiva_na_escola_municipal_do_rio_pardo._reiterando_a_indicacao_de_no_4142023_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/153/211_2024_a_limpeza_do_corrego_existente_na_rua_professor_joaquim_coimbra_centro_paty_do_alferes..pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/159/213_2024_providencias_quanto_a_limpeza_da_cachoeira_na_maravilha._reiterando_a_indicacao_de_no_1632022_feita_pelo_vereador_heliomar..pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/160/214_2024_manutencao_de_um_poste_tombado_em_frente_a_clinica_paty_lab_no_bairro_coqueiros..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/161/215_2024_disponibilizacao_de_uma_geladeira_para_o_armazenamento_de_vacinas_no_posto_de_saude_do_bairro_coqueiros..docx.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/163/221_2024_instalacao_de_ponto_de_onibus_em_frente_ao_cemiterio_do_barro_branco_sentido_avelar._reiterando_a_indicacao_de_no_0902021_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/164/222_2024_providencias_quanto_a_reforma_geral_da_quadra_de_areia_da_praca_de_arcozelo_assim_como_troca_do_alambrado_areia_e_melhora_na_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/165/223_2024_a_instalacao_de_um_ponto_de_onibus_nas_imediacoes_do_centro_cultural_sentido_palmares..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/166/224_2024_a_limpeza_urbana_na_rua_manoel_joaquim_teixeira_lopes.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/167/225_2024_que_tome_providencias_quanto_aos_problemas_de_transito_na_estrada_castelo_branco_bairro_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/180/237_2024_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_rj_125_apos_a_aldeia_de_arcozelo_sentido_avelar.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/181/238_2024_a_rocada_e_a_limpeza_da_rua_do_sossego_no_bairro_maravilha..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/182/239_2024_a_colocacao_de_uma_faixa_de_pedestres_e_dois_redutores_de_velocidade_rodovia_ary_schiavo_tendo_como_referencia.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/184/254_2024_a_instalacao_de_bracos_de_luz_na_estrada_arcozelo_bairro_maravilha_proximo_as_casinhas_populares_referencia_no_69._1.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/187/255_2024_que_interceda_junto_a_secretaria_competente_que_reforce_a_sinalizacao_ja_existente_em_torno_da_praca_de_coqueiros_a_saber.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/188/256_2024__a_pintura_da_parte_externa_da_esf_de_coqueiros._reiterando_a_indicacao_de_no_4822023_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/196/265_2024_a__realizacao_do_ensaibramento_na_rua_da_prata_situada_no_bairro_de_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/197/266_2024_a_realizacao_do_ensaibramento_das_ruas_do_bairro_da_boa_vista._reiterando_a_indicacao_de_no_0042024_feita_pelo_vereador_edinho_da_dengue..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/198/267_2024_a_colocacao_de_areia_e_tela_de_protecao_na_praca_noemia_rosa_bairro_granja_california_1.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/199/268_2024_-_que_tome_medidas_cabiveis_para_a_implementacao_de_mao_inglesa_na_rua_nova_ao_lado_da_maternidade_proxima_ao_posto_de_combustivel_turcao..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/200/269_2024_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rua_sidney_de_mello_freitas_centro_na_altura_do_numero_73_em_frente_a_clinica_dr._mackson.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/201/272_2024_que_realize_a_manutencao_dos_bracos_de_luz_na_rua_eugeni_basbus_bairro_mantiquira_3.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/202/273_2024__a_realizacao_da_pavimentacao_asfaltica_da_rua_doutor_lagrota_centro_rua_mangalarga_de_baixo..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/205/280_2024__a_instalacao_de_redutores_de_velocidade_quebra-molas_na_rua_elvira_nogueira_especificamente_nas_proximidades_da_fabrica_de_blocos_do_sr._alvin.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/206/281_2024__a_pintura_de_uma_faixa_de_pedestre_na_rj-125_proximo_a_ponte_do_bibi..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/207/283_2024__o_fechamento_da_avenida_santos_dumont_na_altura_da_praca_de_pedras_ruivas_durante_os_domingos_e_feriados.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/209/285_2024___a_revitalizacao_do_jardim_de_avelar..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/210/286_2024__a_conclusao_da_calcada_no_percurso_da_rj_125_especificamente_no_trecho_que_liga_a_granja_california_a_avelar.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/211/287_2024_-_construcao_de_uma_quadra_de_areia_na_praca_localizada_na_rod._ary_schiavo_ao_lado_do_bar_do_vivinha..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/212/288_2024_a_realizacao_da_pavimentacao_asfaltica_na_rua_celino_gomes_lisboa_bairro_goiabal..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/220/301_2024_patrolamento_ensaibramento_e_compactacao_com_rolo_no_trecho_da_avenida_brasil_que_se_estende_ate_as_casinhas_populares_da_rua_da_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/221/302_2024_que_tome_providencias_quanto_a_construcao_de_uma_ponte_no_local_da_passarela_situada_atras_da_aldeia_no_bairro_de_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/222/303_2024_a_reedicao_do_teepa__torneio_entre_empresas_de_paty_do_alferes.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/223/304_2024_manutencao_nos_bracos_de_iluminacao_publica_nos_bairros_de_coqueiros_e_rio_pardo_reiterando_a_indicacao_de_no_1632024_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/224/305_2024_a_realizacao_de_limpeza_nas_calhas_de_cimento_da_rua_do_recanto_localizada_no_bairro_recanto..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/229/313_2024_manutencao_dos_bracos_de_luz_do_calcadao_do_dilson..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/230/321_2024___a_pavimentacao_asfaltica_na_estrada_salomao_gomes_dos_reis_em_frente_a_igreja_assembleia_localizada_no_bairro_barra_do_encanto..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/241/332_2024_patrolamento_e_ensaibramento_na_rua_dr._francisco_baker_meio_reiterando_a_indicacao_de_no.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/249/343_2024_-__que_tome_providencias_urgentes_quanto_a_restauracao_dos_espacos_infantis_situados_nos_bairros_monte_alegre_arcozelo_e_avelar..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/256/353_2024_que_tome_providencias_quanto_a_operacao_tapa_buracos_na_rua_do_recanto_localizada_no_bairro_recanto..docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/257/354_2024_que_tome_providencias_quanto_ao_recapeamento_da_rua_do_recanto_localizada_no_bairro_recanto_reiterando_a_indicacao_de_no.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/260/355_2024_limpeza_do_asfalto_na_linha_da_estacao_rua_praca_da_estacao_bairro_arcozelo_em_frente_a_casa_de_oracao_de_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/258/357_2024_entrada_franca_na_festa_do_tomate_para_os_moradores_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/271/365_2024___a_construcao_de_uma_casa_de_protecao_a_mulher_em_nosso_municipio_bem_como_a_implementacao_da_patrulha_maria_da_penha.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/281/424_2024_que_tome_providencias_quanto_a_manutencao_ensaibramentonos_pontos_criticos_nos_bairros_coqueiros_rio_pardo_e_aquenta_sol..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/282/425_2024_que_convoque_em_regime_de_urgencia_os_5_cinco_agentes_de_combate_as_endemias_aprovados_no_concurso_vigente.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/285/432_2024_que_tome_providencias_quanto_a_manutencao_patrolamento_e_ensaibramento_na_alameda_do_ipe_localizada_no_bairro_palmares._1.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/307/442_2024__o_aumento_do_vale-feira_e_a_inclusao_dos_servidores_da_camara_municipal_no_programa..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/308/443_2024__que_seja_realizado_o_asfaltamento_de_um_trecho_de_aproximadamente_um_quilometro_e_meio_15_km_da_estrada_da_boa_vista_tendo_como_referencia_a.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/309/444_2024__que_seja_realizado_o__asfaltamento_de_um_trecho_de_500_metros_da_rua_projetada_h_localizada_no_bairro_avelar.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/310/445_2024__que_seja_realizado_o_asfaltamento_de_um_trecho_de_200_metros_no_bairro_barra_do_encanto.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/321/450_2024__que_tome_providencias_quanto_ao_reparo_de_buraco_na_rua_coronel_manoel_bernardes_em_frente_a_paty_lab..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/322/451_2024__que_tome_providencias_quanto_ao_reparo_urgente_no_elevador_da_prefeitura_municipal..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/324/456_2024_a_realizacao_da_operacao_de_tapa-buracos_na_rj_117_que_atravessa_o_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/325/457_2024_que_tome_providencias_quanto_ao_recapeamento_da_rua_do_recanto_localizada_no_bairro_recanto_reiterando_a_indicacao_de_no.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/326/460_2024_a_construcao_de_quadra_sintetica_na_rua_santo_antonio_bairro_lameirao._reiterando_a_indicacao_de_no_4682023_feita_pelo_mesmo..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/327/461_2024_a_instalacao_de_playground_e_academia_ao_ar_livre_na_rua_santo_antonio_bairro_lameirao_em_frente_a_casa_de_festas_pedra_branca.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/328/462_2024_a_reforma_da_praca_e_da_quadra_do_bairro_lameirao_situada_na_rua_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/335/475_2024__que_tome_providencias_quanto_reparo_urgente_no_elevador_do_casario_do_alferes_situado_na_rua_joao_paim_centro_paty_do_alferes__rj..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/336/476_2024__a_modificacao_do_local_do_ponto_de_onibus_situado_na_avenida_irineu_reis_no_bairro_granja.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/339/481_2024_a_instalacao_de_postes_com_sistema_de_iluminacao_solar_no_morro_do_fama..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/344/491_2024_que_realize_a_manutencao_na_estrada_da_boa_vista_incluindo_os_servicos_de_patrolamento_ensaibramento_e_rocada.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/345/492_2024__que_seja_realizado_o_calcamento_nos_dois_sentidos_da_via_que_liga_a_secretaria_de_obras_localizada_no_bairro_tres_porteira.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/32/002_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_05_a_09_de_fevereiro_rominho_leinho_juliano_e_edinho.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/48/007_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_19_a_23_de_fevereiro_ligeirinho_macarrao_e_sabia.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/50/008_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_26_de_fevereiro_a_01_de_marco_dudu_heliomar_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/51/012_2024_projeto_de_decreto_legislativo_regulamentacao_da_nova_lei_de_licitacoes_14133_-_compras_de_pequeno_valor_-_artigo_95_nllc_-_janeiro_2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/57/013_2024_projeto_de_decreto_legislativo_-_ponto_facultativo_carnaval_dias_12_e_14_de_fevereiro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/75/030_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_11_a_15_de_marco_ligeirinho_macarrao_e_sabia.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/76/031_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_de_marco_rominho_leinho_juliano_e_edinho.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/83/107_2024_projeto_de_decreto_legislativo_viagem_venda_nova__de_22_a_26_de_abril_rominho_leinho_juliano_e_edinho.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/84/108_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_06_a_10_de_maio_dudu_heliomar_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/93/124_2024_projeto_de_decreto_legislativo_viagem_venda_nova__de_22_a_26_de_abril_ligeirinho_e_macarrao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/100/131_2024_projeto_de_decreto_legislativo-_ponto_facultativo_-_sao_jorge_dia_22_de_abril.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/168/233_2024_projeto_de_decreto_legislativo_aprova_as_contas_do_prefeito_do_exercicio_2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/235/317_2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/236/318_2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/237/319_2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/247/337_2024_projeto_de_decreto_legislativo_-_alteracao_de_horario_de_realizacao_de_sessoes_-_periodo_eleitoral_-_agosto_2024_2.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/261/361_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_07_a_11_de_outubro_dudu_heliomar_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/262/317_2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/264/371_2024_projeto_de_decreto_legislativo_viagem_brasilia_de_14_a_18_de_outubro_sabia_e_pedro_dentista_2.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/265/375_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_22_a_24_de_outubro_juju_avelino.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/266/420_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_de_novembro_dudu_heliomar_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/267/421_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_novembro_macarrao_sergio_sabia_e_pedro.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/268/422_2024_projeto_de_decreto_legislativo_viagem_venda_nova-es__de_11_a_15_de_novembro_rominholeinho_e_edinho.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/269/423_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_09_a_13_de_dezembro_rominholeinho.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/318/441_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_19_a_21_de_novembro_juju_avelino.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/323/452_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_26_a_28_de_novembro_juju_avelino.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/338/478_2024_projeto_de_decreto_legislativo_viagem_brasilia__de_02_a_06_de_dezembro_rominholeinho.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/342/484_2024_projeto_de_decreto_legislativo-_ponto_facultativo_-_final_de_ano.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/347/494_2024_projeto_de_decreto_legislativo_-_mudanca_do_local_e_horario_da_sessao_de_posse.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/136/174_2024_-_projeto_de_resolucao_-_licitacao_de_gasolina_-_pregao_eletronico_-_maio_2024_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/60/22_mocao_de_aplausos_ao_pastor_fabiano_borba_silva_da_assembleia_de_deus_acampamento..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/70/052_2024_primeiro_lugar_na_primeira_etapa_do_circuito_estadual_de_jiu_jitsu.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/66/061_2024_solicitacao_acerca_de_esclarecimentos_e_informacoes_cruciais_em_relacao_ao_projeto_que_esta_sendo_delineado_para_o_centro_comercial_loca.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/20/098_2024_igreja_evangelica_congregacional_bereia.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/149/127_2024_mocao_de_pesar_a_familia_do_sr._ruval_queiroz_dantas.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/99/128_2024_mocao_de_aplausos_a_loja_comercial_friburguense_sob_a_lideranca_inspiradora_de_seu_dedicado_responsavel_sr._fabio_de_andrade_berbert..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/104/140_2024_pedido_de_informacoes_sobre_a_linha_de_onibus_que_percorre_os_bairros_de_coqueiros_e_maravilha_operada_pela_empresa_linave.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/123/167_2024_revitalizacao_do_jardim_de_avelar_e_melhoria_na_iluminacao_publica..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/124/172_2024_esclarecimentos_acerca_da_ausencia_de_realizacao_do_exame_de_ultrassom_especialmente_o_morfologico.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/133/175_2024_mocao_de_agradecimento_ao_produtor_sr._pedro_henrique_de_oliveira_ramos_engenheiro_civil_e_atual_presidente_do_der..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/135/177_2024_mocao_de_aplausos_a_sra._lucia_de_fatima_fernandes_fonseca_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/146/184_2024_mocao_de_aplausos_a_equipe_representante_de_paty_do_alferes_na_copa_rio_sul_de_futsal.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/150/1852021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/151/201_2024_mocao_de_aplausos_as_finalistas_do_concurso_de_rainha_da_festa_do_tomate_e_ao_organizador_polibio_pimentel.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/154/205_2024_mocao_de_aplausos_aos_srs.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/162/212_2024_disponibilizacao_do_contrato_com_o_lixao_do_barro_branco_e_providencias_urgentes..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/176/235_2024_explicacoes_sobre_a_obra_no_centro_da_cidade_rua_sebastiao_de_lacerda..pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/177/236_2024_informacoes_detalhadas_a_respeito_da_queima_de_lixo_que_esta_ocorrendo_de_forma_indevida_no_lixao_do_barro_branco..docx.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/203/271_2024_informacoes_sobre_o_enquadramento_de_cursos_para_professores..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/225/306_2024__mocao_de_aplausos_ao_sr._valter_alves_franca.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/231/314_2024__mocao_de_aplausos_as_equipes_participantes_dos_jogos_esportivos_de_paty_do_alferes_jespa.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/242/331-2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/243/334_2024__mocao_de_aplausos_aos_alunos_e_professores_do_colegio_estadual_edmundo_peralta_bernardes_ceepb_que_disputaram_o_jerj_2024..pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/244/335_2024__mocao_de_aplausos_a_diretora_rosimeri_de_lima_lisboa._2.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/245/336_2024_mocao_de_aplausos_aos_alunos_e_professores_do_colegio_estadual_edmundo_peralta_bernardes_ceepb_que_disputaram_os_jogos_escolares_do_rio_de_j.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/311/350_2024_mocao_de_pesar_a_familia_do_sr._marcio..pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/277/373_2024_explicacoes_sobre_a_situacao_das_calcadas_na_obra_em_andamento_na_rua_sebastiao_de_lacerda..pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/279/417_2024_mocao_de_aplausos_ao_humorista_pedro_jose_manso.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/286/430_2024_informacoes_sobre_as_medidas_adotadas_em_relacao_aos_serios_problemas_encontrados_no_recem_inaugurado_posto_de_saude_da_visa_alegre..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/287/431_2024_informacoes_sobre_as_acoes_tomadas_em_relacao_aos_problemas_identificados_na_obra_conhecida_como_casario.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/320/449_2024_mocao_de_pesar_a_familia_da_professora_janete_pereira_lima..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/337/477_2024_mocao_de_aplausos_ao_sr._dione_de_barros_borges..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/288/376_2024_emenda_impositiva_-_saude_-_juarez_leinho.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/289/377_2024_emenda_impositiva_-_saude_-_heliomar.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/290/378_2024_emenda_impositiva_-_saude_-_denilson_ligeirinho.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/291/379_2024_emenda_impositiva_-__saude_-_julinho_jujusabia_e_pedro_dentista.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/292/380_2024_emenda_impositiva_-_saude_-_dudu_mariotti.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/293/381_2024_emenda_impositiva_-_saude_-_edinho_da_dengue.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/294/382_2024_emenda_impositiva_-_saude_-__zaninho.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/295/383_2024_emenda_impositiva-_saude_-_aquisicao_de_academias_-_zaninho.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/296/384_2024_emenda_impositiva-_saude_-_aquisicao_de_academia_-_rominho.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/297/385_2024_emenda_impositiva-_saude_-_macarrao.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/298/391_2024_emenda_impositiva_-_infraestrutura_-_zaninho.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/299/394_2024_emenda_impositiva-_infraestrutura_-_dudu_mariotti.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/300/395_2024_emenda_impositiva_-_infraestrutura_-_pedro_dentista.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/301/396_2024__emenda_impositiva_-_infraestrutura_-_sergio_sabia.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/302/397_2024_emendas_impositivas_-_infraestrutura_-_juju_avelino.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/303/404_2024_emenda_impositiva_-_infraestrutura_-_denilson_nogueira.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/304/405_2024_emenda_impositiva_-_infraestrutura_-_rominho_edinho_macarrao_heliomar.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/305/406_2024_emenda_impositiva_-_infraestrutura_-_rominho_edinho_macarrao_heliomar.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/306/407_2024_emenda_impositiva-_infraestrutura_-_denilson_ligeirinho_.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/61/017_2024_anteprojeto_de_lei_no_017_2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/71/autoriza_a_implantacao_de_balancos_e_brinquedos_para_criancas_cadeirantes_nas_pracas_de_lazer_localizadas_no_municipio_de_paty_do.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/88/114_2024_dispoe_sobre_a_criacao_do_programa_escola_bilingue_no_sistema_municipal_de_ensino_em_paty_do_alferes.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/106/152_2024_autoriza_o_poder_executivo_a_instituir_o_programa_de_vale_transporte_social_1.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/144/173_2024_autoriza_o_poder_executivo_a_instituir_tarifa_zero_no_transporte_publico_no_municipio_de_paty_do_alferes_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/189/263_2024_anteprojeto_de_lei_no_2024_1.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/204/270_2024_institui_o_auxilio_emergencial_manutencao_do_emprego_e_da_renda_aos_comerciantes_afetados_pelas_obras.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/213/294_2024_concede_isencao_do_imposto_predial_e_territorial_urbano.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/234/320_2024_concede_a_isencao_de_iptu.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/62/001_2024projeto_de_lei_no_001_2024.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/63/mensagem_001-24_-_suplementa_fms_-_r_2.427.59325_-_incremento_mac_-_hospital_mp.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/64/mensagem_002-24_-_suplementa_smo_-_r_101.19826_-_altera_emenda_impositiva_559_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/65/041_2024_-_projeto_de_lei_-_gratuidade_aos_produtores_rurais_-_festa_do_tomate_-_julinho_juju.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/67/mensagem_005-24_-_criacao_de_vaga_-_merendeira.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/68/mensagem_006-24_-concessao_de_revisao_geral_anual_e_reajuste_salarial_-_servidores_publicos_-_2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/69/mensagem_007-24_-_concessao_de_revisao_geral_anual_aos_agentes_politicos_-_2024.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/79/086_2024_dispoe_sobre_a_semana_da_campanha_de_orientacao_conscientizacao_combate_e_prevencao_aos_virus_.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/89/mensagem_011-24_-_suplementa_cultura_-_r234.87181_-_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/85/mensagem_012-24_-_suplementa_camara_-_r54.94296_-_ajuste_loa.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/86/mensagem_011-24_-_suplementa_cultura_-_r234.87181_-_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/95/mensagem_014-24_-_suplementa_fms_-_r_4.352.63788_-_hospital_mp.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/96/projeto_de_lei_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/107/mensagem_015-24_-_suplementa_smo_-_r_100.00000_-_secretaria_de_obras_e_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/109/mensagem_017-24_-_suplementa_fme_-_r_4.297.25000_-_apoio_magisterio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/110/mensagem_018-24_-_suplementa_fms_-_r_2.427.59325_-_incremento_mac.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/111/mensagem_019-24_-_regularizacao_de_obras.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/125/mensagem_021-24_-_altera_codigo_de_parcelamento_-_art_25_-_caput_-_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/126/169_2024_modifica_criterio_de_gabarito_no_municipio_de_paty_do_alferes_que_especifica_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/155/mensagem_032-24_-_suplementa_fms_-r_1.866.04432_-_excesso_icms.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/156/mensagem_031-24_-_suplementa_fme_-r_6.750.04034_-_excesso_fpm_e_fundeb.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/157/mensagem_030-24_-_suplementa_diversos_-_r_5.249.46823_-_excesso_ir_e_iss.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/158/mensagem_033-24_-_suplementa_fms_-r_3.053.56702_-_excesso_fundo_a_fundo_sus.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/169/mensagem_034-24_-_saude_-_institui_inc._de_financeiro_de_qualidade_-_esf_-_esb_-_proc_4981-24.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/170/mensagem_035-24_-_cria_3_vagas_acs_-_agente_comunitario_de_saude_-_proc_2718_e_2719-24.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/171/mensagem_036-24_-_cria_vaga_para_saude_-_proc_2716-24_-_tec_enfermagem_-_saude_mental.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/172/mensagem_037-24_-_pgm_-_honorarios_de_sucumbencia.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/173/mensagem_038-24_-_pgm_-_reestruturacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/174/mensagem_039-24_-_suplementa_fms_-r_1.296.14800_-_anulacao.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/175/mensagem_040-24_-_suplementa_sma_-r_50.00000_-_concurso.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/178/mensagem_041-24_-_social_-_contratacao_de_01_ofic_recreacao_-_excep_interesse_-_proc_5138-24.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/179/mensagem_042-24_-_suplementa_smo_-_r_3.121.36043_-_cef_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/186/251_2024_projeto_de_lei_no_251_2024.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/191/mensagem_045-24_-_suplementa_fms_-r_101.19826_-_ei_527.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/192/mensagem_046-24_-_suplementa_smo_-r_1.761.02654_-_remuneracao_bancaria.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/194/mensagem_048-24_-_suplementa_fme_-_r_137.86200_-_pnae.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/195/mensagem_049-24_-_suplementa_fms_-r_1.198.20260_-_sus_pahi.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/208/284_2024_declara_como_patrimonio_cultural_imaterial_do_municipio_de_paty_do_alferes_a_folia_de_reis.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/214/mensagem_043-24_-_altera_lei_1.519-08_-_estatuto_-_real._concurso.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/216/mensagem_050-24_-_suplementa_smo_-r_2.435.79200_-_emenda_dep._aureo.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/217/mensagem_051-24_-_suplementa_fms_-r_210.81500_-_fundo_a_fundo_1.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/219/293_2024_-_denominacao_de_quadra_antonio_marques.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/228/300_2024_-_projeto_de_lei_institui_o_atendimento_prioritario_para_as_pessoas_com_transtorno_do_espectro_autista_.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/226/mensagem_053-24_-_planejamento_-_padronizacao_de_letreiros.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/227/310_2024_pl_poda_de_arvores_-_rominho_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/233/316_2024_da_denominacao_de_fabio_ferreira_gomes_duboc.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/238/mensagem_054-24_-_suplementa_obras_-_r_182.39652-_emenda_impositiva_548-549-554-555-556-23.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/239/mensagem_055-24_-_suplementa_fms_-_r_377.11985_-_royalties_-_hospital_mp.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/240/mensagem_057-24_-_projeto_condominio_rural.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/215/mensagem_043-24_-_altera_lei_1.519-08_-_estatuto_-_real._concurso.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/246/333_2024_da_denominacao_de_quadra_poliesportiva_jose_alfredo_rosa_de_azevedo_a_quadra_poliesportiva.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/248/338_2024_institui_a_obrigatoriedade_de_sessao_de_cinema_adaptada_a_criancas_com_transtorno_do_espectro_autista_e_suas_familias..pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/251/mensagem_059-24_-_lei_revisao_ppa_2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/252/mensagem_060-24_-_suplementa_obras_-_r_291.33229_-_cosip.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/253/347_2024_da_denominacao_de_parque_infantil_estevao_brunes_dias_na_mario_koef_bairro_arcozelo_munic_de_paty_do_alferes__rj1.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/254/348_2024_projeto_de_lei_-_fixa_os_subsidios_dos_vereadores_-_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/255/349_2024_projeto_de_lei_-_fixa_os_subsidios_do_prefeito_-_2025-2028.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/259/356_2024_da_denominacao_de_quadra_joao_alberto_da_silva_a_quadra_da_escola_municipal_jose_pereira_da_silva_situada_na_estrada_da_capivara_bairro_capivara_m.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/272/mensagem_061-24_-_suplementa_diversos_-_r_5.389.96888_-_pessoal.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/273/mensagem_062-24_-_suplementa_fms_-_r_1.035.822374_-_pessoal.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/274/mensagem_063-24_-_suplementa_fms_-_r_432.43607_-_hospital_royalties.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/275/mensagem_064-24_-_suplementa_fme_-_r_699.49865_-_royalties.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/276/372_2024_autoriza_que_os_veiculos_que_realizam_transporte_coletivo_permitam_o_desembarque_de_passag_fora_dos_pontos_determinados.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/278/374_2024_autoriza_a_garantia_de_vagas_em_creches_municipais_para_criancas_a_partir_dos_zero_anos_no_ambito_do_muni.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/280/mensagem_066-24_-_suplementa_obras_-_r_286.77251_-_residuos.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/283/mensagem_067-24_-_suplementa_ordem_publica_-_r_127.33295_-_multas.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/284/mensagem_068-24_-_dispoe_sobre_parcelamento_uso_e_zoneamento_-maravilha_e_floresta.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/312/433_2024_declara_como_patrimonio_imaterial_do_municipio_de_paty_do_alferes_o_forum_permanente_de_educacao_etnico-racial.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/313/434_2024_-dispoe_sobre_a_execucao_do_hino_nacional_brasileiro_nas_escolas_da_rede_municipal_de_ensino_de_paty_do_alferes.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/314/435_2024_-dispoe_sobre_a_regulamentacao_do_uso_de_celulares_e_outros_dispositivos_eletronicos_pelos_alunos_nas_unidades_escolares_da_rede_publ_.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/315/mensagem_069-24_-_alteracao_do_paragrafo_unico_do_artigo_86_-_margem_consignavel.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/316/439_2024_dispoe_sobre_a_identificacao_dos_vereadores_autores_de_emendas_impositivas_em_projetos_de_obras_e_servicos_public.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/317/440_2024_projeto_de_lei_denominacao__rua_tereza_da_conceicao_mamedir.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/319/mensagem_070-24_-_dispoe_sobre_o_sistema_unico_de_asistencia_social_-_suas.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/329/mensagem_071-24_-_emenda_a_lei_organica_-_reforma_da_previdencia.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/330/mensagem_072-24_-_projeto_de_lei_complementar_-_reforma_da_previdencia.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/331/mensagem_073-24_-_suplementa_obras_-_r_5.00000-_emenda_impositiva_547-23.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/332/459_2024___da_denominacao_de_posto_joao_machado_da_costa_o_posto_denominado_de_alaor_vianna_da_costa_bairro_bela_vista_1.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/333/463_2024_-dispoe_sobre_a_regulamentacao_da_deposicao_de_entulhos_nas_calcadas.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/334/464__2024_declara_como_patrimonio_publico_cultural_e_historico_do_municipio_de_paty_do_alferes_o_calcamento_de_paralelepipedo_existente.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/343/mensagem_074-24_-_social_-_plano_para_a_primeira_infancia.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/341/mensagem_075-24_-_denomina_creche_rosenea_marques_-_neinha_-_altera_local_para_arcozelo.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/348/485_2024_declara_como_patrimonio_imaterial_do_municipio_de_paty_do_alferes_o_nucleo_de_estudos_afro-brasileiros_e_indigenas.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/349/mensagem_076-24_-_regulamentacao_dos_bairros_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/346/mensagem_077-24_-_autoriza_ppp_lixo_zero.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2024/101/041_2024_-_projeto_de_lei_-_gratuidade_aos_produtores_rurais_-_festa_do_tomate_-_julinho_juju_-_fevereiro_2024_2.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H346"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="72" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="239.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="238.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>