--- v0 (2026-01-27)
+++ v1 (2026-01-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7080" uniqueCount="2935">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7256" uniqueCount="3000">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -5880,50 +5880,170 @@
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADA A PAVIMENTAÇÃO ASFÁLTICA DA ÚLTIMA PARTE DO MORRO DO JOÃO MALANDRO, ESPECIFICAMENTE NA PARTE MAIS ALTA, NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1229/1035_2025_a_ampliacao_do_atendimento_do_caminhao_da_vacina_para_outros_bairros_do_municipio..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A AMPLIAÇÃO DO ATENDIMENTO DO “CAMINHÃO DA VACINA” PARA OUTROS BAIRROS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1230/1036_2025_instalacao_de_um_quebra-molas_na_avenida_brasil.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS NA AVENIDA BRASIL, PRÓXIMO AO Nº 911, TENDO COMO REFERÊNCIA A LOJA COMERCIAL FRIBURGUENSE, NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1236/1047_2025__instalacao_de_um_quebra-molas_na_rua_sao_sebastiao_no_bairro_granja_california_na_altura_do_no_129..docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS NA RUA SÃO SEBASTIÃO, NO BAIRRO GRANJA CALIFÓRNIA, NA ALTURA DO Nº 129.</t>
+  </si>
+  <si>
+    <t>1237</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1237/1048_2025_instalacao_de_enfeites_natalinos_na_praca_noemia_rosa_localizada_no_bairro_granja_california..docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE ENFEITES NATALINOS NA PRAÇA NOEMIA ROSA, LOCALIZADA NO BAIRRO GRANJA CALIFÓRNIA.</t>
+  </si>
+  <si>
+    <t>1239</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1239/1050_2025_manutencao_da_iluminacao_publica_no_bairro_capivara_no_trecho_que_vai_do_inicio_da_fazenda_santa_tereza_ate_o_final_da_rua..docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NO BAIRRO CAPIVARA, NO TRECHO QUE VAI DO INÍCIO DA FAZENDA SANTA TEREZA ATÉ O FINAL DA RUA.</t>
+  </si>
+  <si>
+    <t>1240</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1240/1051_2025_realizacao_de_servicos_de_manutencao_na_rua_joao_paim_no_centro_incluindo_rocada_limpeza_geral_substituicao_de_lampadas.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE MANUTENÇÃO NA RUA JOÃO PAIM, NO CENTRO, INCLUINDO ROÇADA, LIMPEZA GERAL, SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS NA ILUMINAÇÃO PÚBLICA E REPAROS NA PAVIMENTAÇÃO.</t>
+  </si>
+  <si>
+    <t>1241</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1241/1052_2025_construcao_abertura_de_uma_rua_ligando_a_estrada_do_guaribu_velho_a_avenida_irineu_reis..docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO/ABERTURA DE UMA RUA LIGANDO A ESTRADA DO GUARIBÚ VELHO À AVENIDA IRINEU REIS.</t>
+  </si>
+  <si>
+    <t>1248</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1248/1063_2025_reparos_urgentes_no_mata-burro_do_bairro_recanto.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL REPAROS URGENTES NO MATA-BURRO DO BAIRRO RECANTO, PRÓXIMO AO MERCADINHO DO RECANTO, DEVIDO À ESTRUTURA DANIFICADA.</t>
+  </si>
+  <si>
+    <t>1249</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1249/1064_2025__convocar_um_agente_comunitario_de_saude_para_o_bairro_do_recanto.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS PARA A CONVOCAÇÃO DE UM AGENTE COMUNITÁRIO DE SAÚDE PARA ATENDER O BAIRRO RECANTO.</t>
+  </si>
+  <si>
+    <t>1250</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1250/1065_2025_notificacao_da_empresa_responsavel_pelo_asfaltamento_do_bairro_recanto_para_realizar_a_substituicao_das_tampas_de_bueiros_quebradas..docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL A NOTIFICAÇÃO DA EMPRESA RESPONSÁVEL PELO ASFALTAMENTO DO BAIRRO RECANTO PARA REALIZAR A SUBSTITUIÇÃO DAS TAMPAS DE BUEIROS QUEBRADAS.</t>
+  </si>
+  <si>
+    <t>1251</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1251/1066_2025_adocao_de_providencias_relativas_a_manifestacao_de_ratos_e_mosquitos_na_rua_deputado_jose_vaz_no_bairro_avelar..docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL A ADOÇÃO DE PROVIDÊNCIAS RELATIVAS À MANIFESTAÇÃO DE RATOS E MOSQUITOS NA RUA DEPUTADO JOSÉ VAZ, NO BAIRRO AVELAR.</t>
+  </si>
+  <si>
+    <t>1252</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1252/1067_2025_que_viabilize_a_instalacao_de_uma_base_de_servico_da_light.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL QUE VIABILIZE A INSTALAÇÃO DE UMA BASE DE SERVIÇO DA LIGHT NO MUNICÍPIO, DESTINADA AO ATENDIMENTO DE EMERGÊNCIAS E MANUTENÇÕES NA REDE ELÉTRICA.</t>
+  </si>
+  <si>
+    <t>1253</t>
+  </si>
+  <si>
+    <t>1068</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1253/1068_2025_patrolamento_e_a_aplicacao_de_po_de_pedra_na_rua_d_localizada_no_bairro_arcozelo..docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL O PATROLAMENTO E A APLICAÇÃO DE PÓ DE PEDRA NA RUA D, LOCALIZADA NO BAIRRO ARCOZELO.</t>
+  </si>
+  <si>
+    <t>1255</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1255/1070_2025_criacao_de_vaga_rotativa_para_taxi_em_frente_ao_supermercado_fernandes.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL A CRIAÇÃO DE VAGA ROTATIVA PARA TÁXI EM FRENTE AO SUPERMERCADO FERNANDES, COM ORGANIZAÇÃO DE FILA NO PONTO ATUALMENTE LOCALIZADO EM FRENTE AO INSTITUTO NOSSA SENHORA APARECIDA.</t>
+  </si>
+  <si>
+    <t>1256</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1256/1071_2025_instalacao_de_faixa_de_pedestres_na_rj-125_em_frente_a_barbearia_do_danilo_no_bairro_arcozelo..docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UMA FAIXA DE PEDESTRES NA RJ-125, EM FRENTE À BARBEARIA DO DANILO, NO BAIRRO ARCOZELO.</t>
+  </si>
+  <si>
     <t>79</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/420/079-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO DO VEREADOR QUE MENCIONA À CIDADE DE BRASÍLIA, CAPITAL FEDERAL, EM VIAGEM DE REPRESENTAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/436/099_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_denilson_claudinho_e_macarrao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO DOS VEREADORES QUE MENCIONA À CIDADE DE BRASÍLIA, CAPITAL FEDERAL, EM VIAGEM DE REPRESENTAÇÃO DO MUNICÍPIO.</t>
@@ -6259,50 +6379,71 @@
     <t>DECRETA PONTO FACULTATIVO NO ÂMBITO DA CÂMARA MUNICIPAL DE PATY DO ALFERES NO DIA 21 DE NOVEMBRO DE 2025, EM RAZÃO DO DIA DA CONSCIÊNCIA NEGRA, CELEBRADO EM 20 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1166/1002_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense_3.doc</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1167/1003_2025_projeto_de_decreto_legislativo_concede_diploma_de_merito_municipal_2.doc</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1216/1022_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dias_23_24_30_e_31_de_2025_-_final_de_ano_natal_e_ano_novo.doc</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NA SEDE DO PODER LEGISLATIVO MUNICIPAL DE PATY DO ALFERES NOS DIAS 23, 24, 30 E 31 DE DEZEMBRO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1242</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1242/1053_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_dia_15_de_dezembro_de_2025_-_aniversario_de_paty.doc</t>
+  </si>
+  <si>
+    <t>DECRETA PONTO FACULTATIVO NA SEDE DO PODER LEGISLATIVO MUNICIPAL DE PATY DO ALFERES, NO DIA 15 DE DEZEMBRO DE 2025, EM RAZÃO DO ANIVERSÁRIO DE EMANCIPAÇÃO POLÍTICO-ADMINISTRATIVA DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>1243</t>
+  </si>
+  <si>
+    <t>1054</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1243/1054_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dias_24_26_e_31_de_dezembro_de_2025_e_2_de_janeiro_de_2026_-_final_de_ano_natal_e_ano_novo.doc</t>
+  </si>
+  <si>
+    <t>REVOGA O DECRETO LEGISLATIVO Nº 863, DE 19 DE NOVEMBRO DE 2025, E DECRETA PONTO FACULTATIVO NA SEDE DO PODER LEGISLATIVO MUNICIPAL DE PATY DO ALFERES NOS DIAS 24, 26 E 31 DE DEZEMBRO DE 2025 E 2 DE JANEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/611/308_2025_projeto_de_resolucao_pregao_eletronico_para_contratacao_de_empresa_especializada_na_transmissao_ao_vivo_das_sessoes_parlamentares.docx</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE PROCESSO LICITATÓRIO, NA MODALIDADE PREGÃO ELETRÔNICO, PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA TRANSMISSÃO AO VIVO DAS SESSÕES PARLAMENTARES, PRODUÇÃO DE CONTEÚDO AUDIOVISUAL INFORMATIVO, CRIAÇÃO DE MATERIAL GRÁFICO PARA DIVULGAÇÃO DO TRABALHO LEGISLATIVO NAS REDES SOCIAIS INSTITUCIONAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/634/340_2025_projeto_de_resolucao_-_pregao_eletronico_aquisicao_de_1_veiculo_para_camara.docx</t>
   </si>
@@ -6996,53 +7137,50 @@
   <si>
     <t>MOÇÃO DE APLAUSOS AO COORDENADOR DO PROGRAMA DA DENGUE, JOHNNY DAVIDSON CARDOSO COSTA, E À SUPERVISORA TATIANA VIANA COSTA SOARES.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1061/875_2025_mocao_de_aplausos_ao__pastor_humberto_bertholdo_rosa..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO PASTOR HUMBERTO BERTHOLDO ROSA.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1062/876_2025_mocao_de_aplausos_ao_sr._iago_luiz_cristian_silva_oliveira_campanhao..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SR. IAGO LUIZ CRISTIAN SILVA OLIVEIRA CAMPANHÃO.</t>
   </si>
   <si>
-    <t>1068</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1068/882_2025_-_mocao_de_pesar_a_familia_da_dra._carmen_suzana_gomes_vieira_muniz..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL MOÇÃO DE PESAR À FAMÍLIA DA DRA. CARMEN SUZANA GOMES VIEIRA MUNIZ.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1072/888_2025_-_mocao_de_pesa_a_damilia_do_diego_dos_santos_coelho..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL MOÇÃO DE PESAR À FAMÍLIA DE DIEGO DOS SANTOS COELHO.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1077/893_2025_mocao_aplausos__a_sra._eva_aparecida_figueira_ferreira..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À SRA. EVA APARECIDA FIGUEIRA FERREIRA.</t>
@@ -7200,50 +7338,68 @@
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1178/1014_2025_mocao_de_aplausos_ronildo_rodrigues_da_costa..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SERVIDOR PÚBLICO RONILDO RODRIGUES DA COSTA.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1183/1019_2025_mocao_aplausos_ao_sr._sebastiao_barboza_junior.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO DIRETOR DO HOSPITAL MUNICIPAL LUIZ GONZAGA, DR. SEBASTIÃO BARBOZA JÚNIOR.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1231/1037_2025_mocao_de_aplausos_-_acio_contabilidade.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À EMPRESA ACIO CONTABILIDADE, DE PATY DO ALFERES, EM VIRTUDE DA INAUGURAÇÃO DE SUAS NOVAS E MODERNAS INSTALAÇÕES NO CENTRO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
+    <t>1238</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1238/1049_2025_edinho_e_feijao_mocao_de_aplausos_aos_servidores_aldemir_de_assis_campos_edson_colli_christo_e_gesse_ribeiro.docx</t>
+  </si>
+  <si>
+    <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AOS SERVIDORES ALDEMIR DE ASSIS CAMPOS, EDSON COLLI CHRISTO E GESSÉ RIBEIRO, TÉCNICOS DE COMBATE E CONTROLE DAS ARBOVIROSES.</t>
+  </si>
+  <si>
+    <t>1254</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1254/1069_2025__mocao_de_aplausos_ao_senhor_fernando_ribeiro..docx</t>
+  </si>
+  <si>
+    <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SENHOR FERNANDO RIBEIRO.</t>
+  </si>
+  <si>
     <t>1184</t>
   </si>
   <si>
     <t>PEI</t>
   </si>
   <si>
     <t>Projeto de Emenda Impositiva</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1184/814-2025_-_aquisicao_de_equipamentos_eletroencefalograma_e_nobreak_para_mamografia.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE EQUIPAMENTOS ELETROENCEFALOGRAMA E NOBREAK PARA MAMOGRAFIA</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1185/815-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE VEICULO TIPO VAN PARA TRANSPORTES DE PACIENTES</t>
   </si>
   <si>
     <t>1186</t>
@@ -8544,53 +8700,50 @@
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$1.600.000,00 (UM MILHÃO E SEISCENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1031/808_2025_-_suplementacao_r_1.485.00000__-_mens_083_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 1.485.000,00 (UM MILHÃO, QUATROCENTOS E OITENTA E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1032/809_2025_-_concede_anistia_de_juros_e_multas_debitos_tributarios_inscrito_ou_nao_em_divida_ativa_-_mens_084_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER ANISTIA DE JUROS E MULTA DECORRENTES DOS DÉBITOS TRIBUTÁRIOS MUNICIPAIS, INSCRITOS OU NÃO EM DÍVIDA ATIVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1041/855_2025_da_denominacao_de_praca_jose_carlos_de_azevedo_rodrigues_praca_ao_lado_do_vivinha.docx</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE PRAÇA JOSE CARLOS DE AZEVEDO RODRIGUES, A PRAÇA SITUADA ENTRE A AVENIDA OSORIO DUQUE ESTRADA E O RIO DO SACO, NO BAIRRO CENTRO, EM PATY DO ALFERES - RJ.</t>
   </si>
   <si>
-    <t>1054</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1054/868_2025_da_denominacao_de_parque_infantil_caio_da_silva_gomes_ao_parque_situado_na_rua_do_retiro_no_250.docx</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE PARQUE INFANTIL CAIO DA SILVA GOMES AO PARQUE SITUADO NA RUA DO RETIRO, Nº 250, EM FRENTE À QUADRA, NO BAIRRO VISTA ALEGRE, MUNICÍPIO DE PATY DO ALFERES – RJ.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1081/897_2025_da_denominacao_de_estrada_jose_da_costa_taborda_filho.docx</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE ESTRADA JOSÉ DA COSTA TABORDA FILHO À ATUAL ESTRADA RIO PARDO – QUILOMBO, COM INÍCIO NAS PROXIMIDADES DA MERCEARIA MACHADO, PERCORRENDO TODA A SUA EXTENSÃO ATÉ O BAIRRO RIO PARDO, COM TÉRMINO PRÓXIMO AO SÍTIO SÃO FRANCISCO, EM PATY DO ALFERES - RJ.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1091/mensagem_088_2025.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$654.060,65 (SEISCENTOS E CINQUENTA E QUATRO MIL, SESSENTA REAIS E SESSENTA E CINCO CENTAVOS).</t>
   </si>
   <si>
     <t>1092</t>
@@ -8731,50 +8884,92 @@
     <t>1232</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1232/1038_2025_-_suplentacao_r_1.000.00000_-_mens_098_2025.doc</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1233/1039_2025_-_suplentacao_r_500.00000_-_mens_099_2025.doc</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1234/1040_2025_-_suplentacao_r_500.00000_-_mens_100_2025.doc</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1235/1041_2025_-_altera_dispositivo_da_lei_no3.221_de_05_de_fevereiro_de_2025_que_dispoe_para_alteracao_da_nomeclatura_do_cargo_criado_-_mens_101_2025.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº3.221 DE 05 DE FEVEREIRO DE 2025, QUE DISPÕE PARA ALTERAÇÃO DA NOMECLATURA DO CARGO CRIADO.</t>
+  </si>
+  <si>
+    <t>1244</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1244/1055_2025_-_da_denominacao_de_marcio_antonio_cunha_dos_anjos_a_base_da_policia_presente__bairro_arcozelo_autoria_vereador_guilherme_rosa.doc</t>
+  </si>
+  <si>
+    <t>DÁ DENOMINAÇÃO DE “MARCIO ANTONIO CUNHA DOS ANJOS” À BASE DA POLÍCIA PRESENTE, LOCALIZADA NO BAIRRO ARCOZELO, NO MUNICÍPIO DE PATY DO ALFERES/RJ.</t>
+  </si>
+  <si>
+    <t>1245</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1245/1056_2025_-_da_denominacao_de_professora_dilma_jose_de_andrade_risso_a_faetec_bairro_avelar_autoria_vereadores_guilherme_rosa_marco_aurelio_e_macarrao.doc</t>
+  </si>
+  <si>
+    <t>DÁ DENOMINAÇÃO DE “PROFESSORA DILMA JOSÉ DE ANDRADE RISSO” À FAETEC LOCALIZADA NO BAIRRO AVELAR, NO MUNICÍPIO DE PATY DO ALFERES/RJ.</t>
+  </si>
+  <si>
+    <t>1246</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1246/1057_2025_-_suplentacao_r_500.00000_-_mens_102_2025.doc</t>
+  </si>
+  <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1247/1058_2025_-_suplentacao_r_1.191.17600_-_mens_103_2025.doc</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$1.191.176,00 (UM MILHÃO, CENTO E NOVENTA E UM MIL, CENTO E SETENTA E SEIS REAIS).</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1257/1072_2025_-_da_denominacao_de_rua_cezar_pereira_da_silva_mello_cantagalo_coqueiro_autoria_vereador_heliomar_do_gas.doc</t>
+  </si>
+  <si>
+    <t>DÁ DENOMINAÇÃO DE RUA CEZAR PEREIRA DA SILVA MELLO AO TRECHO QUE SE INICIA NA IGREJA POPULARMENTE CONHECIDA COMO “ASSEMBLEIA DO BAMBU” E SE ESTENDE ATÉ O ENCONTRO COM A RUA CANTAGALO, LOCALIZADO NO BAIRRO COQUEIROS, NO MUNICÍPIO DE PATY DO ALFERES – RJ.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto Total</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/610/1602021.doc</t>
   </si>
   <si>
     <t>TRATA-SE DE VETO TOTAL DO PODER EXECUTIVO AO PROJETO DE LEI N° 160/2025, QUE “AUTORIZA O USO DE MÁQUINAS PESADAS NA EXECUÇÃO DE OBRAS DE INFRAESTRUTURA E SERVIÇOS DE INTERESSE SOCIAL NO MUNICÍPIO” DE AUTORIA DO VEREADOR DENILSON LIGEIRINHO - DENILSON DA COSTA NOGUEIRA.</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/653/8_parecer_397_2025_da_comissaoo_justica_e_redacao_-_ao_veto_367_202_ao_proj_212-2025.docx</t>
   </si>
   <si>
     <t>TRATA-SE DE VETO TOTAL DO PODER EXECUTIVO AO PROJETO DE LEI N° 212/2025, QUE “DISPÕE SOBRE O PROTOCOLO INDIVIDUALIZADO DE AVALIAÇÃO (PIA) PARA OS ALUNOS COM TRANSTORNOS GLOBAIS DO DESENVOLVIMENTO, INCLUINDO O TRANSTORNO DO ESPECTRO AUTISTA (TEA), NA REDE MUNICIPAL DE ENSINO DE PATY DO ALFERES-RJ” DE AUTORIA DO VEREADOR DENILSON LIGEIRINHO - DENILSON DA COSTA NOGUEIRA.</t>
   </si>
   <si>
     <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/690/8_parecer__ao_veto_307_2025_ao_projeto_de_lei_160_2025_-__.doc</t>
   </si>
@@ -9168,56 +9363,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/350/003-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/351/004-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/352/005-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/353/006-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/354/007-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/355/008-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/356/009-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/357/010-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/358/011-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/359/012-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/360/013-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/361/023-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/362/024-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/363/025-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/364/026-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/365/027-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/366/028-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/367/029-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/368/030-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/369/031-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/370/032-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/371/033-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/372/034-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/373/035-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/374/036-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/375/037-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/376/038-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/377/039-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/378/040-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/379/041-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/380/042-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/381/043-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/382/044-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/396/055-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/397/056-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/398/057-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/399/058-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/400/059-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/401/060-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/402/061-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/403/062-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/404/063-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/405/064-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/406/065-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/407/066-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/408/067-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/409/068-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/410/069-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/417/076-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/421/086-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/422/087-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/423/088-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/424/089-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/425/090-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/426/091-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/427/092-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/428/093-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/429/094-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/430/095-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/431/096-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/432/097-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/433/098-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/434/101-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/435/102-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/438/107-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/439/108-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/441/110-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/442/111-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/443/112-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/444/113-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/445/114-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/446/115-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/447/116-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/448/117-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/449/118-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/451/120-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/452/121-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/453/122-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/454/123-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/459/128-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/460/129_2025_realizacao_de_limpeza_e_conservacao_da_rua_dr._adalberto_nogueira_localizada_no_bairro_monte_alegre_rua_do_campo..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/461/130_2025_patolamento_na_estrada_orlando_gomes_dos_reis_localizada_em_bairro_encanto..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/462/131_2025_solicita_ao_prefeito_municipal_a_construcao_de_uma_quadra_poliesportiva_no_bairro_aquenta_sol..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/463/132_2025_solicita_ao_prefeito_municipal_que_realize_a_pavimentacao_asfaltica_do_trecho_que_falta_entre_o_morro_do_recreio_e_o_bairro_vista_alegre..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/464/133_2025_solicita_ao_prefeito_municipal_que_tome_providencias_quanto_a_construcao_de_uma_creche_no_bairro_vista_alegre..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/465/134_2025_solicita_ao_prefeito_municipal_a_instalacao_de_braco_de_luz_na_rj-125_na_entrada_principal_do_loteamento_do_taozinho.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/466/135_2025__realize_a_limpeza_na_rua_vereador_sidney_de_melo_freitas_que_da_seguimento_ao_centro_de_paty_do_alferes..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/467/136_2025_patrolamento_da_estrada_que_da_acesso_ao_pesque-pague_localizado_no_bairro_vista_alegre..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/468/137_2025__solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_do_morro_do_fama..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/470/139_2025_que_seja_realizado_com_urgencia_o_patrolamento_ensaibramento_e_rocada_da_rua_k_no_bairro_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/472/145-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/473/146-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/474/147-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/475/148-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/476/149-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/485/150-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/486/151-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/487/152-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/477/153-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/478/154-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/479/155-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/480/156-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/481/157-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/482/158-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/488/161-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/489/162-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/490/163-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/491/164-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/492/165-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/493/166-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/494/167-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/495/168-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/496/169-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/497/170-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/498/171-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/499/172-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/508/190-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/509/191-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/510/192-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/511/193-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/512/194-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/513/195-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/514/196-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/518/198_2025_locacao_ou_aquisicao_de_uma_tenda_destinada_a_cobertura_da_feira_agroecologica_na_praca_george_jacob_abdue.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/519/199_2025_instalacao_de_uma_maquina_de_cafe_multibebida_na_recepcao_da_unidade_de_saude_alba_monteiro_bernardes_maternidade.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/520/200_2025_solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_reparo_dos_buracos_na_estrada_do_bairro_paiol_velho..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/521/201_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_na_rua_agua_fria_localizada_no_bairro_palmares..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/522/202_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_queimadas_no_corrego_dantas_localizado_no_bairro_coqueiros..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/523/203_2025_junto_com_o_diretor_de_ordem_publica_estude_a_possibilidade_de_implementacao_de_mao_unica_na_rua_mara_lucia_feijo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/524/204_2025_solicita_ao_prefeito_municipal_a_colocacao_de_massa_asfaltica_em_frente_a_escola_municipal_major_monteiro_soares.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/525/205_2025_solicita_ao_prefeito_municipal_a_realizacao_de_servicos_de_limpeza_e_manutencao_na_praca_ryan_rosa_fernandes.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/526/206_2025_solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_nos_bairros_rio_pardo_e_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/533/213_2025_solicita_ao_prefeito_municipal_a_instalacao_de_um_refletor_em_frente_ao_colegio_joao_abreu_localizado_no_bairro_granja_california..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/534/214_2025_solicita_ao_prefeito_municipal_que_realize_a_substituicao_das_lampadas_na_localidade_de_barra_do_encanto_bairro_encanto.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/546/218-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/547/219-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/548/220-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/537/221-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/538/222-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/539/223-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/549/224-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/550/225-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/540/230-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/555/235-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/556/236-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/551/237-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/552/238-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/553/239-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/554/240-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/557/242-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/558/243-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/577/244_2025_edinho_e_heliomar__limpeza_do_bosque_da_maravilha_bem_como_a_construcao_de_dois_banheiros_publicos.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/559/245-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/588/261_2025__implementacao_da_gratuidade_no_transporte_coletivo_intermunicipal_para_pacientes_encaminhados_pela_secretaria_municipal_de_saude.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/579/262_2025_solicita_ao_prefeito_municipal_a_instalacao_de_placa_identificativa_no_predio_principal_do_casario.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/569/263_2025_solicita_ao_prefeito_municipal_a_instalacao_de_duas_faixas_de_pedestres_na_rj-125.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/570/264_2025_continuidade_calcamento_para_pedestres_no_trecho_compreendido_entre_o_bairro_granja_california_e_o_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/572/266_2025_providencie_a_pintura_dos_quebra-molas_existentes_na_rua_dr_mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/573/267_2025_providencie_a_instalacao_de_uma_placa_de_sinalizacao_para_o_quebra-molas_existente_na_rua_dr._mario_kroeff_bairro_arcozelo.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/574/268_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_na_rua_sao_joaquim_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/575/269_2025_presenca_de_guardas_municipais_nos_horarios_de_entrada_e_saida_dos_alunos_da_escola_sidney_de_mello_freitas.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/576/270_2025_solicita_ao_prefeito_municipal_a_revitalizacao_do_calcadao_do_dilson.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/582/275_2025_pavimentacao_asfaltica_na_rua_yolanda_cunha_de_oliveira_centro_conhecida_como_rua_do_capoteiromorro_do_capitao..docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/584/277_2025_instalacao_de_um_quebra-molas_na_rua_deputado_bernardes_neto_no_bairro_centro_nas_proximidades_da_saida_da_mao_inglesa..docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/585/278_2025_providencie_a_aquisicao_de_uma_maquina_de_lavar_roupas_de_20kg_para_a_residencia_terapeutica_situada_na_rua_mantiquira_no_27_bairro_centro..docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/586/279_2025_realize_a_substituicao_das_lampadas_na_estrada_da_boa_vista_no_bairro_boa_vista_tendo_como_referencia_o_numero_4700..docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/591/284_2025_solicita_ao_prefeito_municipal_a_realizacao_de_estudos_visando_o_aumento_do_valor_do_vale-feira..docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/592/285_2025__realize_a_reforma_na_parte_externa_do_posto_de_saude_localizado_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/593/286_2025_solicita_ao_prefeito_municipal_que_realize_o_patrolamento_no_morro_da_estrada_da_bela_vista_localizado_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/595/288_2025_realizacao_de_estudo_tecnico_com_o_objetivo_de_avaliar_a_concessao_do_adicional_de_insalubridade_as_merendeiras.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/600/297_2025_realize_o_patrolamento_da_estrada_porcino_borges_de_andrade_no_bairro_campo_verde__colegio_municipal_nossa_senhora_das_gracas.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/601/298_2025_que_seja_realizado_um_estudo_de_viabilidade_para_a_criacao_de_uma_vaga_de_carga_e_descarga_nas_proximidades_do_casario_do_alferes.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/602/299_2025_patrolamento_da_avenida_silvino_adelio_localizada_no_bairro_capivara_tendo_como_referencia_o_numero_5552.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/603/300_2025_a_instalacao_de_um_quebra-molas_na_rua_viuva_bastos_nas_proximidades_do_numero_1017.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/604/301_2025_a_realizacao_de_manutencao_nos_bracos_de_luz_existentes_na_rua_do_cantagalo_e_rua_do_quilimbo_localizadas_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/605/302_2025_reforma_da_pracinha_da_capivara_atencao_a_recuperacao_manutencao_substituicao_dos_brinquedos_infantis.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/606/303_2025_tome_as_providencias_necessarias_para_a_disponibilizacao_de_colchonetes_para_as_creches_que_atendem_a_fase_pre-escolar.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/607/304_2025__a_instalacao_de_dois_quebra-molas_na_rj-125_com_sinalizacao_adequada.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/609/306_2025_pagamento_do_adicional_de_insalubridade_no_percentual_de_20_calculado_sobre_o_piso_salarial_nacional_da_categoria_aos_acs_e_ace.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/613/313_2025__patrolamento_e_ensaibramento_nas_principais_estradas_do_bairro_rio_pardo_com_prioridade_nos_pontos_criticos.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/614/314_2025__solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_do_morro_do_fama.__reiterando_a_indicacao_de_no_1372025_feita_pelo_mesmo..docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/615/315_2025_limpeza_e_manutencao_da_rj_125_que_vai_de_avelar_a_andrade_pinto._reiterando_a_indicacao_de_no_0952025_feita_pelo_mesmo..docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/622/328_2025_a_realizacao_das_obras_necessarias_para_o_termino_da_pavimentacao_asfaltica_da_rua_antonio_lopes_de_melo.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/623/329_2025_realize_uma_operacao_tapa-buracos_na_rua_vicente_de_freitas_situada_no.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/624/330_2025_ampliacao_do_numero_de_mediadores_escolares_para_alunos_autistas_e_a_contratacao_de_mais_monitores_para_os_onibus_escolares.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/625/331_2025_realizacao_de_patrolamento_ensaibramento_e_colocacao_de_cascalho_na_rua_quatro.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/626/332_2025_a_troca_de_lampadas_em_toda_a_extensao_da_rua_delfim_fernandes_de_barros_no_bairro_horizonte..docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/627/333_2025_ampliacao_do_horario_de_funcionamento_da_farmacia_municipal_de_avelar_para_que_opere_das_8h_as_16h.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/628/334_2025__disponibilize_uma_ambulancia_ou_um_carro_de_apoio_para_atender_emergencias_no_posto_de_saude_do_bairro_palmares.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/629/335_2025__a_substituicao_dos_refletores_da_quadra_de_grama_sintetica_situada_na_rj-125_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/632/338_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_e_de_uma_faixa_de_pedestres_na_avenida_antao_bernardes.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/640/354_2025__a_disponibilizacao_de_uma_ambulancia_ou_veiculo_de_apoio_para_atender_emergencias_no_posto_de_saude_do_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/641/355_2025__a_instalacao_de_bancos_ao_longo_da_extensao_da_praca_george_jacob_abdue..docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/642/356_2025__providencie_a_conclusao_do_servico_de_limpeza_nas_ruas_do_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/643/357_2025_a_revitalizacao_da_faixa_de_pedestres_em_frente_a_escola_municipal_gioconda_bernardes_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/644/358_2025_providencie_a_melhoria_da_iluminacao_publica_no_bosque_da_maravilha..docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/645/359_2025_instalacao_de_um_bebedouro_publico_na_praca_george_jacob_abdue_para_atender_os_feirantes__-_reiterando.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/646/360_2025_operacao_tapa-buracos_ruas_alferes_francisco_tavares_sidney_de_mello_freitas_e_comandante_bandeira_de_mello_paty..docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/647/361_2025_campanha_de_incentivo_de_parte_do_imposto_de_renda_aos_fundos_municipais_da_crianca_adolescente_pessoa_idosa..docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/648/362_2025_instalacao_de_quebra-molana_avenida_brasil_nas_proximidades_do_deposito_do_marcelo_da_obra_prima_proximo_ao_bairro_tres_porteiras..docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/649/363_2025_abrir_a_rua_da_estacao_nos_finais_de_semana_permitir_o_acesso_e_o_descarregamento_de_mercadorias_pelos_feirantes.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/650/364_2025_realize_a_revitalizacao_das_faixas_de_pedestres_na_rua_coronel_manoel_bernardes_centro.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/651/365_2025_a_troca_de_lampadas_queimadas_ou_ineficientes_na_estrada_roseiral.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/652/366_2025_patrolamento_e_rocada_na_estrada_boa_uniao_localizada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/654/368_2025_a_instalacao_de_redutor_de_velocidade_quebra-molas_na_rua_coronel_manoel_bernardes_centro_nas_proximidades_do_no_387.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/655/369_2025_a_realizacao_de_manutencao_na_academia_da_saude_localizada_no_jardim_de_avelar..docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/656/370_2025_concessao_de_isencao_do_pagamento_de_estacionamento_rotativo_aos_feirantes.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/657/371_2025_realize_o_patrolamento_ensaibramento_e_rocada_na_rua_irma_dulce_localizada_no_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/659/373_2025_pintura_interna_e_externa_do_posto_de_saude_avelar_e_a_instalacao_de_placa_indicativa_das_atividades_desenvolvidas.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/661/375_2025_a_instalacao_de_um_redutor_de_velocidade_na_rua_doutor_peralta_proximo_ao_numero_1288.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/662/376_2025_a_realizacao_de_operacao_tapa-buracos_na_rua_general_cintra_localizada_no_centro_do_municipio..docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/663/377_2025_rocada_e_patrolamento_nas_seguintes_vias_do_bairro_recanto_rua_barao_de_paty_rua_garcia_rodrigues_de_paes_e_rua_capitao_joao_vieira.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/664/378_2025__rua_sebastiao_de_lacerda_determinando_que_os_veiculos_estacionem_apenas_no_lado_direito_da_via.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/665/379_2025_a_realizacao_de_dedetizacao_nos_pontos_de_onibus_do_bairro_arcozelo_com_o_objetivo_de_eliminar_aranhas.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/666/380_2025_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rj-125_nas_proximidades_da_saida_da_ponte_do_bibi..docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/667/381_2025_solicita_ao_prefeito_municipal_a_realizacao_de_patrolamento_na_rua_antonio_aniceto_da_costa_bairro_saudade..docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/668/382_2025_providencie_a_disponibilizacao_de_fisioterapeutas_para_atendimento_nos_postos_de_saude_dos_bairros_do_municipio..docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/669/383_2025_a_realizacao_de_manutencao_nos_bracos_de_iluminacao_da_pracinha_localizada_no_bairro_granja_california_situada_as_margens_da_rj-125..docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/672/387_2025_a_pavimentacao_asfaltica_nas_principais_ruas_do_bairro_rio_pardo_rio_pardo_de_cima_e_rio_pardo_de_baixo..docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/673/388_2025_que_realize_a_manutencao_nos_bracos_de_iluminacao_publica_da_avenida_silvino_adelio_localizada_no_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/674/389_2025_instalacao_de_dois_pontos_de_onibus_na_rua_lucio_teixeira.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/675/390_2025_prorrogacao_do_prazo_previsto_na_lei_municipal_no_3.132.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/676/391_2025_a_poda_de_arvores_que_estao_em_contato_com_a_rede_eletrica_na_rua_dona_mariana_no_235_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/677/392_2025_a_limpeza_e_desobstrucao_do_corrego_que_passa_por_tras_das_residencias_situadas_na_rua_jose_de_barros_franco_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/678/393_2025_que_sejam_realizadas_acoes_de_limpeza_e_desobstrucao_do_corrego_situado_na_avenida_vereador_aloisio_ferreira_gomes.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/679/394_2025_disponibilizacao_de_um_professor_de_futebol_para_ministrar_aulas.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/683/399_2025_a_gratuidade_no_parque_da_festa_do_tomate_no_dia_da_abertura_para_estudantes_uniformizados_acompanhados_dos_responsaveis..docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/684/400_2025_limpeza_e_manutencao_da_rj_125_que_vai_de_avelar_a_andrade_pinto._reiterando_a_indicacao_de_no_3152025_feita_pelo_mesmo..docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/685/401_2025_operacao_tapa-buracos_e_servicos_de_limpeza_urbana_na_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/686/402_2025_realizacao_de_patrolamento_na_localidade_ultimo_gole.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/687/403_2025_realizacao_de_processo_seletivo_para_contratacao_de_professores_na_rede_municipal_de_ensino.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/688/404_2025_a_reforma_do_posto_de_saude_localizado_no_bairro_maravilha._reiterando.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/689/405_2025_obras_de_patrolamento_e_ensaibramento_nas_principais_de_palmares._reiterando.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/715/407_2025_instalacao_de_poste_e_refletores_na_servidao_nelson_goncalves.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/716/408_2025_realizados_os_servicos_de_rocada_patrolamento_e_limpeza_na_rua_do_sossego_localizada_no_bairro_maravilha._reiterando.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/717/409_2025_realizacao_de_servicos_de_rocada_e_limpeza_no_morro_do_macaco_localizado_no_bairro_lameirao_2.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/691/410_2025_rocada_e_patrolamento_na__rua_garcia_rodrigues_de_paes.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/692/411_2025_colocacao_de_manilhas_e_implantacao_de_rede_de_esgoto_na_rua_das_mangueiras_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/693/412_2025_realizacao_de_servicos_de_limpeza_rocada_e_retirada_de_lixo_nas_ruas_das_casinhas_populares.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/694/413_2025_substituicao_da_manilha_na_ponte_ao_lado_da_pracinha_da_bela_vista_na_rua_humberto_candido.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/697/416_2025_instalacao_de_sistemas_de_energia_solar_com_baterias_de_armazenamento_nos_postos_de_saude_e_na_maternidade.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/698/417_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_nas_proximidades_do_bosque_localizado_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/699/418_2025_realizacao_de_servicos_de_rocada_limpeza_e_um_container_para_descarte_adequado_do_lixo_na_rua_nova_mantiquira.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/700/419_2025_disponibilizacao_de_transporte_universitario_para_os_alunos_que_frequentam_instituicoes_de_ensino_superior_na_cidade_de_tres_rios..docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/701/420_2025_realizacao_de_servicos_de_limpeza_urbana_poda_de_arvores_e_substituicao_de_lampadas_queimadas_na_rua_lucio_teixeira.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/702/421_2025_pavimentacao_asfaltica_na_rua_wintor_barbosa_de_godoi_localizada_no_bairro_pedras_ruivas._1.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/703/422_2025__a_instalacao_de_uma_placa_indicativa_com_o_sentido_do_posto_de_saude_do_bairro_granja_california_na_rodovia_rj-125..docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/706/426_2025_solicita_ao_prefeito_municipal_a_troca_de_lampadas_nas_ruas_das_casinhas_populares_do_bairro_arcozelo_nas_proximidades_do_demizinho..docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/707/427_2025_instalacao_de_redutor_de_velocidade_quebra-mola_na_avenida_roberto_silveira_nas_proximidades_do_numero_284_centro..docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/709/429_2025_a_instalacao_de_rede_de_internet_na_subprefeitura_situada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/710/430_2025_a_instalacao_de_dois_quebra-molas_em_frente_a_aldeia_de_arcozelo_na_rj-125..docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/711/431_2025_a_troca_de_lampadas_na_rua_leopoldo_pullig_nas_proximidades_do_no_619_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/712/432_2025_que_realize_melhorias_na_iluminacao_publica_da_antiga_estacao_ferroviaria_de_avelar._2.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/713/433_2025_a_pavimentacao_asfaltica_do_morro_que_liga_o_bairro_capivara_ao_bairro_coqueiro..docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/714/434_2025_pavimentacao_asfaltica_na_estrada_arcozelomaravilha_no_trecho_entre_as_casinhas_populares_do_roseiral_e_o_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/718/435_2025_a_conclusao_do_servico_de_escoamento_de_esgoto_na_rua_vinte_e_dois_lote_95_bairro_acampamento.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/719/436_2025_revitalizacao_da_pracinha_vicente_de_freitas_situada_nas_proximidades_da_igreja_monte_siao..docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/720/437_2025_manutencao_nos_bracos_de_iluminacao_publica_localizados_nos_bairros_coqueiros_e_rio_pardo.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/721/438_2025_a_instalacao_de_dois_redutores_de_velocidade_quebra-molas_na_rj-125.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/722/439_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_avenida_irineu_reis_nas_proximidades_da_creche_municipal.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/726/448_2025_solicita_que_realize_com_a_secretaria_de_obras_patrolamento_e_ensaibramento_das_principais_ruas_do_bairro_prata_edinho_e_neguinho..docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/727/449_2025_a_troca_de_lampadas_queimadas_na_travessa_dona_herminia.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/728/450_2025_o_patrolamento_da_rua_quatro_situada_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/730/452_2025__a_inclusao_de_brinquedos_adaptados_para_criancas_com_transtorno_do_espectro_autista_tea_nas_pracas_publicas_do_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/736/459_2025_que_viabilize_a_instalacao_de_uma_unidade_da_farmacia_popular_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/737/460_2025_a_instalacao_de_um_banner_ou_de_uma_placa_com_a_identificacao_do_nome_oficial_do_posto_de_saude_localizado_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/738/461_2025_neguinho_e_macarrao_a_construcao_de_uma_quadra_de_areia_e_a_instalacao_de_aparelhos_de_ginastica_ao_ar_livre.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/739/462_2025_marco_aurelio__e_guilherme_realizacao_de_patrolamento_ensaibramento_e_manutencao_geral_do_morro_que_liga_o_bairro_capivara_ao_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/740/463_2025_a_realizacao_de_patrolamento_limpeza_e_rocada_na_rua_colonia_do_centro_localizada_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/741/464_2025_a_realizacao_de_patrolamento_ensaibramento_e_limpeza_no_corrego_dantas_localizado_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/742/465_2025_a_troca_de_lampadas_patrolamento_ensaibramento_e_limpeza_na_rua_agua_fria_localizada_no_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/743/466_2025_realizacao_de_poda_das_arvores_e_vegetacao_que_se_encontram_sobre_a_fiacao_eletrica_na_rua_quatorze.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/744/467_2025_realizacao_de_patrolamento_na_rua_bueno_de_andrade_e_na_rua_vinte_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/746/470_2025_instalacao_de_dois_redutores_de_velocidade_quebra-molas_na_rodovia_ary_schiavo.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/749/471_2025_a_realizacao_de_reparos_urgentes_em_uma_cratera_localizada_nas_proximidades_da_ponte_do_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/747/472_2025_a_realizacao_de_patrolamento_e_rocada_na_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/748/473_2025_a_instalacao_de_braco_de_luz_nas_proximidades_da_igreja_catolica_na_rua_antonio_aniceto_da_costa_bairro_saudade..docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/753/477_2025_aplicacao_de_po_de_pedra_nas_ruas_do_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/754/478_2025_a_construcao_de_uma_quadra_de_areia_e_de_uma_academia_ao_ar_livre_na_praca_localizada_ao_lado_do_bar_do_vivinha..docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/757/481_2025_a_implantacao_de_faixa_de_pedestres_na_rua_coronel_avelar_no_bairro_avelar_na_esquina_do_jardim_de_avelar.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/758/482_2025_a_instalacao_de_um_braco_de_iluminacao_publica_na_rua_quatro_nas_proximidades_da_igreja_crista_renovada_situada_no_bairro_clube_velho..docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/759/483_2025_a_realizacao_de_servicos_de_limpeza_patrolamento_e_ensaibramento_na_rua_quatro_localizada_no_bairro_clube_velho..docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/760/484_2025_a_aplicacao_de_massa_asfaltica_na_rua_joaquim_alves_louzada_localizada_no_bairro_biriba._referencia_rua_do_sase..docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/761/485_2025_solicita_ao_prefeito_municipal_a_construcao_de_um_portico_com_a_tematica_da_raca_mangalarga.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/762/486_2025_a_aplicacao_de_escoria_nas_ruas_do_bairro_boa_vista.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/763/487_2025_a_realizacao_de_servicos_de_limpeza_no_bairro_lameirao_com_especial_atencao_a_area_conhecida_como_morro_do_macaco.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/764/488_2025_a_aplicacao_de_po_de_pedra_no_morro_situado_na_rua_humberto_candido_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/765/489_2025_a_reforma_da_passarela_situada_atras_da_aldeia_de_arcozelo._reiterando_a_minha_indicacao_de_no_0112025..docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/766/490_2025_o_corte_de_agua_na_via_publica_e_a_desobstrucao_de_bueiro_na_estrada_da_enfermaria.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/767/491_2025_a_municipalizacao_do_clube_monte_alegre_para_que_o_espaco_possa_abrigar_um_salao_de_eventos_academia_publica.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/770/494_2025__a_realizacao_de_servico_de_rocada_na_rua_vinte.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/771/495_2025_a_pintura_da_quadra_de_grama_sintetica_situada_na_praca_do_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/772/499_2025_a_realizacao_de_manutencao_nos_bracos_de_luz_existentes_na_rua_do_cantagalo_e_rua_do_quilimbo_localizadas_no_bairro_coqueiros._reiterando.docx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/773/500_2025_a_realizacao_de_poda_dos_galhos_de_arvores_que_estao_atingindo_a_rede_eletrica_na_rua_c.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/774/501_2025_edinho_e_macarraomanutencao_nos_bracos_de_iluminacao_publica_nos_bairros_vista_alegre_e_aquenta_sol.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/775/502_2025_a_realizacao_de_reforma_urgente_na_ponte_localizada_na_rj_que_liga_o_bairro_vista_alegre_ao_sertao_do_calixto.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/776/503_2025_instalacao_de_iluminacao_publica_no_trecho_entre_a_secretaria_de_obras_e_o_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/777/504_2025_solicita_ao_prefeito_municipal_a_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_rj-125_apos_a_aldeia_de_arcozelo_sentido_avelar..docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/778/505_2025_a_realizacao_de_servico_de_rocada_e_limpeza_nas_vias_publicas_do_bairro_mantiquira..docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/779/506_2025__a_realizacao_de_manutencao_no_telhado_do_ponto_de_onibus_localizado_no_chale_de_avelar.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/780/507_2025__a_troca_ou_o_reparo_de_aparelho_de_ginastica_bem_como_a_substituicao_de_um_banco_quebrado_no_jardim_de_avelar.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/781/508_2025_a_realizacao_de_limpeza_na_rua_vereador_caio_figueira_de_vasconcelos_centro_nas_proximidades_do_colegio_dedica_i..docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/782/509_2025_a_realizacao_de_poda_de_arvores_sobre_a_fiacao_eletrica_e_o_reparo_nos_bracos_de_iluminacao_publica_com_a_troca_de_lampadas_queimadas.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/785/513_2025_instalacao_de_um_bueiro_na_estrada_do_batatal.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/786/514_2025_aplicacao_de_po_de_pedra_na_localidade_marmelos_apos_o_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/789/518_2025__a_instalacao_urgente_de_tampas_nas_caixas_de_esgoto_situadas_na_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/790/519_2025_a_substituicao_das_lampadas_queimadas_na_rj_125_nas_proximidades_da_fazenda_monte_alegre_e_do_posto_de_gasolina.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/792/522_2025_a_aplicacao_de_po_de_pedra_na_rua_vinte_e_tres_no_bairro_acampamento.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/793/523_2025_o_fechamento_dos_bueiros_abertos_localizados_na_alameda_do_ipe_e_alameda_do_inga.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/794/524_2025_a_realizacao_de_patrolamento_e_ensaibramento_na_rua_17.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/795/525_2025__a_instalacao_de_dois_quebra-molas_na_rj-125_com_sinalizacao_adequada_reiterando.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/796/526_2025__a_realizacao_de_reparos_na_rede_de_esgoto_localizada_na_rua_das_mangueiras.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/797/527_2025_a_realizacao_de_reforma_da_ponte_situada_na_estrada_do_guaribu_velho.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/798/528_2025_a_realizacao_de_reforma_e_melhorias_nos_pontos_de_onibus_do_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/800/530_2025_que_tome_as_devidas_providencias_quanto_a_uma_valeta_localizada_proxima_a_pracinha_na_rua_doutor_peralta..docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/804/534_2025_pintura_de_todos_os_quebra-molas_localizados_nos_bairros_acampamento_mantiquira_esperanca_e_mato_grosso..docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/805/535_2025_construcao_de_uma_quadra_de_areia_no_bairro_tres_porteiras..docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/806/536_2025_realizacao_de_manutencao_na_rede_de_iluminacao_publica_da_rua_santos_dumont_localizada_no_bairro_pedras_ruivas..docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/807/537_2025__a_colocacao_de_po_de_pedra_na_estrada_sitio_barreiros.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/808/538_2025_ampliacao_do_numero_de_mediadores_escolares_para_alunos_autistas_e_a_contratacao_de_mais_monitores_para_os_onibus_escolares_reiterando.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/809/539_2025_que_estude_a_viabilidade_de_criacao_de_estacionamento_na_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/810/540_2025_a_realizacao_de_pavimentacao_asfaltica_na_rua_maravilha_boa_vista_situada_no_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/811/541_2025_a_pavimentacao_asfaltica_do_corrego_dantas_situado_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/814/544_2025_a_realizacao_de_reparo_em_uma_tampa_de_esgoto_quebrada_localizada_na_estrada_do_batatal_no_2650_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/815/545_2025_a_construcao_de_um_ponto_de_onibus_nas_proximidades_da_pousada_nova_gironda_localizada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/816/549_2025__guilherme_e_marco_aurelio_revitalizacao_e_reforma_da_sede_administrativa_das_unidades_de_conservacao_municipais.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/817/550_2025_guilherme_e_marco_aurelio_criacao_de_um_museu_da_raca_mangalarga_marchador_no_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/818/551_2025_construcao_de_uma_praca_publica_no_horizonte_com_parque_infantil_tambem_os_bairros_vizinhos_guaribu_e_saudade..docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/819/552_2025_a_realizacao_de_servicos_de_limpeza_e_manutencao_da_iluminacao_publica_na_rua_warlindo_rangel_bairro_mantiquira._1.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/820/553_2025_a_realizacao_de_servicos_de_manutencao_na_iluminacao_publica_da_rua_elvira_de_oliveira_goulart.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/821/554_2025_a_instalacao_de_um_bebedouro_na_praca_esportiva_denominada_juliana_maria_da_silveira_duarte_nogueira.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/825/562_2025_a_reforma_da_escola_municipal_jose_eulalio_de_andrade_localizada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/826/563_2025_reforma_da_quadra_coberta_situada_no_bairro_avelar.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/827/564_2025__construcao_de_um_posto_de_saude_no_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/831/568_2025_a_instalacao_de_um_redutor_de_velocidade_na_rua_jose_eugenio_pinheiro.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/832/569_2025_a_realizacao_de_poda_dos_galhos_de_arvores_que_estejam_proximos_ou_em_contato_com_a_rede_eletrica_nos_bairros_coqueiros_e_rio_pardo..docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/833/570_2025_a_realizacao_de_limpeza_e_patrolamento_na_rua_farid_tamer_localizada_no_bairro_zenobiopolis..docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/834/571_2025_a_realizacao_da_poda_de_arvores_que_estao_atingindo_a_rede_de_iluminacao_publica_no_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/835/572_2025__a_reforma_da_quadra_de_areia_da_praca_oswaldo_gaspar_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/838/575_2025_a_realizacao_de_patrolamento_e_rocada_na_travessa_quindins_km_38_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/848/586_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rj-125_nas_imediacoes_da_pousada_nova_gironda.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/849/587_2025_a_reforma_do_posto_de_saude_localizado_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/850/588_2025_a_revitalizacao_da_academia_da_saude_situada_no_morro_joao_malandro_1.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/851/589_2025__a_substituicao_das_manilhas_na_rua_antonio_aniceto_da_costa.docx" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/854/592_2025_a_instalacao_de_um_bueiro_na_estrada_rj-125_no_72200_bairro_granja_california_3.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/855/593_2025_que_viabilize_o_retorno_do_atendimento_aos_servidores_publicos_do_municipio.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/857/595_2025_a_aplicacao_de_po_de_pedra_na_rua_14_situada_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/866/611_2025_realizacao_de_uma_revisao_geral_nos_planos_de_cargos_carreiras_e_remuneracao_pccr_de_todos_os_servidores_publicos_municipais.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/867/612_2025_pavimentacao_asfaltica_na_estrada_das_mangueiras.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/871/619_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rua_coronel_manoel_bernardes.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/872/620_2025__a_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/881/630_2025_a_reforma_da_quadra_do_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/883/632_2025__a_instalacao_de_rede_de_esgoto_na_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/884/633_2025__a_pavimentacao_asfaltica_da_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/887/636_2025_a_construcao_de_um_centro_esportivo_no_bairro_monte_alegre_neste_municipio..docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/891/646_2025__a_pavimentacao_asfaltica_da_rua_das_mangueiras_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/892/647_2025_a_instalacao_de_rede_de_esgoto_na_rua_joel_cabral_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/893/648_2025_a_pavimentacao_asfaltica_da_rua_joel_cabral_da_silva_e_da_rua_das_mangueiras_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/898/653_2025_a_pavimentacao_asfaltica_da_rua_que_interliga_o_bairro_arcozelo_ao_bairro_capivara.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/899/654_2025_faixa_de_pedestres_proxima_ao_redutor_de_velocidade_quebra-molas_na_rj-125.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/900/655_2025_a_realizacao_de_manutencao_nos_bracos_de_iluminacao_publica_existentes_na_rua_wintor_barbosa_de_godoi_2.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/901/656_2025__pedido_para_realizacao_de_avaliacaovistoria_na_ponte_situada_em_frente_a_igreja_monte_siao__rua_vereador_sidnei_melo_de_freitas..docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/907/663_2025__a_revitalizacao_da_pracinha_localizada_na_rua_antonio_l._fernandes.docx" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/908/664_2025__que_seja_realizada_a_reforma_da_capela_mortuaria_do_cemiterio_localizado_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/909/665_2025_a_revitalizacao_da_praca_localizada_no_bairro_saudade..docx" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/911/667_2025_manutencao_na_iluminacao_estr_verr_oswaldo_fer_de_b_filho_na_estr_antonio_joaquim_e_na_rua_aniceto.docx" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/912/668_2025__a_poda_das_arvores_que_estao_sobre_a_fiacao_na_estrada_jose_monteiro.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/913/669_2025_a_construcao_de_uma_quadra_coberta_em_anexo_a_escola_localizada_no_bairro_rio_pardo..docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/914/670_2025a_disponibilizacao_do_castramovel_para_atendimento_nos_bairros_coqueiros_e_maravilha..docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/915/671_2025_edinho_e_lenice_patrolamento_e_ensaibramento_da_rua_irma_dulce_na_localidade_de_vile_de_monte_alegre_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/916/672_2025_projeto_de_saude_em_domicilio_sad__servico_de_atencao_domiciliar.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/918/674_2025___a_revitalizacao_do_portico_de_entrada_localizado_no_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/919/675_2025___a_instalacao_de_um_redutor_de_velocidade_quebra-mola_em_frente_ao_portao_lateral_da_escola_municipal_vereador_sidney_de_mello_freitas.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/923/683_2025_rua_cantagalo_bom_jardim_bairro_coqueiros_com_posterior_aplicacao_de_po_de_pedra_ou_escoria..docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/926/686_2025__a_construcao_de_uma_capela_mortuaria_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/927/687_2025__a_instalacao_de_um_quebra-molas_na_rua_barao_de_capivari.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/932/694_2025_que_estude_a_viabilidade_de_implantar_um_ponto_de_onibus_sentido_arcozelo_no_centro_da_cidade.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/933/695_2025_que_seja_estudada_a_viabilidade_do_retorno_da_mao_dupla_na_avenida_osorio_duque_estrada_na_rua_do_posto_de_gas..docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/943/707_2025_a_instalacao_de_faixa_de_pedestre_e_dois_redutores_de_velocidade_em_frente_ao_quiosque_do_vivinha..docx" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/944/708_2025_a_revitalizacao_da_pintura_dos_quebra-molas_no_bairro_recanto..docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/946/710_2025_continuidade_calcamento_para_pedestres_no_trecho_compreendido_entre_o_bairro_granja_california_e_o_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/947/711_2025_a_instalacao_de_uma_faixa_de_pedestre_na_avenida_irineu_reis_nas_proximidades_da_creche_municipal_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/948/712_2025_que_seja_feita_a_retirada_do_mato_arvores_e_bambus_que_ficaram_no_local_apos_a_rocada_realizada_no_bairro_bela_vista.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/951/715_2025___a_construcao_de_uma_praca_com_instalacao_da_academia_da_saude_na_estrada_antonio_joaquim_bairro_antonio_joaquim..docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/952/716_2025___instalacao_de_faixa_de_pedestre_no_inicio_da_travessa_osvaldo_tamer..docx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/953/717_2025_que_seja_analisada_em_conjunto_com_a_secretaria_de_ordem_publica_a_possibilidade_de_remocao_do_semaforo.docx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/955/727_2025_a_implantacao_de_uma_academia_da_saude_e_de_um_parquinho_infantil_no_bairro_sao_joaquim..docx" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/956/728_2025_a_aquisicao_de_equipamentos_de_mobilidade_e_apoio.docx" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/957/729_2025_a_realizacao_da_reforma_da_ciclovia_que_liga_o_centro_de_paty_do_alferes_ate_o_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/960/733_2025_instalacao_de_um_redutor_de_velocidade_quebra-molas_em_frente_a_clinica_dr._mackson.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/965/740_2025_a_implantacao_da_farmacia_popular_na_unidade_de_saude_do_bairro_coqueiros._reiterando_minha_indicacao.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/967/742_2025_reforma_do_campo_de_grama_sintetica_na_praca_noemia_rosa_no_bairro_granja_com_a_substituicao_da_grama.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/968/743_2025_troca_das_lampadas_de_iluminacao_publica_na_rua_professor_cornelio_neto_nas_proximidades_dos_numeros_216_e_526_no_bairro_grotao..docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/969/744_2025_a_instalacao_de_um_quebra-molas_na_estrada_coqueiros_prata_no_550_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/970/745_2025_a_implantacao_de_uma_academia_da_saude_no_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/972/747_2025__implantacao_de_uma_base_do_samu_em_local_estrategico_entre_os_bairros_granja_california_e_avelar..docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/974/749_2025_implantacao_de_uma_faixa_de_pedestres_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu..docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/975/750_2025__a_construcao_de_um_ponto_de_onibus_em_frente_a_igreja_assembleia_de_deus_localizada_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/981/758_2025_a_poda_de_uma_arvore_localizada_no_bairro_rio_pardo.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/982/759_2025__a_instalacao_da_academia_da_saude_ja_disponivel_na_secretaria_de_obras_no_bairro_acampamento..docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/983/760_2025__a_implantacao_de_um_redutor_de_velocidade_quebra-molas_e_uma_faixa_de_pedestres_em_cada_acesso_da_vila_barros.docx" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/984/761_2025_que_seja_disponibilizado_um_caminhao_pipa_para_passar_no_bairro_da_prata.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/985/762_2025_a_revitalizacao_das_faixas_de_pedestre_situadas_na_rua_deputado_bernardes_neto.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/987/764_2025_realize_o_plantio_de_mudas_de_ipe_na_subida_do_cemiterio_de_avelar..docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1003/766_2025__o_patrolamento_da_estrada_do_canavial_rua_da_ponte_do_bibi_trecho_que_se_estende_ate_o_bairro_poaia..docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1004/767_2025__que_o_desfile_civico_de_7_de_setembro_seja_realizado_no_sabado.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/989/768_2025__disponibilizar_transporte_escolar_para_as_criancas_do_bairro_maravilha.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/990/769_2025_a_realizacao_de_reparos_na_ponte_situada_no_inicio_da_estrada_antonio_joaquim_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/992/771_2025_marco_aurelio_e_neguinho_a_realizacao_de_reforma_da_ponte_situada_na_estrada_do_guaribu_velho_-_reiterando.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/993/772_2025_colocacao_placa_indicativa_de_curva_de_perigo_um_guarda-corpo_na_curva_na_rj_125_conhecida_como_curva_do_campo..docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1005/776_2025__a_substituicao_das_lampadas_queimadas_na_rua_custodio_domingues_correa.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/997/777_2025__a_limpeza_do_rio_uba_e_do_corrego_localizado_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/998/778_2025__a_implantacao_de_um_polo_de_equoterapia_entre_os_bairros_granja_california_e_avelar..docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/999/779_2025_a_manutencao_da_iluminacao_publica_dos_pontos_de_onibus_situados_no_trajeto_entre_o_bairro_monte_alegre_e_o_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1000/780_2025_solicita_ao_prefeito_municipal_que_realize_a_pavimentacao_asfaltica_do_trecho_que_falta_entre_o_morro_do_recreio_e_o_bairro_vista_alegre..docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1001/781_2025_a_instalacao_de_bracos_de_luz_na_rua_da_saibreira_no_bairro_granja_california_mestre_xisto..docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1006/783_2025__a_instalacao_de_postes_com_iluminacao_solar_no_morro_do_recreio..docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1007/784_2025_a_aquisicao_de_smartphones_para_as_equipes_de_combate_as_endemias_deste_municipio.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1008/785_2025_recapeamento_da_rua_do_recanto.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1009/786_2025_a_instalacao_de_um_quebra-molas_e_faixa_em_frente_a_casa_creche.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1010/787_2025_realize_a_devida_sinalizacao_no_morro_do_recreio.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1011/788_2025_a_disponibilizacao_de_professores_de_educacao_fisica_nos_bairros_com_quadras_poliesportivas.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1014/789_2025_a_construcao_de_um_quiosque_no_bosque_da_maravilha..docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1018/795_2025_a_reforma_da_praca_situada_na_alameda_leonidia_murce_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1019/796_2025__a_manutencao_dos_brinquedos_da_praca_noemia_rosa_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1021/798_2025__a_revitalizacao_da_faixa_de_pedestres_em_frente_ao_ponto_de_onibus_no_bairro_tres_porteiras..docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1022/799_2025_a_manutencao_do_ponto_de_onibus_localizado_na_entrada_da_estrada_sao_joaquim_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1023/800_2025_a_instalacao_de_iluminacao_publica_na_rj-125_no_trecho_que_compreende_da_aldeia_de_arcozelo_ate_o_balaeiro.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1024/801_2025_a_realizacao_de_patrolamento_e_a_colocacao_de_po_de_pedra_na_rua_virginia_rangel_no_bairro_mantiquira..docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1026/803_2025_poda_das_arvores_que_estao_encostando_na_rede_eletrica_na_avenida_silvino_adelio.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1027/804_2025_reparo_de_bueiro_localizado_na_rua_projetada_no_27_no_morro_do_joao_malandro_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1028/805_2025_a_realizacao_de_pavimentacao_asfaltica_na_alameda_dos_patis_localizada_no_bairro_recanto..docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1033/844_2025__que_seja_realizada_a_pavimentacao_asfaltica_na_rua_antonio_aniceto_da_costa_localizada_no_bairro_saudade.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1034/845_2025_a_construcao_de_dois_bueiros_na_rua_abilio_murce_situada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1035/846_2025_a_manutencao_da_iluminacao_publica_da_calcada_que_liga_o_centro_da_granja_ate_o_campo_do_joao_malandro..docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1036/847_2025_a_troca_de_lampadas_na_estrada_bom_jardim_no_3995_bairro_coqueiros_ao_lado_do_condominio_javary..docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1037/848_2025__a_implantacao_do_projeto_casa_creche_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1038/849_2025_a_implantacao_do_projeto_casa_creche_no_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1039/850_2025_a_instalacao_de_um_quebra-molas_na_rua_leopoldo_pullig_no_bairro_avelar_em_frente_a_antiga_cedae..docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1043/857_2025_a_implantacao_do_projeto_casa_creche_nos_bairros_coqueiros_e_rio_pardo..docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1045/859_2025_realizacao_de_campanha_de_vacinacao_dos_animais_atencao_aos_animais_de_rua_risco_de_transmissao_de_doencas..docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1046/860_2025_a_ampliacao_da_ponte_situada_na_rj-123.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1047/861_2025_a_disponibilizacao_de_um_caminhao_de_exames_de_imagem_especialmente_para_realizacao_de_mamografia_e_ressonancia.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1048/862_2025__a_realizacao_da_poda_de_duas_arvores_situadas_na_rua_da_saibreira_no_morro_do_joao_malandro_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1049/863_2025__a_instalacao_de_uma_farmacia_popular_no_posto_de_saude_do_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1050/864_2025_a_pavimentacao_asfaltica_na_estrada_antonio_joaquim.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1051/865_2025_pavimentacao_asfaltica_de_aproximadamente_150_metros_na_estrada_vereador_oswaldo_fernandes_de_barros_filho.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1052/866_2025_a_construcao_de_uma_quadra_poliesportiva_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1053/867_2025_a_instalacao_de_dois_quebra-molas_na_rua_deputado_bernardes_neto_no_bairro_centro.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1063/877_2025_que_realize_a_rocada_na_avenida_silvino_adelio_no_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1064/878_2025__a_implantacao_de_uma_academia_da_saude_no_bosque_da_maravilha..docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1065/879_2025__a_troca_das_lampadas_de_iluminacao_publica_na_rua_professor_cornelio_neto_nas_proximidades_dos_numeros_216_e_526_no_bairro_grotao._reiterando.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1066/880_2025_colocacao_de_escoria_na_estrada_antonio_aniceto_da_costa_no_bairro_saudade_nas_proximidades_da_residencia_do_senhor_adao.docx" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1067/881_2025_a_aplicacao_de_massa_asfaltica_na_rua_vinte_e_um_localizada_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1069/885_2025_a_poda_dos_galhos_na_alameda_paty_uba_proximo_ao_no_2300_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1070/886_2025_a_instalacao_de_lixeiras_nos_pontos_de_onibus_do_municipio..docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1071/887_2025_a_manutencao_nos_bracos_de_iluminacao_da_rua_caio_figueira_bairro_centro..docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1073/889_2025_a_reforma_geral_no_posto_de_saude_da_granja_california.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1075/891_2025_a_instalacao_de_tampas_nos_bueiros_abertos_localizados_no_morro_do_joao_malandro_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1076/892_2025_a_construcao_de_passarela_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1078/894_2025_a_implantacao_do_projeto_casa_creche_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1079/895_2025_a_limpeza_e_retirada_de_entulhos_no_morro_do_joao_malandro_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1082/899_2025_a_limpeza_da_rua_elza_alves_paz_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1083/900_2025__a_reforma_da_quadra_esportiva_e_da_pista_de_skate_do_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1084/901_2025__a_colocacao_de_po_de_pedra_na_estrada_vereador_oswaldo_fernandes_de_barros_filho_nas_proximidades_do_acude_da_fazenda_das_antas..docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1085/902_2025__a_limpeza_patrolamento_e_colocacao_de_po_de_pedra_na_rua_comandante_geraldo_sa_no_bairro_pedras_ruivas..docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1086/903_2025__o_patrolamento_da_estrada_arcozelo__maravilha..docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1087/904_2025__a_instalacao_de_bancos_ao_longo_da_extensao_da_praca_george_jacob_abdue_reiterando_minha_indicacao_355_2025..docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1088/905_2025_a_colocacao_de_manilhas_ensaibramento_colocacao_de_escoria_e_troca_das_lampadas_na_estrada_humberto_candido_sentido_sitio_das_estrelas..docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1089/906_2025_a_manutencao_dos_bueiros_entupidos_e_a_substituicao_das_lampadas_queimadas_na_rua_dr._mario_kroeff_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1090/908_2025__limpeza_e_manutencao_da_escadaria_localizada_no_morro_joao_malandro_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1097/918_2025_colocacao_de_po_de_pedra_na_estrada_da_bela_vista_nas_proximidades_dos_numeros_846_847_848_e_855_bela_vista..docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1098/919_2025_possibilidade_de_reorganizar_os_feriados_municipais.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1100/921_2025_construcao_de_um_muro_de_contencao_na_rua_sao_sebastiao_no_bairro_granja_california_proximo_ao_no_435..docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1101/922_2025_construcao_de_uma_cobertura_na_area_externa_da_creche_da_granja_california.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1102/923_2025_patrolamento_no_bairro_antonio_joaquim_no_trecho_compreendido_entre_a_igreja_catolica_e_a_ponte_de_madeira..docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1103/924_2025_instalacao_de_redutor_de_velocidade_na_rua_coronel_manoel_bernardes_referencia_o_bar_do_paulinho_guilherme_e_marc.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1104/925_2025_guilherme_edinho_e_marco_aurelio_solicita_ao_prefeito_municipal_a_construcao_de_um_predio_proprio_para_o_funcionamento_do_tea_ame.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1111/934_2025__providencias_quanto_a_rede_eletrica_do_bairro_recanto.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1112/935_2025_sistema_de_transporte_coletivo_por_meio_de_vans.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1113/936_2025_a_aplicacao_de_po_de_pedra_nas_principais_ruas_do_bairro_prata_neste_municipio..docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1118/941_2025_saneamento_basico_na_estrada_sertao_do_calixto_bairro_vista_alegre_na_localidade_conhecida_como_rua_do_japao.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1119/942_2025_natal_de_luz_e_tradicao_2025_nas_pracas_do_centro_da_cidade.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1120/943_2025_que_realize_a_aquisicao_de_um_equipamento_de_raio-x_moderno_acompanhado_de_computador_para_o_posto_de_saude_do_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1121/944_2025_colocacao_de_escoria_na_avenida_silvino_adelio_na_altura_do_no_1985_apos_a_escola_do_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1122/945_2025_recapeamento_ou_uma_operacao_tapa-buracos_na_rua_sao_sebastiao_nas_proximidades_da_igreja_catolica_granja..docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1123/952_2025_recapeamento_da_rua_do_recanto._reiterando.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1124/953_2025_a_aplicacao_de_po_de_pedra_na_rua_14_situada_no_bairro_maravilha._reiterando.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1127/956_2025__a_colocacao_de_escoria_na_rua_barao_de_paty_nas_proximidades_do_no_258_no_bairro_recanto..docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1128/957_2025_recapeamento_da_rua_filomena_da_silva_figueira_localizada_no_bairro_esperanca..docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1129/958_2025_guilherme_e_marco_aurelio_retome_a_realizacao_do_campeonato_regional_e_do_torneio_taca_emancipacao.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1132/959_2025_recapeamento_da_alameda_leonidia_murce_e_da_entrada_do_guaribu_velho.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1139/972_2025_rua_cantagalo_bom_jardim_bairro_coqueiros_com_posterior_aplicacao_de_po_de_pedra_ou_escoria._reiterando.docx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1140/973_2025_que_providencie_a_instalacao_de_ventiladores_ou_aparelho_de_ar-condicionado_na_unidade_de_saude_do_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1141/974_2025_a_poda_de_uma_arvore_localizada_no_bairro_rio_pardo._reiterando.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1152/975_2025__notifique_o_proprietario_do_terreno_particular_localizado_no_bairro_lameirao_rj-117.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1142/976_2025__a_instalacao_dos_aparelhos_de_ar-condicionado_na_escola_municipal_major_monteiro_soares_localizada_no_bairro_horizonte..docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1143/977_2025__limpeza_no_campo_de_futebol_do_bairro_poaia.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1144/978_2025_mocao_de_aplausos_a_equipe_de_corredores_rusticos.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1145/979_2025_recapeamento_da_rua_abilio_murce_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1146/980_2025_recapeamento_do_inicio_da_rua_visconde_de_uba_situada_no_bairro_de_avelar..docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1148/982_2025_aplicacao_de_po_de_pedra_no_morro_da_estrada_da_bela_vista_e_na_rua_humberto_candido_ambas_localizadas_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1149/983_2025__que_realize_a_limpeza_da_quadra_situada_no_bairro_lameirao..docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1150/984_2025__a_troca_das_lampadas_queimadas_no_morro_do_fama_bairro_maravilha_tendo_como_referencia_a_residencia_do_senhor_edinho_da_pedreira..docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1154/987_2025_realizacao_do_recapeamento_de_uma_parte_da_rua_antonio_porreca.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1155/988_2025_instalacao_de_um_quebra-mola_na_rua_vereador_aloisio_ferreira_gomes_no_bairro_avelar_proximo_ao_no_478..docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1156/989_2025_instalacao_um_quebra-molas_na_avenida_silvino_adelio_na_altura_do_no_1196_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1157/990_2025_aplicacao_de_po_de_pedra_na_rua_altino_de_paula_tendo_como_referencia_o_no_602_no_bairro_vista_alegre..docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1158/991_2025_a_instalacao_de_lixeiras_na_praca_george_jacob_abdue.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1159/992_2025_solicita_ao_prefeito_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_apos_a_aldei_sentido_avelar.docx" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1160/993_2025_realizacao_de_recapeamento_e_reparos_na_avenida_vereador_aloisio_ferreira_gomes_no_bairro_avelar.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1161/994_2025_substituicao_das_lampadas_queimadas_na_rua_dr._mario_kroeff_localizada_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1162/995_2025_reforma_do_campo_de_grama_sintetica_situado_na_rj-125_granja_california_com_instalacao_de_cobertura_em_tela.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1163/996_2025_recapeamento_asfaltico_na_rua_vicente_de_freitas_situada_no_bairro_centro..docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1168/1004_2025__a_realizacao_de_pavimentacao_asfaltica_nas_principais_ruas_do_bairro_parque_alto_do_recanto.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1169/1005_2025_a_aplicacao_de_po_de_pedra_ou_escoria_na_rua_cantagalo_bairro_coqueiros_bem_como_nas_principais_estradas_dos_bairros_rio_pardo_e_prata..docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1170/1006_2025__pavimentacao_asfaltica_nas_principais_vias_do_bairro_zenobiopolis_morro_do_capitao..docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1171/1007_2025_colocacao_de_dois_conteineres_para_serem_utilizados_como_lixeiras_na_rua_vereador_luis_soares_da_silva_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1172/1008_2025_pavimentacao_asfaltica_no_morro_do_zeze_lopes_situado_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1174/1010_2025_a_instalacao_de_tela_de_protecao_na_quadra_de_areia_localizada_na_praca_noemia_rosa_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1176/1012_2025_instalacao_de_uma_faixa_de_pedestres_na_entrada_do_posto_ale_e_na_subida_a_rua_vereador_aloisio_ferreira_gomes.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1180/1016_2025_poda_de_arvore_na_estrada_da_enfermaria_proximo_ao_no_273_bairro_bela_vista_tendo_como_referencia_a_queijaria_do_daniel..docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1181/1017_2025_poda_de_uma_arvore_na_estrada_da_bela_vista_proximo_ao_local_conhecido_como_tinguin_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1182/1018_2025__a_instalacao_de_tomadas_nas_pracas_manoel_congo_e_george_jacob_abdue..docx" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1217/1023_2025_revitalizacao_da_sinalizacao_viaria_existente_no_bairro_recanto_nas_proximidades_do_mercadinho_recanto..docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1218/1024_2025_colocacao_de_lixeiras_no_corrego_dantas.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1219/1025_2025_manutencao_da_iluminacao_publica_na_rua_cantagalo_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1220/1026_2025_instalacao_de_torres_de_internet_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1221/1027_2025_instalacao_de_tomadas_nas_pracas_noemia_rosa_e_na_praca_de_avelar..docx" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1222/1028_2025_disponibilizacao_de_acesso_publico_a_internet_nas_pracas_manoel_congo_e_george_jacob_abdue..docx" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1223/1029_2025_colocacao_de_po_de_pedra_na_rua_roberto_da_silveira_na_altura_do_no_1200_nas_proximidades_do_pontilhao_conhecida_como_rua_do_prodeq..docx" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1224/1030_2025_instalacao_urgente_de_tampas_nas_caixas_de_esgoto_situadas_no_trecho_que_se_estende_da_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1225/1031_2025_colocacao_de_po_de_pedra_na_rua_viuva_bastos_localizada_no_bairro_poaia..docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1226/1032_2025_construcao_abertura_de_rua_alto_seco_bairro_sao_joaquim_ligando_a_area_conhecida_como_cabriteiro..docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1227/1033_2025_que_seja_realizada_a_reforma_geral_da_antiga_estacao_ferroviaria_de_avelar.docx" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1229/1035_2025_a_ampliacao_do_atendimento_do_caminhao_da_vacina_para_outros_bairros_do_municipio..docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1230/1036_2025_instalacao_de_um_quebra-molas_na_avenida_brasil.docx" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/420/079-2025.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/436/099_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_denilson_claudinho_e_macarrao.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/437/100_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_heliomar_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/450/119_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_lenice_vianna_e_neguinho_da_oficina.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/471/144_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_carnaval_dias_03_e_05_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/517/189_2025_projeto_de_decreto_legislativo_aprova_as_contas_do_prefeito_do_exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/562/248_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_31_de_marco_a_04_de_abril_denilson_macarrao_e_neguinho.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/580/273_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_semana_santa_tiradentes_e_sao_jorge.doc" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/587/273_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_semana_santa_tiradentes_e_sao_jorge.doc" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/589/282_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_dia_02_de_maio_em_virtude_feriado_dia_do_trabalhador_01_05_2025.doc" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/594/287_2025_projeto_de_decreto_legislativo_-_fixacao_de_auxilio_alimentacao_-_servidores_da_camara_municipal.doc" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/596/289_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_07_a_11_de_abril_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/660/374_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_guilherme_edinho_marco_aurelio_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/670/384_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_denilson_macarrao_e_neguinho.doc" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/680/395_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_heliomar_e_zaninho.doc" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/681/396_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_12_e_14_de_maio_comitiva_de_vereadores_em_brasilia.doc" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/682/398_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_dias_21_22_e_23_de_maio_festa_do_tomate_2025.doc" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/696/415_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_02_a_06_de_junho_claudinho_lenice_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/731/454_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_23_a_27_de_junho_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/745/468_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dia_20_de_junho_de_2025_feriado_corpus_christi.doc" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/783/511_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_30_de_junho_a_4_de_julho_heliomar_e_zaninho.doc" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/784/512_2025_projeto_de_decreto_legislativo_viagem_brasilia__30_de_junho_a_04_de_julho_denilson_macarrao_neguinho_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/823/560_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_04_a_08_de_agosto_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/840/577_2025_projeto_de_decreto_legislativo_-_regulamenta_dispensa_de_licitacao_e_revoga_decreto_legislativo_773_de_2023.docx" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/856/594_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_04_a_08_de_agosto_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/870/616_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_11_a_15_de_agosto_denilson_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/876/625_2025_projeto_de_decreto_legislativo_-_alterando_a_data_da_sessao_solene_do_ano_de_2025_para_14_dezembro_de_2025.doc" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/890/645_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_de_agosto_heliomar_e_zaninho.doc" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1012/790_2025_projeto_de_decreto_legislativo_concede_diploma_de_merito_municipal.doc" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1013/791_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense.doc" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1056/870_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_vereadores_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1057/871_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1058/872_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_macarrao__neguinho_e_flavio_feijao.doc" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1059/873_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_20_e_22_de_outubro_maioria_dos_vereadores_em_brasilia.doc" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1060/874_2025_projeto_de_decreto_legislativo_transferencia_do_ponto_facultativo_do_dia_do_servidor_publico_de_28__para_o_dia_31_de_outubro_de_2025.doc" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1131/961_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense_2.doc" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1133/966_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1134/967_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_heliomar_zaninho_e_flavio_feijao.doc" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1135/968_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1136/969_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_macarrao__neguinho_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1137/970_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_24_e_26_de_novembro_todos_os_vereadores_em_brasilia_em_comitiva.doc" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1138/971_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dia_21_de_novembro_de_2025_feriado_consciencia_negra_dia_20.doc" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1166/1002_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense_3.doc" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1167/1003_2025_projeto_de_decreto_legislativo_concede_diploma_de_merito_municipal_2.doc" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1216/1022_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dias_23_24_30_e_31_de_2025_-_final_de_ano_natal_e_ano_novo.doc" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/611/308_2025_projeto_de_resolucao_pregao_eletronico_para_contratacao_de_empresa_especializada_na_transmissao_ao_vivo_das_sessoes_parlamentares.docx" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/634/340_2025_projeto_de_resolucao_-_pregao_eletronico_aquisicao_de_1_veiculo_para_camara.docx" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/755/479_2025_projeto_de_resolucao_-__pregao_eletronico_para_aquisicao_de_gasolina.docx" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/839/576_2025_projeto_de_resolucao_vale_feira_da_camara_de_paty.doc" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/917/673_2025_projeto_de_resolucao_-_aquisicao_de_veiculo_pregao_presencial.docx" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/418/077-2025.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/469/138_2025_mocao_de_aplausos_ao_servidor_diogo_teixeira_da_silva_diretor_de_transporte_da_secr_de_saude_de_paty.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/500/173_2025_mocao_de_aplausos_ao_ex-vereador_juarez_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/504/177_2025_informacoes_sobre_o_atendimento_de_criancas_de_0_a_3_anos_nas_creches_municipais.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/527/207_2025_mocao_de_aplausos_ao_servidor_fernando_camargo.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/541/227_2025_mocao_de_repudio_contra_as_praticas_da_empresa_igua____autoria_de_todos_os_vereadores._1.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/542/228_2025_mocao_de_repudio_contra_as_praticas_da_empresa_light___autoria_de_todos_os_vereadores._1.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/543/229_2025_mocao_de_repudio_contra_as_praticas_da_empresa_tim_brasil__autoria_de_todos_os_vereadores._1.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/560/246_2025_mocao_de_pesara_familia_do_senhor_jorge_teixeira_vieira..pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/571/265_2025_-__informacoes_acerca_da_academia_da_saude_que_seria_instalada_na_praca_do_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/583/276_2025_-_mocao_de_aplausos_aos_policiais_militares_leonardo_thiago_e_josientom.docx" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/608/305_2025_mocao_de_aplausos_a_brigada_de_bombeiros_civil.docx" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/630/336_2025_mocao_de_aplausos_ao_senhor_jose_carlos_costa.docx" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/631/337_2025_mocao_de_aplausos_a_servidora_cleusa_maria_de_freitas_portugal.docx" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/633/339_2025_informacoes_paralisacao_do_programa_de_fortalecimento_de_vinculo_e_do_atendimento_integral_a_familia_pelo_cras.docx" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/658/372_2025_expedido_oficio_ao_prefeito_solicitando_as_seguintes_informacoes_abaixo_transcritas.docx" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/708/428_2025_mocao_de_aplausos_ao_senhor_carmelio_lisboa_martins.docx" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/756/480_2025_mocao_de_aplausos_a_diocese_de_valenca.docx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/787/516_2025_mocao_de_aplausos_ao_coronel_pm_marcello_henrique_ferreira_guimaraes..docx" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/788/517_2025_mocao_de_aplausos_ao_tenente-coronel_pm_emerson_jose_da_silva_moura.docx" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/812/542_2025_-_mocao_de_aplausos_ao_subsecretario_de_defesa_civil_celso_lopes_dornelas__guilherme_e_neguinho.docx" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/822/555_2025_mocao_aplausos_ao_vereador_presidente_desta_casa_legislativa_guilherme_rosa_rodrigue..docx" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/824/561_2025_mocao_de_aplausos_ao_servidor_jose_gilvandro_de_souza_baltar..docx" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/828/565_2025_mocao_aplausos__ao_fisioterapeuta_luis_claudio_pereira_lima..docx" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/829/566_2025_mocao_aplausos__fisioterapeuta_carla_adriana_cunha_maio_carvalho..docx" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/830/567_2025__mocao_de_aplausos_ao_instituto_nossa_senhora_aparecida..docx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/836/573_2025_-_mocao_de_aplausos_as_finalistas_do_concurso_de_rainha_da_festa_do_tomate_e_ao_organizador_do_evento..docx" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/837/574_2025_mocao_de_aplausos_aos_policiais_militares__marco_antonio_thiago_da_silva_e_josielton_paulino.docx" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/852/590_2025_mocao_de_aplausos_ao_nobre_vereador_wilson_rosa_de_souza_macarrao..docx" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/853/591_2025_mocao_de_aplausos_ao_prefeito_julio_avelino_oliveira_de_moura_junior..docx" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/858/596_2025_mocao_de_aplausos_ao_mestre_petr_turya..docx" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/859/597_2025_mocao_de_aplausos_ao_professor_andre_luiz_martins_roland..docx" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/860/598_2025_mocao_de_aplausos_ao_senhor_elvis_villela_duarte..docx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/865/610_2025_mocao_de_aplausos_a_veterinaria_fernanda_galdino_da_rocha.docx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/873/621_2025__mocao_de_aplausos_a_fetaerj__federacao_de_teatro_associativo_do_estado_do_rio_de_janeiro..docx" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/877/626_2025_mocao_aplausos__a_servidora_raquel_da_silva_leal..docx" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/878/627_2025_mocao_aplausos__a_sra._laura_cristina_ribeiro_proenca.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/879/628_2025_mocao_aplausos__ao_servidor_alfranio_luiz_lopes_babo..docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/880/629_2025_mocao_de_aplausos_ao_bombeiro_francisco_lopes_da_silva..docx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/882/631_2025_mocao_de_aplausos_ao_secretario_municipal_de_obras_juliano_de_almeida_amaral_ao_diretor_iago_ventura_da_silva.docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/894/649_2025_-_mocao_de_aplausos_aos_professores_comissao_tecnica_e_diretores_colegios.docx" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/895/650_2025_-_mocao_de_aplausos_aos_atletas_da_escola_municipal_liddy_mignone.docx" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/896/651_2025_-_mocao_de_aplausos_as_atletas_da_escola_municipal_vereador_sidney_de_mello_freitas.docx" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/897/652_2025_mocao_aplausos_a_mara_dalila_oliveira_da_costa..docx" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/910/666_2025__mocao_de_pesar_a_familia_de_jorge_da_cunha_santos.docx" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/924/684_2025_mocao_de_aplausos_a_senhora_solange_raiboltte_turl..docx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/925/685_2025_mocao_de_aplausos_aos_agentes_de_combate_a_endemias_luiz_fernando_baptista_joaquim_e_jose_ricardo_faria_de_freitas..docx" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/928/688_2025_mocao_de_aplausos_a_empresa_irmaos_faustino_porto_e_cia_ltda_fazenda_das_antas.docx" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/929/689_2025_-_mocao_de_aplausos_aos_policiais_militares_foragido_da_justica.docx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/930/690_2025_-_mocao_de_aplausos_aos_policiais_militares_trafico_ilicito_de_drogas.docx" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/931/691_2025_-_mocao_de_aplausos_aos_policiais_militares_veiculo_em_atitude_suspeita_.docx" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/935/692_2025_mocao_de_aplausos_ao_senhor_carlos_roberto_carius_rosa..docx" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/936/693_2025_mocao_de_aplausos_ao_senhor_mateus_lima_de_carvalho.docx" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/945/709_2025_-_mocao_de_aplausos_ao_sr._alan_bastos_da_silva..docx" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/949/713_2025_mocao_de_aplausos__ao_padre_itamar_andrade_santos.docx" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/950/714_2025_mocao_de_aplausos_ao_padre_welder_de_carvalho_silva..docx" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/977/730_2025___mocao_de_aplausos_aos_atletas_da_categoria_sub-11_e_a_comissao_tecnica.docx" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/978/731_2025___mocao_de_aplausos_aos_profissionais_da_tv_rio_sul.docx" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/976/734_2025_mocao_de_aplausos_ao_professor_e_aos_alunos_do_projeto_escola_leo_brazilian_jiu-jitsu.docx" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/961/734_2025_mocao_de_aplausos_ao_professor_e_aos_alunos_do_projeto_escola_leo_brazilian_jiu-jitsu.docx" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/966/741_2025_mocao_de_aplausos_senhor_cid_matos_carius..docx" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/971/746_2025_mocao_de_aplausos_ao_pastor_marcio_rosa_da_silva..docx" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/979/756_2025_-_mocao_de_pesar_a_familia_do_sr._jose_carlos_de_azevedo_rodrigues..docx" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/980/757_2025_-_mocao_de_pesar_a_familia_do_vereador_denilson_da_costa_nogueira..docx" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/986/763_2025_-_mocao_de_aplausosaos_profissionais_de_saude_do_hospital_municipal_luiz_gonzaga.docx" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/988/765_2025_mocao_aplausos__ao_senhor_jose_carlos_costa.docx" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/991/770_2025_mocao_de_aplausos_ao_secretario_de_ordem_publica_de_paty_roan_carlo_nascimento_teixeira.docx" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/994/773_2025_mocao_aplausos__a_sra._mariangela_aparecida_fernandes_conrado.docx" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/995/774_2025_mocao_aplausos__ao_sr_daniel_rodrigues_saraiva..docx" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/996/775_2025_mocao_aplausos__ao_sr._odenir_gomes_duarte..docx" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1002/782_2025_mocao_de_aplausos__a_equipe_de_saude_mental_do_municipio_de_paty_do_alferes.docx" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1020/797_2025_mocao_de_aplausos_ao_secretario_de_saude_de_paty_sr._leonardo_pereira_dos_santos..docx" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1025/802_2025_mocao_aplausos__a_danila_maria_da_silva_braga_dan_silva_e_rodolfo_da_silva_ferreira..docx" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1040/851_2025_mocao_de_aplausos_ao_dedica_centro_educacional._1.docx" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1042/856_2025_mocao_de_aplausos_a_sra._michele_benazzi_da_silva.docx" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1044/858_2025__mocao_de_aplausos_ao_coordenador_do_programa_da_dengue_johnny_davidson_cardoso_e_a_supervisora_tatiana_viana_costa_soares..docx" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1061/875_2025_mocao_de_aplausos_ao__pastor_humberto_bertholdo_rosa..docx" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1062/876_2025_mocao_de_aplausos_ao_sr._iago_luiz_cristian_silva_oliveira_campanhao..docx" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1068/882_2025_-_mocao_de_pesar_a_familia_da_dra._carmen_suzana_gomes_vieira_muniz..docx" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1072/888_2025_-_mocao_de_pesa_a_damilia_do_diego_dos_santos_coelho..docx" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1077/893_2025_mocao_aplausos__a_sra._eva_aparecida_figueira_ferreira..docx" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1080/896_2025_-_mocao_de_aplausos_ao_sr._nei_jose_medeiros..docx" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1095/907_2025_audiencia_publica_sobre_empesa_igua_-___autoria_de_todos_os_vereadores..docx" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1099/920_2025_mocao_de_aplausos_ao_prefeito_julio_avelino_oliveira_de_moura_junior._paty_agro_show.docx" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1114/937_2025_mocao_aplausos__a_sra._heloiza_de_lima..docx" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1115/938_2025_mocao_aplausos__a_sra._karlla_lisboa_simonis..docx" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1116/939_2025_mocao_aplausos__ao_sr._bruno_bessa_de_paulo..docx" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1117/940_2025__-_mocao_de_aplausos_aos_policiais_civis.docx" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1125/954_2025_mocao_de_aplausos_ao_sr_rogerio__mendes_de_melo.docx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1126/955_2025_mocao_de_aplausos_ao_sr._osias_gomes_rosa..docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1130/960_2025_mocao_de_aplausos_carlos_alexandre_passos_de_souza..docx" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1147/981_2025_mocao_aplausos_a_funcionaria_da_emater_audinea_da_silva_nunes..docx" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1173/1009_2025_mocao_aplausos__jetania_alves_teixeira_rodrigues..docx" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1175/1011_2025_mocao_de_aplausos_a_sra._daiana_dutra_de_medeiros_de_souza_goncalves..docx" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1177/1013_2025_mocao_de_aplausos_ao_servidor_publico_wagner_de_souza_barros.docx" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1178/1014_2025_mocao_de_aplausos_ronildo_rodrigues_da_costa..docx" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1183/1019_2025_mocao_aplausos_ao_sr._sebastiao_barboza_junior.docx" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1231/1037_2025_mocao_de_aplausos_-_acio_contabilidade.docx" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1184/814-2025_-_aquisicao_de_equipamentos_eletroencefalograma_e_nobreak_para_mamografia.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1185/815-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1186/816-2025_-_aquisicao_de_medicamentos_da_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1187/817-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1188/818-2025_-_aquisicao_de_equipamentos_para_a_unidade_de_saude_da_granja_da_granja_california.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1189/819-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1190/820-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1191/821-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1192/822-2025_-_2_jogos_de_equipamentos_de_academia_de_saude_bosque_da_maravilha_e_quadra_lameirao.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1193/823-2025_-_realizacao_de_exames_da_saude_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1194/824-2025_-_2_jogos_de_equipamentos_de_academia_de_saude.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1195/825-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1196/826-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1197/827-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1198/828-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1199/829-2025_-_2_jogos_de_equipamentos_de_academia_de_saude.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1200/830-2025_-_aquisicao_de_equipamentos_eletroencefalograma.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1201/831-2025_-_aquisicao_de_equipamento_para_duas_salas_multisensorial_no_espaco_tea_ame.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1202/832-2025_-_aquisicao_de_veiculo_com_carroceria_para_atender_almoxarifado_da_saude.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1203/833-2025_-_asfaltamento_da_rua_joao_paim.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1204/834-2025_-_aquisicao_de_manilhas_tijolos_e_outros_materiais_para_construcao_de_redes_de_agua_pluvial_no_bairro_recanto_dos_eucalliptos.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1205/835-2025_-_construcao_de_uma_lixeira_comunitaria_no_bairro_boa_vista_proximo_a_mercearia_do_lino.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1206/836-2025_-_asfaltamento_da_subida_da_igreja_casa_de_oracao_de_aquenta_sol.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1207/837-2025_-_aquisicao_de_veiculo_4x4_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1208/838-2025_-_calcamento_em_paralelepipedo_na_estrada_de_palmares.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1209/839-2025_-_aquisicao_de_manilhas_tijolos_e_outros_materiais_para_construcao_de_redes_de_agua_pluvial_no_bairro_granja_california.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1210/840-2025_-_aquisicao_compra_de_um_terreno_no_morro_do_macaco.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1211/841-2025_-_asfaltamento_da_subida_da_igreja_casa_de_oracao_do_bairro_aquenta_sol.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1212/842-2025_-_reforma_na_quadra_da_escola_do_bairro_campo_verde.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1213/843-2025_-_calcamento_em_paralelepipedo_na_estrada_de_palmares.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/483/159_2025_dispoe_sobre_a_apreensao_de_motocicletas_com_descarga_irregular_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/529/209_2025_institui_a_realizacao_obrigatoria_do_desfile_civico_de_7_de_setembro_no_municipio_de_paty_do_alferes..pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/530/210_2025_dispoe_sobre_a_apreensao_de_motocicletas_com_descarga_irregular_e_da_outras_providencias._1.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/531/211_2025_dispoe_sobre_a_criacao_da_policia_municipal_nos_termos_da_pec_572023_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/578/260_2025_institui_a_gratuidade_em_transporte_linhas_intermunicipais_que_ligam_paty_vassouras_paraiba_do_sul_e_tres_rios.docx" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/590/283_2025_dispoe_sobre_a_cobranca_da_tarifa_de_esgoto_pelas_companhias_de_saneamento_basico_do_municipio_de_paty_do_alferes.docx" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/725/442_2025_concede_prazo_para_legalizacao_de_construcao_em_desacordo..docx" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/732/455_2025_dispoe_sobre_a_isencao_do_imposto_predial_e_territorial_urbano_iptu_para_imoveis_de_propriedade_de_pessoas_com_necessidades_especiais.docx" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/733/456_2025_dispoe_sobre_a_criacao_de_programa_municipal_de_apoio_a_obtencao_da_carteira_nacional_de_habilitacao_cnh_para_pessoas_de_baixa_renda.docx" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/734/457_2025_dispoe_sobre_a_proibicao_da_cobranca_na_instalacao_de_hidrometros_no_municipio_de_paty_do_alferes_e_da_outras_providencias..docx" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/735/458_2025_dispoe_sobre_o_adicional_de_insalubridade_dos_agentes_comunitarios_de_saude_do_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/750/474_2025_estabelece_diretrizes_sobre_a_transparencia_na_cobranca_do_consumo_de_agua_no_municipio_de_paty_do_alferes_e_da_outras_providencias..docx" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/799/529_2025_ante_projeto_de_lei_municipal_antenas__vereadores_guilherme_edinho_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/803/529_2025_ante_projeto_de_lei_municipal_antenas__vereadores_guilherme_edinho_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/886/635_2025_dispoe_sobre_a_municipalizacao_do_clube_monte_alegre.doc" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1055/869_2025_autoriza_o_poder_executivo_municipal_a_criar_o_polo_de_atendimento_veterinario_e_saude_animal.docx" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1074/890_2025_institui_o_conselho_municipal_de_esporte_e_o_fundo_municipal_de_esporte_e_da_outras__providencias..docx" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1151/985_2025_institui_o_projeto_cultura_para_todos_e_autoriza_poder_executivo_implantar_sala_de_cinema_publica_em_paty.docx" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/383/projeto_de_lei_002_2025_denominacao_de_rua_morro_do_onca_a_rua_que_corta_o_condominio_morro_do_onca_coqueiros_prata_1.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/385/mensagem_003_2025.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/384/mensagem_004_2025.doc" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/386/mensagem_005_2025.doc" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/387/mensagem_006_2025.doc" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/388/mensagem_007_2025.doc" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/389/mensagem_008_2025.doc" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/390/mensagem_009_2025.doc" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/391/mensagem_001_2025.doc" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/392/mensagem_002_2025.doc" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/411/mensagem_010_2025.doc" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/412/mensagem_011_2025.doc" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/413/mensagem_012_2025.doc" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/414/mensagem_013_2025.doc" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/415/mensagem_014_2025.doc" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/416/mensagem_015_2025.doc" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/419/078-2025.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/455/mensagem_016_2025.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/456/mensagem_017_2025.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/457/mensagem_018_2025.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/458/mensagem_019_2025.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/484/160_2025_autoriza_o_uso_de_maquinas_pesadas_na_execucao_de_obras_de_infraestrutura_e_servicos_de_interesse_social_n.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/501/mensagem_020_2025.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/502/mensagem_021_2025.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/503/mensagem_022_2025.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/505/mensagem_023_2025.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/506/mensagem_024_2025_feliz.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/507/mensagem_025_2025.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/528/208_2025_suspensao_dos_servicos_de_abastecimento_de_agua_e_esgotamento_sanitario_e_requisitos_para_o_corte_no_municipio_.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/532/212_2025_avaliacao_pia_para_os_alunos_com_transtornos_globais_do_desenvolvimento_incluindo_o_transtorno.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/536/216_2025_projeto_de_lei_mesa_diretora_-_revisao_salaria_anual_e_reajuste_salarial_-__servidores_camara_municipal_-_75_-_marco_2025.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/545/231_2025_institui_a_tarifa_social_de_agua_e_esgoto_no_municipio_de_paty_do_alferes_autor_guilherme_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/561/247_2025_dispoe_sobre_a_obrigatoriedade_da_divulgacao_da_lista_de_profissionais_de_saude.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/565/256_2025_-_dispoe_sobre_a_definicao_de_maus-tratos_contra_animais.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/566/257_2025_institui_mais_um_dia_de_dispensa_de_ponto_para_os_sevidores_publicos_municipais_doadores_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/567/258_2025_denilson_e_guilherme_-_recomendacao_da_presenca_de_bombeiros_civis_em_estabelecimentos_e_eventos_de_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/568/259_2025_proibe_instalacao_e_comercializacao_de_escapamentos_motocicletas_nao_sejam_originais_ou_aumentem_emissao_de_ruido.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/581/274_2025_declara_festa_social_n_senh_conceicao_realizada_no_bairro_avelar_como_patrimonio_imaterial_do_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/597/mensagem_029_2025.doc" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/598/mensagem_030_2025.doc" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/599/mensagem_031_2025.doc" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/612/mensagem_032_2025.doc" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/616/316_2025_criacao_da_carteira_de_identificacao_da_pessoa_com_fibromialgia_em_paty_e_da_outras_providencias.docx" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/618/mensagem_034_2025.doc" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/619/mensagem_035_2025.doc" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/620/mensagem_036_2025.doc" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/621/mensagem_037_2025.doc" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/635/mensagem_038_2025.doc" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/636/mensagem_039_2025.doc" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/637/mensagem_040_2025.doc" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/638/mensagem_041_2025.doc" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/671/mensagem_043_2025.doc" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/704/mensagem_042_2025.doc" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/723/mensagem_044_2025.doc" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/724/mensagem_045_2025.doc" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/729/451_2025_projeto_de_lei_altera_e_reestrutura_cargos_camara_autoria_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/751/475_2025_autorizacao_instalacao_de_comedouros_e_bebedouros_para_animais_de_rua_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/752/476_2025_determina_a_criacao_do_programa_visao_adequada_e_distribuicao_de_oculos_aos_estudantes_de_escolas_municipais_de_paty_do_alferes._1.docx" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/768/492_2025_institui_a_politica_municipal_de_protecao_dos_direitos_da_pessoa_com_albinismo_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/769/mensagem_046_2025.doc" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/902/5152021.doc" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/791/mensagem_047_2025.doc" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/801/mensagem_048_2025.doc" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/802/mensagem_049_2025.doc" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/813/mensagem_050_2025.doc" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/903/5562021.doc" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/904/5572021.doc" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/905/5582021.doc" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/906/5592021.doc" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/841/mensagem_051_2025.doc" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/842/mensagem_052_2025.doc" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/843/mensagem_053_2025.doc" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/844/mensagem_054_2025.doc" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/845/mensagem_055_2025.doc" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/846/mensagem_056_2025.docx" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/847/mensagem_057_2025.docx" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/863/mensagem_058_2025.docx" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/874/608_2025_altera_lei_diarias_camara_municipal_de_paty_do_alferes.doc" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/868/613_2025_da_nova_redacao_aos_artigos_12_e_ao_art._22_da_lei_2.248_de_07_de_junho_de_2016_cor_dos_taxis_de_paty_.docx" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/869/mensagem_059_2025.docx" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/875/mensagem_060_2025.docx" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/885/634_2025_-_dispoe_sobre_a_autorizacao_para_a_realizacao_de_rodeios_autores_guilherme_e_marco_aurelio.docx" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/888/mensagem_061_2025.docx" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/889/mensagem_062_2025.doc" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/920/mensagem_063_2025.doc" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/921/mensagem_064_2025.docx" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/922/mensagem_065_2025.docx" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/934/696_2025_dispoe_sobre_a_instituicao_do_dia_municipal_dos_desbravadores.docx" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/937/mensagem_069_2025.docx" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/938/mensagem_067_2025.docx" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/939/mensagem_068_2025.docx" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/940/mensagem_069_2025.docx" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/941/mensagem_070_2025.docx" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/942/mensagem_071_2025.docx" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1214/02-7251.doc" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/954/353_2025_mens._042_2025_autografo_ldo_2026.doc" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/958/732_denominacao_de_ponte_lea_mariotti_-_heliomar.docx" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/962/mensagem_074_2025.doc" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/963/mensagem_075_2025.doc" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/964/mensagem_076_2025.doc" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/973/mensagem_077_2025.doc" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1015/mensagem_078_2025.doc" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1017/mensagem_080_2025.doc" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1029/806_2025_-_dispoe_sobre_alteracoes_e_inclusoes_na_lei_048_1989_que_institui_o_codigo_tributario_de_paty___-_mens_081_2025.doc" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1030/807_2025_-_suplementacao_r_1.600.00000__-_mens_082_2025.doc" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1031/808_2025_-_suplementacao_r_1.485.00000__-_mens_083_2025.doc" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1032/809_2025_-_concede_anistia_de_juros_e_multas_debitos_tributarios_inscrito_ou_nao_em_divida_ativa_-_mens_084_2025.doc" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1041/855_2025_da_denominacao_de_praca_jose_carlos_de_azevedo_rodrigues_praca_ao_lado_do_vivinha.docx" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1054/868_2025_da_denominacao_de_parque_infantil_caio_da_silva_gomes_ao_parque_situado_na_rua_do_retiro_no_250.docx" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1081/897_2025_da_denominacao_de_estrada_jose_da_costa_taborda_filho.docx" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1091/mensagem_088_2025.docx" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1092/mensagem_085_2025.doc" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1093/mensagem_086_2025.doc" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1094/mensagem_087_2025.doc" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1096/917_2025_-_autoriza_o_poder_executivo_instituir_programa_municipal_de_apoio_a_gestante_e_ao_recem-nascido_no_municipio.docx" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1105/mensagem_090_2025.doc" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1106/mensagem_091_2025.doc" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1107/mensagem_092_2025.doc" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1108/mensagem_093_2025.doc" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1109/mensagem_094_2025.doc" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1110/mensagem_095_2025.doc" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1153/986_2025_guilherme_edinho_e_marco_aurelio_denominacao_francisco_dornelas_lopes_ao_predio_do_corpo_de_bombeiros_bairro_arcozelo.docx" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1164/997_2025_-_suplementacao_r_420.05200_-_mens_096_2025.doc" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1165/998_2025_-_suplementacao_r_415.15700_-_mens_097_2025.doc" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1179/1015_2025_-_da_denominacao_de_carlos_fernando_de_araujo_lima_a_base_do_samu_de_avelar_autoria_vereador_flavio_feijao.doc" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1215/1021_2025_-_institui_o_programa_meu_lar_meu_documento_entrega_publicade_titulos_de_propriedade_aos_beneficiarios_reurb_autoria_vereador_guilherme_rosa.doc" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1232/1038_2025_-_suplentacao_r_1.000.00000_-_mens_098_2025.doc" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1233/1039_2025_-_suplentacao_r_500.00000_-_mens_099_2025.doc" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1234/1040_2025_-_suplentacao_r_500.00000_-_mens_100_2025.doc" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1235/1041_2025_-_altera_dispositivo_da_lei_no3.221_de_05_de_fevereiro_de_2025_que_dispoe_para_alteracao_da_nomeclatura_do_cargo_criado_-_mens_101_2025.doc" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/610/1602021.doc" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/653/8_parecer_397_2025_da_comissaoo_justica_e_redacao_-_ao_veto_367_202_ao_proj_212-2025.docx" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/690/8_parecer__ao_veto_307_2025_ao_projeto_de_lei_160_2025_-__.doc" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/695/1602021.doc" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/705/parecer__ao_veto_425_-_2025_ao_projeto_de_lei_160_-_2025.doc" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/393/485_2024_declara_como_patrimonio_imaterial_do_municipio_de_paty_do_alferes_o_nucleo_de_estudos_afro-brasileiros_e_indigenas.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/394/4_despacho_diretoria_comunicando_ao_autor_do_projeto_no_463_2024_leinho.doc" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/395/4_despacho_diretoria_comunicando_ao_autor_do_projeto_no_464_2024_denilson.doc" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/861/475_2025_autorizacao_instalacao_de_comedouros_e_bebedouros_para_animais_de_rua_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/862/476_2025_determina_a_criacao_do_programa_visao_adequada_e_distribuicao_de_oculos_aos_estudantes_de_escolas_municipais_de_paty_do_alferes._1.docx" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/864/492_2025_institui_a_politica_municipal_de_protecao_dos_direitos_da_pessoa_com_albinismo_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/350/003-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/351/004-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/352/005-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/353/006-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/354/007-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/355/008-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/356/009-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/357/010-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/358/011-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/359/012-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/360/013-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/361/023-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/362/024-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/363/025-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/364/026-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/365/027-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/366/028-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/367/029-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/368/030-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/369/031-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/370/032-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/371/033-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/372/034-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/373/035-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/374/036-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/375/037-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/376/038-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/377/039-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/378/040-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/379/041-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/380/042-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/381/043-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/382/044-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/396/055-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/397/056-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/398/057-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/399/058-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/400/059-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/401/060-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/402/061-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/403/062-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/404/063-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/405/064-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/406/065-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/407/066-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/408/067-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/409/068-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/410/069-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/417/076-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/421/086-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/422/087-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/423/088-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/424/089-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/425/090-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/426/091-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/427/092-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/428/093-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/429/094-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/430/095-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/431/096-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/432/097-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/433/098-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/434/101-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/435/102-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/438/107-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/439/108-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/441/110-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/442/111-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/443/112-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/444/113-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/445/114-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/446/115-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/447/116-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/448/117-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/449/118-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/451/120-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/452/121-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/453/122-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/454/123-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/459/128-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/460/129_2025_realizacao_de_limpeza_e_conservacao_da_rua_dr._adalberto_nogueira_localizada_no_bairro_monte_alegre_rua_do_campo..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/461/130_2025_patolamento_na_estrada_orlando_gomes_dos_reis_localizada_em_bairro_encanto..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/462/131_2025_solicita_ao_prefeito_municipal_a_construcao_de_uma_quadra_poliesportiva_no_bairro_aquenta_sol..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/463/132_2025_solicita_ao_prefeito_municipal_que_realize_a_pavimentacao_asfaltica_do_trecho_que_falta_entre_o_morro_do_recreio_e_o_bairro_vista_alegre..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/464/133_2025_solicita_ao_prefeito_municipal_que_tome_providencias_quanto_a_construcao_de_uma_creche_no_bairro_vista_alegre..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/465/134_2025_solicita_ao_prefeito_municipal_a_instalacao_de_braco_de_luz_na_rj-125_na_entrada_principal_do_loteamento_do_taozinho.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/466/135_2025__realize_a_limpeza_na_rua_vereador_sidney_de_melo_freitas_que_da_seguimento_ao_centro_de_paty_do_alferes..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/467/136_2025_patrolamento_da_estrada_que_da_acesso_ao_pesque-pague_localizado_no_bairro_vista_alegre..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/468/137_2025__solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_do_morro_do_fama..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/470/139_2025_que_seja_realizado_com_urgencia_o_patrolamento_ensaibramento_e_rocada_da_rua_k_no_bairro_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/472/145-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/473/146-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/474/147-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/475/148-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/476/149-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/485/150-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/486/151-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/487/152-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/477/153-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/478/154-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/479/155-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/480/156-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/481/157-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/482/158-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/488/161-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/489/162-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/490/163-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/491/164-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/492/165-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/493/166-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/494/167-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/495/168-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/496/169-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/497/170-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/498/171-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/499/172-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/508/190-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/509/191-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/510/192-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/511/193-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/512/194-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/513/195-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/514/196-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/518/198_2025_locacao_ou_aquisicao_de_uma_tenda_destinada_a_cobertura_da_feira_agroecologica_na_praca_george_jacob_abdue.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/519/199_2025_instalacao_de_uma_maquina_de_cafe_multibebida_na_recepcao_da_unidade_de_saude_alba_monteiro_bernardes_maternidade.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/520/200_2025_solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_reparo_dos_buracos_na_estrada_do_bairro_paiol_velho..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/521/201_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_na_rua_agua_fria_localizada_no_bairro_palmares..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/522/202_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_queimadas_no_corrego_dantas_localizado_no_bairro_coqueiros..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/523/203_2025_junto_com_o_diretor_de_ordem_publica_estude_a_possibilidade_de_implementacao_de_mao_unica_na_rua_mara_lucia_feijo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/524/204_2025_solicita_ao_prefeito_municipal_a_colocacao_de_massa_asfaltica_em_frente_a_escola_municipal_major_monteiro_soares.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/525/205_2025_solicita_ao_prefeito_municipal_a_realizacao_de_servicos_de_limpeza_e_manutencao_na_praca_ryan_rosa_fernandes.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/526/206_2025_solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_nos_bairros_rio_pardo_e_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/533/213_2025_solicita_ao_prefeito_municipal_a_instalacao_de_um_refletor_em_frente_ao_colegio_joao_abreu_localizado_no_bairro_granja_california..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/534/214_2025_solicita_ao_prefeito_municipal_que_realize_a_substituicao_das_lampadas_na_localidade_de_barra_do_encanto_bairro_encanto.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/546/218-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/547/219-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/548/220-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/537/221-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/538/222-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/539/223-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/549/224-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/550/225-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/540/230-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/555/235-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/556/236-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/551/237-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/552/238-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/553/239-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/554/240-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/557/242-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/558/243-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/577/244_2025_edinho_e_heliomar__limpeza_do_bosque_da_maravilha_bem_como_a_construcao_de_dois_banheiros_publicos.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/559/245-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/588/261_2025__implementacao_da_gratuidade_no_transporte_coletivo_intermunicipal_para_pacientes_encaminhados_pela_secretaria_municipal_de_saude.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/579/262_2025_solicita_ao_prefeito_municipal_a_instalacao_de_placa_identificativa_no_predio_principal_do_casario.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/569/263_2025_solicita_ao_prefeito_municipal_a_instalacao_de_duas_faixas_de_pedestres_na_rj-125.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/570/264_2025_continuidade_calcamento_para_pedestres_no_trecho_compreendido_entre_o_bairro_granja_california_e_o_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/572/266_2025_providencie_a_pintura_dos_quebra-molas_existentes_na_rua_dr_mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/573/267_2025_providencie_a_instalacao_de_uma_placa_de_sinalizacao_para_o_quebra-molas_existente_na_rua_dr._mario_kroeff_bairro_arcozelo.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/574/268_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_na_rua_sao_joaquim_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/575/269_2025_presenca_de_guardas_municipais_nos_horarios_de_entrada_e_saida_dos_alunos_da_escola_sidney_de_mello_freitas.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/576/270_2025_solicita_ao_prefeito_municipal_a_revitalizacao_do_calcadao_do_dilson.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/582/275_2025_pavimentacao_asfaltica_na_rua_yolanda_cunha_de_oliveira_centro_conhecida_como_rua_do_capoteiromorro_do_capitao..docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/584/277_2025_instalacao_de_um_quebra-molas_na_rua_deputado_bernardes_neto_no_bairro_centro_nas_proximidades_da_saida_da_mao_inglesa..docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/585/278_2025_providencie_a_aquisicao_de_uma_maquina_de_lavar_roupas_de_20kg_para_a_residencia_terapeutica_situada_na_rua_mantiquira_no_27_bairro_centro..docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/586/279_2025_realize_a_substituicao_das_lampadas_na_estrada_da_boa_vista_no_bairro_boa_vista_tendo_como_referencia_o_numero_4700..docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/591/284_2025_solicita_ao_prefeito_municipal_a_realizacao_de_estudos_visando_o_aumento_do_valor_do_vale-feira..docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/592/285_2025__realize_a_reforma_na_parte_externa_do_posto_de_saude_localizado_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/593/286_2025_solicita_ao_prefeito_municipal_que_realize_o_patrolamento_no_morro_da_estrada_da_bela_vista_localizado_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/595/288_2025_realizacao_de_estudo_tecnico_com_o_objetivo_de_avaliar_a_concessao_do_adicional_de_insalubridade_as_merendeiras.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/600/297_2025_realize_o_patrolamento_da_estrada_porcino_borges_de_andrade_no_bairro_campo_verde__colegio_municipal_nossa_senhora_das_gracas.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/601/298_2025_que_seja_realizado_um_estudo_de_viabilidade_para_a_criacao_de_uma_vaga_de_carga_e_descarga_nas_proximidades_do_casario_do_alferes.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/602/299_2025_patrolamento_da_avenida_silvino_adelio_localizada_no_bairro_capivara_tendo_como_referencia_o_numero_5552.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/603/300_2025_a_instalacao_de_um_quebra-molas_na_rua_viuva_bastos_nas_proximidades_do_numero_1017.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/604/301_2025_a_realizacao_de_manutencao_nos_bracos_de_luz_existentes_na_rua_do_cantagalo_e_rua_do_quilimbo_localizadas_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/605/302_2025_reforma_da_pracinha_da_capivara_atencao_a_recuperacao_manutencao_substituicao_dos_brinquedos_infantis.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/606/303_2025_tome_as_providencias_necessarias_para_a_disponibilizacao_de_colchonetes_para_as_creches_que_atendem_a_fase_pre-escolar.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/607/304_2025__a_instalacao_de_dois_quebra-molas_na_rj-125_com_sinalizacao_adequada.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/609/306_2025_pagamento_do_adicional_de_insalubridade_no_percentual_de_20_calculado_sobre_o_piso_salarial_nacional_da_categoria_aos_acs_e_ace.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/613/313_2025__patrolamento_e_ensaibramento_nas_principais_estradas_do_bairro_rio_pardo_com_prioridade_nos_pontos_criticos.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/614/314_2025__solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_do_morro_do_fama.__reiterando_a_indicacao_de_no_1372025_feita_pelo_mesmo..docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/615/315_2025_limpeza_e_manutencao_da_rj_125_que_vai_de_avelar_a_andrade_pinto._reiterando_a_indicacao_de_no_0952025_feita_pelo_mesmo..docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/622/328_2025_a_realizacao_das_obras_necessarias_para_o_termino_da_pavimentacao_asfaltica_da_rua_antonio_lopes_de_melo.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/623/329_2025_realize_uma_operacao_tapa-buracos_na_rua_vicente_de_freitas_situada_no.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/624/330_2025_ampliacao_do_numero_de_mediadores_escolares_para_alunos_autistas_e_a_contratacao_de_mais_monitores_para_os_onibus_escolares.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/625/331_2025_realizacao_de_patrolamento_ensaibramento_e_colocacao_de_cascalho_na_rua_quatro.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/626/332_2025_a_troca_de_lampadas_em_toda_a_extensao_da_rua_delfim_fernandes_de_barros_no_bairro_horizonte..docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/627/333_2025_ampliacao_do_horario_de_funcionamento_da_farmacia_municipal_de_avelar_para_que_opere_das_8h_as_16h.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/628/334_2025__disponibilize_uma_ambulancia_ou_um_carro_de_apoio_para_atender_emergencias_no_posto_de_saude_do_bairro_palmares.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/629/335_2025__a_substituicao_dos_refletores_da_quadra_de_grama_sintetica_situada_na_rj-125_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/632/338_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_e_de_uma_faixa_de_pedestres_na_avenida_antao_bernardes.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/640/354_2025__a_disponibilizacao_de_uma_ambulancia_ou_veiculo_de_apoio_para_atender_emergencias_no_posto_de_saude_do_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/641/355_2025__a_instalacao_de_bancos_ao_longo_da_extensao_da_praca_george_jacob_abdue..docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/642/356_2025__providencie_a_conclusao_do_servico_de_limpeza_nas_ruas_do_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/643/357_2025_a_revitalizacao_da_faixa_de_pedestres_em_frente_a_escola_municipal_gioconda_bernardes_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/644/358_2025_providencie_a_melhoria_da_iluminacao_publica_no_bosque_da_maravilha..docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/645/359_2025_instalacao_de_um_bebedouro_publico_na_praca_george_jacob_abdue_para_atender_os_feirantes__-_reiterando.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/646/360_2025_operacao_tapa-buracos_ruas_alferes_francisco_tavares_sidney_de_mello_freitas_e_comandante_bandeira_de_mello_paty..docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/647/361_2025_campanha_de_incentivo_de_parte_do_imposto_de_renda_aos_fundos_municipais_da_crianca_adolescente_pessoa_idosa..docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/648/362_2025_instalacao_de_quebra-molana_avenida_brasil_nas_proximidades_do_deposito_do_marcelo_da_obra_prima_proximo_ao_bairro_tres_porteiras..docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/649/363_2025_abrir_a_rua_da_estacao_nos_finais_de_semana_permitir_o_acesso_e_o_descarregamento_de_mercadorias_pelos_feirantes.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/650/364_2025_realize_a_revitalizacao_das_faixas_de_pedestres_na_rua_coronel_manoel_bernardes_centro.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/651/365_2025_a_troca_de_lampadas_queimadas_ou_ineficientes_na_estrada_roseiral.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/652/366_2025_patrolamento_e_rocada_na_estrada_boa_uniao_localizada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/654/368_2025_a_instalacao_de_redutor_de_velocidade_quebra-molas_na_rua_coronel_manoel_bernardes_centro_nas_proximidades_do_no_387.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/655/369_2025_a_realizacao_de_manutencao_na_academia_da_saude_localizada_no_jardim_de_avelar..docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/656/370_2025_concessao_de_isencao_do_pagamento_de_estacionamento_rotativo_aos_feirantes.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/657/371_2025_realize_o_patrolamento_ensaibramento_e_rocada_na_rua_irma_dulce_localizada_no_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/659/373_2025_pintura_interna_e_externa_do_posto_de_saude_avelar_e_a_instalacao_de_placa_indicativa_das_atividades_desenvolvidas.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/661/375_2025_a_instalacao_de_um_redutor_de_velocidade_na_rua_doutor_peralta_proximo_ao_numero_1288.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/662/376_2025_a_realizacao_de_operacao_tapa-buracos_na_rua_general_cintra_localizada_no_centro_do_municipio..docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/663/377_2025_rocada_e_patrolamento_nas_seguintes_vias_do_bairro_recanto_rua_barao_de_paty_rua_garcia_rodrigues_de_paes_e_rua_capitao_joao_vieira.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/664/378_2025__rua_sebastiao_de_lacerda_determinando_que_os_veiculos_estacionem_apenas_no_lado_direito_da_via.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/665/379_2025_a_realizacao_de_dedetizacao_nos_pontos_de_onibus_do_bairro_arcozelo_com_o_objetivo_de_eliminar_aranhas.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/666/380_2025_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rj-125_nas_proximidades_da_saida_da_ponte_do_bibi..docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/667/381_2025_solicita_ao_prefeito_municipal_a_realizacao_de_patrolamento_na_rua_antonio_aniceto_da_costa_bairro_saudade..docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/668/382_2025_providencie_a_disponibilizacao_de_fisioterapeutas_para_atendimento_nos_postos_de_saude_dos_bairros_do_municipio..docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/669/383_2025_a_realizacao_de_manutencao_nos_bracos_de_iluminacao_da_pracinha_localizada_no_bairro_granja_california_situada_as_margens_da_rj-125..docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/672/387_2025_a_pavimentacao_asfaltica_nas_principais_ruas_do_bairro_rio_pardo_rio_pardo_de_cima_e_rio_pardo_de_baixo..docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/673/388_2025_que_realize_a_manutencao_nos_bracos_de_iluminacao_publica_da_avenida_silvino_adelio_localizada_no_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/674/389_2025_instalacao_de_dois_pontos_de_onibus_na_rua_lucio_teixeira.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/675/390_2025_prorrogacao_do_prazo_previsto_na_lei_municipal_no_3.132.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/676/391_2025_a_poda_de_arvores_que_estao_em_contato_com_a_rede_eletrica_na_rua_dona_mariana_no_235_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/677/392_2025_a_limpeza_e_desobstrucao_do_corrego_que_passa_por_tras_das_residencias_situadas_na_rua_jose_de_barros_franco_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/678/393_2025_que_sejam_realizadas_acoes_de_limpeza_e_desobstrucao_do_corrego_situado_na_avenida_vereador_aloisio_ferreira_gomes.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/679/394_2025_disponibilizacao_de_um_professor_de_futebol_para_ministrar_aulas.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/683/399_2025_a_gratuidade_no_parque_da_festa_do_tomate_no_dia_da_abertura_para_estudantes_uniformizados_acompanhados_dos_responsaveis..docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/684/400_2025_limpeza_e_manutencao_da_rj_125_que_vai_de_avelar_a_andrade_pinto._reiterando_a_indicacao_de_no_3152025_feita_pelo_mesmo..docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/685/401_2025_operacao_tapa-buracos_e_servicos_de_limpeza_urbana_na_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/686/402_2025_realizacao_de_patrolamento_na_localidade_ultimo_gole.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/687/403_2025_realizacao_de_processo_seletivo_para_contratacao_de_professores_na_rede_municipal_de_ensino.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/688/404_2025_a_reforma_do_posto_de_saude_localizado_no_bairro_maravilha._reiterando.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/689/405_2025_obras_de_patrolamento_e_ensaibramento_nas_principais_de_palmares._reiterando.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/715/407_2025_instalacao_de_poste_e_refletores_na_servidao_nelson_goncalves.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/716/408_2025_realizados_os_servicos_de_rocada_patrolamento_e_limpeza_na_rua_do_sossego_localizada_no_bairro_maravilha._reiterando.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/717/409_2025_realizacao_de_servicos_de_rocada_e_limpeza_no_morro_do_macaco_localizado_no_bairro_lameirao_2.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/691/410_2025_rocada_e_patrolamento_na__rua_garcia_rodrigues_de_paes.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/692/411_2025_colocacao_de_manilhas_e_implantacao_de_rede_de_esgoto_na_rua_das_mangueiras_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/693/412_2025_realizacao_de_servicos_de_limpeza_rocada_e_retirada_de_lixo_nas_ruas_das_casinhas_populares.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/694/413_2025_substituicao_da_manilha_na_ponte_ao_lado_da_pracinha_da_bela_vista_na_rua_humberto_candido.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/697/416_2025_instalacao_de_sistemas_de_energia_solar_com_baterias_de_armazenamento_nos_postos_de_saude_e_na_maternidade.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/698/417_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_nas_proximidades_do_bosque_localizado_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/699/418_2025_realizacao_de_servicos_de_rocada_limpeza_e_um_container_para_descarte_adequado_do_lixo_na_rua_nova_mantiquira.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/700/419_2025_disponibilizacao_de_transporte_universitario_para_os_alunos_que_frequentam_instituicoes_de_ensino_superior_na_cidade_de_tres_rios..docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/701/420_2025_realizacao_de_servicos_de_limpeza_urbana_poda_de_arvores_e_substituicao_de_lampadas_queimadas_na_rua_lucio_teixeira.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/702/421_2025_pavimentacao_asfaltica_na_rua_wintor_barbosa_de_godoi_localizada_no_bairro_pedras_ruivas._1.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/703/422_2025__a_instalacao_de_uma_placa_indicativa_com_o_sentido_do_posto_de_saude_do_bairro_granja_california_na_rodovia_rj-125..docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/706/426_2025_solicita_ao_prefeito_municipal_a_troca_de_lampadas_nas_ruas_das_casinhas_populares_do_bairro_arcozelo_nas_proximidades_do_demizinho..docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/707/427_2025_instalacao_de_redutor_de_velocidade_quebra-mola_na_avenida_roberto_silveira_nas_proximidades_do_numero_284_centro..docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/709/429_2025_a_instalacao_de_rede_de_internet_na_subprefeitura_situada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/710/430_2025_a_instalacao_de_dois_quebra-molas_em_frente_a_aldeia_de_arcozelo_na_rj-125..docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/711/431_2025_a_troca_de_lampadas_na_rua_leopoldo_pullig_nas_proximidades_do_no_619_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/712/432_2025_que_realize_melhorias_na_iluminacao_publica_da_antiga_estacao_ferroviaria_de_avelar._2.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/713/433_2025_a_pavimentacao_asfaltica_do_morro_que_liga_o_bairro_capivara_ao_bairro_coqueiro..docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/714/434_2025_pavimentacao_asfaltica_na_estrada_arcozelomaravilha_no_trecho_entre_as_casinhas_populares_do_roseiral_e_o_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/718/435_2025_a_conclusao_do_servico_de_escoamento_de_esgoto_na_rua_vinte_e_dois_lote_95_bairro_acampamento.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/719/436_2025_revitalizacao_da_pracinha_vicente_de_freitas_situada_nas_proximidades_da_igreja_monte_siao..docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/720/437_2025_manutencao_nos_bracos_de_iluminacao_publica_localizados_nos_bairros_coqueiros_e_rio_pardo.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/721/438_2025_a_instalacao_de_dois_redutores_de_velocidade_quebra-molas_na_rj-125.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/722/439_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_avenida_irineu_reis_nas_proximidades_da_creche_municipal.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/726/448_2025_solicita_que_realize_com_a_secretaria_de_obras_patrolamento_e_ensaibramento_das_principais_ruas_do_bairro_prata_edinho_e_neguinho..docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/727/449_2025_a_troca_de_lampadas_queimadas_na_travessa_dona_herminia.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/728/450_2025_o_patrolamento_da_rua_quatro_situada_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/730/452_2025__a_inclusao_de_brinquedos_adaptados_para_criancas_com_transtorno_do_espectro_autista_tea_nas_pracas_publicas_do_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/736/459_2025_que_viabilize_a_instalacao_de_uma_unidade_da_farmacia_popular_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/737/460_2025_a_instalacao_de_um_banner_ou_de_uma_placa_com_a_identificacao_do_nome_oficial_do_posto_de_saude_localizado_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/738/461_2025_neguinho_e_macarrao_a_construcao_de_uma_quadra_de_areia_e_a_instalacao_de_aparelhos_de_ginastica_ao_ar_livre.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/739/462_2025_marco_aurelio__e_guilherme_realizacao_de_patrolamento_ensaibramento_e_manutencao_geral_do_morro_que_liga_o_bairro_capivara_ao_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/740/463_2025_a_realizacao_de_patrolamento_limpeza_e_rocada_na_rua_colonia_do_centro_localizada_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/741/464_2025_a_realizacao_de_patrolamento_ensaibramento_e_limpeza_no_corrego_dantas_localizado_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/742/465_2025_a_troca_de_lampadas_patrolamento_ensaibramento_e_limpeza_na_rua_agua_fria_localizada_no_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/743/466_2025_realizacao_de_poda_das_arvores_e_vegetacao_que_se_encontram_sobre_a_fiacao_eletrica_na_rua_quatorze.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/744/467_2025_realizacao_de_patrolamento_na_rua_bueno_de_andrade_e_na_rua_vinte_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/746/470_2025_instalacao_de_dois_redutores_de_velocidade_quebra-molas_na_rodovia_ary_schiavo.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/749/471_2025_a_realizacao_de_reparos_urgentes_em_uma_cratera_localizada_nas_proximidades_da_ponte_do_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/747/472_2025_a_realizacao_de_patrolamento_e_rocada_na_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/748/473_2025_a_instalacao_de_braco_de_luz_nas_proximidades_da_igreja_catolica_na_rua_antonio_aniceto_da_costa_bairro_saudade..docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/753/477_2025_aplicacao_de_po_de_pedra_nas_ruas_do_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/754/478_2025_a_construcao_de_uma_quadra_de_areia_e_de_uma_academia_ao_ar_livre_na_praca_localizada_ao_lado_do_bar_do_vivinha..docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/757/481_2025_a_implantacao_de_faixa_de_pedestres_na_rua_coronel_avelar_no_bairro_avelar_na_esquina_do_jardim_de_avelar.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/758/482_2025_a_instalacao_de_um_braco_de_iluminacao_publica_na_rua_quatro_nas_proximidades_da_igreja_crista_renovada_situada_no_bairro_clube_velho..docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/759/483_2025_a_realizacao_de_servicos_de_limpeza_patrolamento_e_ensaibramento_na_rua_quatro_localizada_no_bairro_clube_velho..docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/760/484_2025_a_aplicacao_de_massa_asfaltica_na_rua_joaquim_alves_louzada_localizada_no_bairro_biriba._referencia_rua_do_sase..docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/761/485_2025_solicita_ao_prefeito_municipal_a_construcao_de_um_portico_com_a_tematica_da_raca_mangalarga.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/762/486_2025_a_aplicacao_de_escoria_nas_ruas_do_bairro_boa_vista.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/763/487_2025_a_realizacao_de_servicos_de_limpeza_no_bairro_lameirao_com_especial_atencao_a_area_conhecida_como_morro_do_macaco.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/764/488_2025_a_aplicacao_de_po_de_pedra_no_morro_situado_na_rua_humberto_candido_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/765/489_2025_a_reforma_da_passarela_situada_atras_da_aldeia_de_arcozelo._reiterando_a_minha_indicacao_de_no_0112025..docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/766/490_2025_o_corte_de_agua_na_via_publica_e_a_desobstrucao_de_bueiro_na_estrada_da_enfermaria.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/767/491_2025_a_municipalizacao_do_clube_monte_alegre_para_que_o_espaco_possa_abrigar_um_salao_de_eventos_academia_publica.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/770/494_2025__a_realizacao_de_servico_de_rocada_na_rua_vinte.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/771/495_2025_a_pintura_da_quadra_de_grama_sintetica_situada_na_praca_do_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/772/499_2025_a_realizacao_de_manutencao_nos_bracos_de_luz_existentes_na_rua_do_cantagalo_e_rua_do_quilimbo_localizadas_no_bairro_coqueiros._reiterando.docx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/773/500_2025_a_realizacao_de_poda_dos_galhos_de_arvores_que_estao_atingindo_a_rede_eletrica_na_rua_c.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/774/501_2025_edinho_e_macarraomanutencao_nos_bracos_de_iluminacao_publica_nos_bairros_vista_alegre_e_aquenta_sol.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/775/502_2025_a_realizacao_de_reforma_urgente_na_ponte_localizada_na_rj_que_liga_o_bairro_vista_alegre_ao_sertao_do_calixto.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/776/503_2025_instalacao_de_iluminacao_publica_no_trecho_entre_a_secretaria_de_obras_e_o_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/777/504_2025_solicita_ao_prefeito_municipal_a_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_rj-125_apos_a_aldeia_de_arcozelo_sentido_avelar..docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/778/505_2025_a_realizacao_de_servico_de_rocada_e_limpeza_nas_vias_publicas_do_bairro_mantiquira..docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/779/506_2025__a_realizacao_de_manutencao_no_telhado_do_ponto_de_onibus_localizado_no_chale_de_avelar.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/780/507_2025__a_troca_ou_o_reparo_de_aparelho_de_ginastica_bem_como_a_substituicao_de_um_banco_quebrado_no_jardim_de_avelar.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/781/508_2025_a_realizacao_de_limpeza_na_rua_vereador_caio_figueira_de_vasconcelos_centro_nas_proximidades_do_colegio_dedica_i..docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/782/509_2025_a_realizacao_de_poda_de_arvores_sobre_a_fiacao_eletrica_e_o_reparo_nos_bracos_de_iluminacao_publica_com_a_troca_de_lampadas_queimadas.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/785/513_2025_instalacao_de_um_bueiro_na_estrada_do_batatal.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/786/514_2025_aplicacao_de_po_de_pedra_na_localidade_marmelos_apos_o_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/789/518_2025__a_instalacao_urgente_de_tampas_nas_caixas_de_esgoto_situadas_na_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/790/519_2025_a_substituicao_das_lampadas_queimadas_na_rj_125_nas_proximidades_da_fazenda_monte_alegre_e_do_posto_de_gasolina.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/792/522_2025_a_aplicacao_de_po_de_pedra_na_rua_vinte_e_tres_no_bairro_acampamento.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/793/523_2025_o_fechamento_dos_bueiros_abertos_localizados_na_alameda_do_ipe_e_alameda_do_inga.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/794/524_2025_a_realizacao_de_patrolamento_e_ensaibramento_na_rua_17.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/795/525_2025__a_instalacao_de_dois_quebra-molas_na_rj-125_com_sinalizacao_adequada_reiterando.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/796/526_2025__a_realizacao_de_reparos_na_rede_de_esgoto_localizada_na_rua_das_mangueiras.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/797/527_2025_a_realizacao_de_reforma_da_ponte_situada_na_estrada_do_guaribu_velho.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/798/528_2025_a_realizacao_de_reforma_e_melhorias_nos_pontos_de_onibus_do_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/800/530_2025_que_tome_as_devidas_providencias_quanto_a_uma_valeta_localizada_proxima_a_pracinha_na_rua_doutor_peralta..docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/804/534_2025_pintura_de_todos_os_quebra-molas_localizados_nos_bairros_acampamento_mantiquira_esperanca_e_mato_grosso..docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/805/535_2025_construcao_de_uma_quadra_de_areia_no_bairro_tres_porteiras..docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/806/536_2025_realizacao_de_manutencao_na_rede_de_iluminacao_publica_da_rua_santos_dumont_localizada_no_bairro_pedras_ruivas..docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/807/537_2025__a_colocacao_de_po_de_pedra_na_estrada_sitio_barreiros.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/808/538_2025_ampliacao_do_numero_de_mediadores_escolares_para_alunos_autistas_e_a_contratacao_de_mais_monitores_para_os_onibus_escolares_reiterando.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/809/539_2025_que_estude_a_viabilidade_de_criacao_de_estacionamento_na_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/810/540_2025_a_realizacao_de_pavimentacao_asfaltica_na_rua_maravilha_boa_vista_situada_no_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/811/541_2025_a_pavimentacao_asfaltica_do_corrego_dantas_situado_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/814/544_2025_a_realizacao_de_reparo_em_uma_tampa_de_esgoto_quebrada_localizada_na_estrada_do_batatal_no_2650_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/815/545_2025_a_construcao_de_um_ponto_de_onibus_nas_proximidades_da_pousada_nova_gironda_localizada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/816/549_2025__guilherme_e_marco_aurelio_revitalizacao_e_reforma_da_sede_administrativa_das_unidades_de_conservacao_municipais.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/817/550_2025_guilherme_e_marco_aurelio_criacao_de_um_museu_da_raca_mangalarga_marchador_no_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/818/551_2025_construcao_de_uma_praca_publica_no_horizonte_com_parque_infantil_tambem_os_bairros_vizinhos_guaribu_e_saudade..docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/819/552_2025_a_realizacao_de_servicos_de_limpeza_e_manutencao_da_iluminacao_publica_na_rua_warlindo_rangel_bairro_mantiquira._1.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/820/553_2025_a_realizacao_de_servicos_de_manutencao_na_iluminacao_publica_da_rua_elvira_de_oliveira_goulart.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/821/554_2025_a_instalacao_de_um_bebedouro_na_praca_esportiva_denominada_juliana_maria_da_silveira_duarte_nogueira.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/825/562_2025_a_reforma_da_escola_municipal_jose_eulalio_de_andrade_localizada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/826/563_2025_reforma_da_quadra_coberta_situada_no_bairro_avelar.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/827/564_2025__construcao_de_um_posto_de_saude_no_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/831/568_2025_a_instalacao_de_um_redutor_de_velocidade_na_rua_jose_eugenio_pinheiro.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/832/569_2025_a_realizacao_de_poda_dos_galhos_de_arvores_que_estejam_proximos_ou_em_contato_com_a_rede_eletrica_nos_bairros_coqueiros_e_rio_pardo..docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/833/570_2025_a_realizacao_de_limpeza_e_patrolamento_na_rua_farid_tamer_localizada_no_bairro_zenobiopolis..docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/834/571_2025_a_realizacao_da_poda_de_arvores_que_estao_atingindo_a_rede_de_iluminacao_publica_no_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/835/572_2025__a_reforma_da_quadra_de_areia_da_praca_oswaldo_gaspar_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/838/575_2025_a_realizacao_de_patrolamento_e_rocada_na_travessa_quindins_km_38_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/848/586_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rj-125_nas_imediacoes_da_pousada_nova_gironda.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/849/587_2025_a_reforma_do_posto_de_saude_localizado_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/850/588_2025_a_revitalizacao_da_academia_da_saude_situada_no_morro_joao_malandro_1.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/851/589_2025__a_substituicao_das_manilhas_na_rua_antonio_aniceto_da_costa.docx" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/854/592_2025_a_instalacao_de_um_bueiro_na_estrada_rj-125_no_72200_bairro_granja_california_3.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/855/593_2025_que_viabilize_o_retorno_do_atendimento_aos_servidores_publicos_do_municipio.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/857/595_2025_a_aplicacao_de_po_de_pedra_na_rua_14_situada_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/866/611_2025_realizacao_de_uma_revisao_geral_nos_planos_de_cargos_carreiras_e_remuneracao_pccr_de_todos_os_servidores_publicos_municipais.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/867/612_2025_pavimentacao_asfaltica_na_estrada_das_mangueiras.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/871/619_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rua_coronel_manoel_bernardes.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/872/620_2025__a_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/881/630_2025_a_reforma_da_quadra_do_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/883/632_2025__a_instalacao_de_rede_de_esgoto_na_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/884/633_2025__a_pavimentacao_asfaltica_da_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/887/636_2025_a_construcao_de_um_centro_esportivo_no_bairro_monte_alegre_neste_municipio..docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/891/646_2025__a_pavimentacao_asfaltica_da_rua_das_mangueiras_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/892/647_2025_a_instalacao_de_rede_de_esgoto_na_rua_joel_cabral_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/893/648_2025_a_pavimentacao_asfaltica_da_rua_joel_cabral_da_silva_e_da_rua_das_mangueiras_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/898/653_2025_a_pavimentacao_asfaltica_da_rua_que_interliga_o_bairro_arcozelo_ao_bairro_capivara.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/899/654_2025_faixa_de_pedestres_proxima_ao_redutor_de_velocidade_quebra-molas_na_rj-125.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/900/655_2025_a_realizacao_de_manutencao_nos_bracos_de_iluminacao_publica_existentes_na_rua_wintor_barbosa_de_godoi_2.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/901/656_2025__pedido_para_realizacao_de_avaliacaovistoria_na_ponte_situada_em_frente_a_igreja_monte_siao__rua_vereador_sidnei_melo_de_freitas..docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/907/663_2025__a_revitalizacao_da_pracinha_localizada_na_rua_antonio_l._fernandes.docx" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/908/664_2025__que_seja_realizada_a_reforma_da_capela_mortuaria_do_cemiterio_localizado_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/909/665_2025_a_revitalizacao_da_praca_localizada_no_bairro_saudade..docx" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/911/667_2025_manutencao_na_iluminacao_estr_verr_oswaldo_fer_de_b_filho_na_estr_antonio_joaquim_e_na_rua_aniceto.docx" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/912/668_2025__a_poda_das_arvores_que_estao_sobre_a_fiacao_na_estrada_jose_monteiro.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/913/669_2025_a_construcao_de_uma_quadra_coberta_em_anexo_a_escola_localizada_no_bairro_rio_pardo..docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/914/670_2025a_disponibilizacao_do_castramovel_para_atendimento_nos_bairros_coqueiros_e_maravilha..docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/915/671_2025_edinho_e_lenice_patrolamento_e_ensaibramento_da_rua_irma_dulce_na_localidade_de_vile_de_monte_alegre_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/916/672_2025_projeto_de_saude_em_domicilio_sad__servico_de_atencao_domiciliar.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/918/674_2025___a_revitalizacao_do_portico_de_entrada_localizado_no_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/919/675_2025___a_instalacao_de_um_redutor_de_velocidade_quebra-mola_em_frente_ao_portao_lateral_da_escola_municipal_vereador_sidney_de_mello_freitas.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/923/683_2025_rua_cantagalo_bom_jardim_bairro_coqueiros_com_posterior_aplicacao_de_po_de_pedra_ou_escoria..docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/926/686_2025__a_construcao_de_uma_capela_mortuaria_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/927/687_2025__a_instalacao_de_um_quebra-molas_na_rua_barao_de_capivari.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/932/694_2025_que_estude_a_viabilidade_de_implantar_um_ponto_de_onibus_sentido_arcozelo_no_centro_da_cidade.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/933/695_2025_que_seja_estudada_a_viabilidade_do_retorno_da_mao_dupla_na_avenida_osorio_duque_estrada_na_rua_do_posto_de_gas..docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/943/707_2025_a_instalacao_de_faixa_de_pedestre_e_dois_redutores_de_velocidade_em_frente_ao_quiosque_do_vivinha..docx" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/944/708_2025_a_revitalizacao_da_pintura_dos_quebra-molas_no_bairro_recanto..docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/946/710_2025_continuidade_calcamento_para_pedestres_no_trecho_compreendido_entre_o_bairro_granja_california_e_o_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/947/711_2025_a_instalacao_de_uma_faixa_de_pedestre_na_avenida_irineu_reis_nas_proximidades_da_creche_municipal_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/948/712_2025_que_seja_feita_a_retirada_do_mato_arvores_e_bambus_que_ficaram_no_local_apos_a_rocada_realizada_no_bairro_bela_vista.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/951/715_2025___a_construcao_de_uma_praca_com_instalacao_da_academia_da_saude_na_estrada_antonio_joaquim_bairro_antonio_joaquim..docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/952/716_2025___instalacao_de_faixa_de_pedestre_no_inicio_da_travessa_osvaldo_tamer..docx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/953/717_2025_que_seja_analisada_em_conjunto_com_a_secretaria_de_ordem_publica_a_possibilidade_de_remocao_do_semaforo.docx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/955/727_2025_a_implantacao_de_uma_academia_da_saude_e_de_um_parquinho_infantil_no_bairro_sao_joaquim..docx" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/956/728_2025_a_aquisicao_de_equipamentos_de_mobilidade_e_apoio.docx" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/957/729_2025_a_realizacao_da_reforma_da_ciclovia_que_liga_o_centro_de_paty_do_alferes_ate_o_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/960/733_2025_instalacao_de_um_redutor_de_velocidade_quebra-molas_em_frente_a_clinica_dr._mackson.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/965/740_2025_a_implantacao_da_farmacia_popular_na_unidade_de_saude_do_bairro_coqueiros._reiterando_minha_indicacao.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/967/742_2025_reforma_do_campo_de_grama_sintetica_na_praca_noemia_rosa_no_bairro_granja_com_a_substituicao_da_grama.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/968/743_2025_troca_das_lampadas_de_iluminacao_publica_na_rua_professor_cornelio_neto_nas_proximidades_dos_numeros_216_e_526_no_bairro_grotao..docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/969/744_2025_a_instalacao_de_um_quebra-molas_na_estrada_coqueiros_prata_no_550_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/970/745_2025_a_implantacao_de_uma_academia_da_saude_no_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/972/747_2025__implantacao_de_uma_base_do_samu_em_local_estrategico_entre_os_bairros_granja_california_e_avelar..docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/974/749_2025_implantacao_de_uma_faixa_de_pedestres_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu..docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/975/750_2025__a_construcao_de_um_ponto_de_onibus_em_frente_a_igreja_assembleia_de_deus_localizada_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/981/758_2025_a_poda_de_uma_arvore_localizada_no_bairro_rio_pardo.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/982/759_2025__a_instalacao_da_academia_da_saude_ja_disponivel_na_secretaria_de_obras_no_bairro_acampamento..docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/983/760_2025__a_implantacao_de_um_redutor_de_velocidade_quebra-molas_e_uma_faixa_de_pedestres_em_cada_acesso_da_vila_barros.docx" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/984/761_2025_que_seja_disponibilizado_um_caminhao_pipa_para_passar_no_bairro_da_prata.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/985/762_2025_a_revitalizacao_das_faixas_de_pedestre_situadas_na_rua_deputado_bernardes_neto.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/987/764_2025_realize_o_plantio_de_mudas_de_ipe_na_subida_do_cemiterio_de_avelar..docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1003/766_2025__o_patrolamento_da_estrada_do_canavial_rua_da_ponte_do_bibi_trecho_que_se_estende_ate_o_bairro_poaia..docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1004/767_2025__que_o_desfile_civico_de_7_de_setembro_seja_realizado_no_sabado.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/989/768_2025__disponibilizar_transporte_escolar_para_as_criancas_do_bairro_maravilha.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/990/769_2025_a_realizacao_de_reparos_na_ponte_situada_no_inicio_da_estrada_antonio_joaquim_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/992/771_2025_marco_aurelio_e_neguinho_a_realizacao_de_reforma_da_ponte_situada_na_estrada_do_guaribu_velho_-_reiterando.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/993/772_2025_colocacao_placa_indicativa_de_curva_de_perigo_um_guarda-corpo_na_curva_na_rj_125_conhecida_como_curva_do_campo..docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1005/776_2025__a_substituicao_das_lampadas_queimadas_na_rua_custodio_domingues_correa.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/997/777_2025__a_limpeza_do_rio_uba_e_do_corrego_localizado_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/998/778_2025__a_implantacao_de_um_polo_de_equoterapia_entre_os_bairros_granja_california_e_avelar..docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/999/779_2025_a_manutencao_da_iluminacao_publica_dos_pontos_de_onibus_situados_no_trajeto_entre_o_bairro_monte_alegre_e_o_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1000/780_2025_solicita_ao_prefeito_municipal_que_realize_a_pavimentacao_asfaltica_do_trecho_que_falta_entre_o_morro_do_recreio_e_o_bairro_vista_alegre..docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1001/781_2025_a_instalacao_de_bracos_de_luz_na_rua_da_saibreira_no_bairro_granja_california_mestre_xisto..docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1006/783_2025__a_instalacao_de_postes_com_iluminacao_solar_no_morro_do_recreio..docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1007/784_2025_a_aquisicao_de_smartphones_para_as_equipes_de_combate_as_endemias_deste_municipio.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1008/785_2025_recapeamento_da_rua_do_recanto.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1009/786_2025_a_instalacao_de_um_quebra-molas_e_faixa_em_frente_a_casa_creche.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1010/787_2025_realize_a_devida_sinalizacao_no_morro_do_recreio.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1011/788_2025_a_disponibilizacao_de_professores_de_educacao_fisica_nos_bairros_com_quadras_poliesportivas.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1014/789_2025_a_construcao_de_um_quiosque_no_bosque_da_maravilha..docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1018/795_2025_a_reforma_da_praca_situada_na_alameda_leonidia_murce_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1019/796_2025__a_manutencao_dos_brinquedos_da_praca_noemia_rosa_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1021/798_2025__a_revitalizacao_da_faixa_de_pedestres_em_frente_ao_ponto_de_onibus_no_bairro_tres_porteiras..docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1022/799_2025_a_manutencao_do_ponto_de_onibus_localizado_na_entrada_da_estrada_sao_joaquim_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1023/800_2025_a_instalacao_de_iluminacao_publica_na_rj-125_no_trecho_que_compreende_da_aldeia_de_arcozelo_ate_o_balaeiro.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1024/801_2025_a_realizacao_de_patrolamento_e_a_colocacao_de_po_de_pedra_na_rua_virginia_rangel_no_bairro_mantiquira..docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1026/803_2025_poda_das_arvores_que_estao_encostando_na_rede_eletrica_na_avenida_silvino_adelio.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1027/804_2025_reparo_de_bueiro_localizado_na_rua_projetada_no_27_no_morro_do_joao_malandro_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1028/805_2025_a_realizacao_de_pavimentacao_asfaltica_na_alameda_dos_patis_localizada_no_bairro_recanto..docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1033/844_2025__que_seja_realizada_a_pavimentacao_asfaltica_na_rua_antonio_aniceto_da_costa_localizada_no_bairro_saudade.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1034/845_2025_a_construcao_de_dois_bueiros_na_rua_abilio_murce_situada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1035/846_2025_a_manutencao_da_iluminacao_publica_da_calcada_que_liga_o_centro_da_granja_ate_o_campo_do_joao_malandro..docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1036/847_2025_a_troca_de_lampadas_na_estrada_bom_jardim_no_3995_bairro_coqueiros_ao_lado_do_condominio_javary..docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1037/848_2025__a_implantacao_do_projeto_casa_creche_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1038/849_2025_a_implantacao_do_projeto_casa_creche_no_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1039/850_2025_a_instalacao_de_um_quebra-molas_na_rua_leopoldo_pullig_no_bairro_avelar_em_frente_a_antiga_cedae..docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1043/857_2025_a_implantacao_do_projeto_casa_creche_nos_bairros_coqueiros_e_rio_pardo..docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1045/859_2025_realizacao_de_campanha_de_vacinacao_dos_animais_atencao_aos_animais_de_rua_risco_de_transmissao_de_doencas..docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1046/860_2025_a_ampliacao_da_ponte_situada_na_rj-123.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1047/861_2025_a_disponibilizacao_de_um_caminhao_de_exames_de_imagem_especialmente_para_realizacao_de_mamografia_e_ressonancia.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1048/862_2025__a_realizacao_da_poda_de_duas_arvores_situadas_na_rua_da_saibreira_no_morro_do_joao_malandro_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1049/863_2025__a_instalacao_de_uma_farmacia_popular_no_posto_de_saude_do_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1050/864_2025_a_pavimentacao_asfaltica_na_estrada_antonio_joaquim.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1051/865_2025_pavimentacao_asfaltica_de_aproximadamente_150_metros_na_estrada_vereador_oswaldo_fernandes_de_barros_filho.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1052/866_2025_a_construcao_de_uma_quadra_poliesportiva_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1053/867_2025_a_instalacao_de_dois_quebra-molas_na_rua_deputado_bernardes_neto_no_bairro_centro.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1063/877_2025_que_realize_a_rocada_na_avenida_silvino_adelio_no_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1064/878_2025__a_implantacao_de_uma_academia_da_saude_no_bosque_da_maravilha..docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1065/879_2025__a_troca_das_lampadas_de_iluminacao_publica_na_rua_professor_cornelio_neto_nas_proximidades_dos_numeros_216_e_526_no_bairro_grotao._reiterando.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1066/880_2025_colocacao_de_escoria_na_estrada_antonio_aniceto_da_costa_no_bairro_saudade_nas_proximidades_da_residencia_do_senhor_adao.docx" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1067/881_2025_a_aplicacao_de_massa_asfaltica_na_rua_vinte_e_um_localizada_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1069/885_2025_a_poda_dos_galhos_na_alameda_paty_uba_proximo_ao_no_2300_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1070/886_2025_a_instalacao_de_lixeiras_nos_pontos_de_onibus_do_municipio..docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1071/887_2025_a_manutencao_nos_bracos_de_iluminacao_da_rua_caio_figueira_bairro_centro..docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1073/889_2025_a_reforma_geral_no_posto_de_saude_da_granja_california.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1075/891_2025_a_instalacao_de_tampas_nos_bueiros_abertos_localizados_no_morro_do_joao_malandro_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1076/892_2025_a_construcao_de_passarela_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1078/894_2025_a_implantacao_do_projeto_casa_creche_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1079/895_2025_a_limpeza_e_retirada_de_entulhos_no_morro_do_joao_malandro_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1082/899_2025_a_limpeza_da_rua_elza_alves_paz_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1083/900_2025__a_reforma_da_quadra_esportiva_e_da_pista_de_skate_do_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1084/901_2025__a_colocacao_de_po_de_pedra_na_estrada_vereador_oswaldo_fernandes_de_barros_filho_nas_proximidades_do_acude_da_fazenda_das_antas..docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1085/902_2025__a_limpeza_patrolamento_e_colocacao_de_po_de_pedra_na_rua_comandante_geraldo_sa_no_bairro_pedras_ruivas..docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1086/903_2025__o_patrolamento_da_estrada_arcozelo__maravilha..docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1087/904_2025__a_instalacao_de_bancos_ao_longo_da_extensao_da_praca_george_jacob_abdue_reiterando_minha_indicacao_355_2025..docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1088/905_2025_a_colocacao_de_manilhas_ensaibramento_colocacao_de_escoria_e_troca_das_lampadas_na_estrada_humberto_candido_sentido_sitio_das_estrelas..docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1089/906_2025_a_manutencao_dos_bueiros_entupidos_e_a_substituicao_das_lampadas_queimadas_na_rua_dr._mario_kroeff_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1090/908_2025__limpeza_e_manutencao_da_escadaria_localizada_no_morro_joao_malandro_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1097/918_2025_colocacao_de_po_de_pedra_na_estrada_da_bela_vista_nas_proximidades_dos_numeros_846_847_848_e_855_bela_vista..docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1098/919_2025_possibilidade_de_reorganizar_os_feriados_municipais.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1100/921_2025_construcao_de_um_muro_de_contencao_na_rua_sao_sebastiao_no_bairro_granja_california_proximo_ao_no_435..docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1101/922_2025_construcao_de_uma_cobertura_na_area_externa_da_creche_da_granja_california.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1102/923_2025_patrolamento_no_bairro_antonio_joaquim_no_trecho_compreendido_entre_a_igreja_catolica_e_a_ponte_de_madeira..docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1103/924_2025_instalacao_de_redutor_de_velocidade_na_rua_coronel_manoel_bernardes_referencia_o_bar_do_paulinho_guilherme_e_marc.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1104/925_2025_guilherme_edinho_e_marco_aurelio_solicita_ao_prefeito_municipal_a_construcao_de_um_predio_proprio_para_o_funcionamento_do_tea_ame.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1111/934_2025__providencias_quanto_a_rede_eletrica_do_bairro_recanto.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1112/935_2025_sistema_de_transporte_coletivo_por_meio_de_vans.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1113/936_2025_a_aplicacao_de_po_de_pedra_nas_principais_ruas_do_bairro_prata_neste_municipio..docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1118/941_2025_saneamento_basico_na_estrada_sertao_do_calixto_bairro_vista_alegre_na_localidade_conhecida_como_rua_do_japao.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1119/942_2025_natal_de_luz_e_tradicao_2025_nas_pracas_do_centro_da_cidade.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1120/943_2025_que_realize_a_aquisicao_de_um_equipamento_de_raio-x_moderno_acompanhado_de_computador_para_o_posto_de_saude_do_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1121/944_2025_colocacao_de_escoria_na_avenida_silvino_adelio_na_altura_do_no_1985_apos_a_escola_do_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1122/945_2025_recapeamento_ou_uma_operacao_tapa-buracos_na_rua_sao_sebastiao_nas_proximidades_da_igreja_catolica_granja..docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1123/952_2025_recapeamento_da_rua_do_recanto._reiterando.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1124/953_2025_a_aplicacao_de_po_de_pedra_na_rua_14_situada_no_bairro_maravilha._reiterando.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1127/956_2025__a_colocacao_de_escoria_na_rua_barao_de_paty_nas_proximidades_do_no_258_no_bairro_recanto..docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1128/957_2025_recapeamento_da_rua_filomena_da_silva_figueira_localizada_no_bairro_esperanca..docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1129/958_2025_guilherme_e_marco_aurelio_retome_a_realizacao_do_campeonato_regional_e_do_torneio_taca_emancipacao.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1132/959_2025_recapeamento_da_alameda_leonidia_murce_e_da_entrada_do_guaribu_velho.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1139/972_2025_rua_cantagalo_bom_jardim_bairro_coqueiros_com_posterior_aplicacao_de_po_de_pedra_ou_escoria._reiterando.docx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1140/973_2025_que_providencie_a_instalacao_de_ventiladores_ou_aparelho_de_ar-condicionado_na_unidade_de_saude_do_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1141/974_2025_a_poda_de_uma_arvore_localizada_no_bairro_rio_pardo._reiterando.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1152/975_2025__notifique_o_proprietario_do_terreno_particular_localizado_no_bairro_lameirao_rj-117.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1142/976_2025__a_instalacao_dos_aparelhos_de_ar-condicionado_na_escola_municipal_major_monteiro_soares_localizada_no_bairro_horizonte..docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1143/977_2025__limpeza_no_campo_de_futebol_do_bairro_poaia.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1144/978_2025_mocao_de_aplausos_a_equipe_de_corredores_rusticos.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1145/979_2025_recapeamento_da_rua_abilio_murce_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1146/980_2025_recapeamento_do_inicio_da_rua_visconde_de_uba_situada_no_bairro_de_avelar..docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1148/982_2025_aplicacao_de_po_de_pedra_no_morro_da_estrada_da_bela_vista_e_na_rua_humberto_candido_ambas_localizadas_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1149/983_2025__que_realize_a_limpeza_da_quadra_situada_no_bairro_lameirao..docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1150/984_2025__a_troca_das_lampadas_queimadas_no_morro_do_fama_bairro_maravilha_tendo_como_referencia_a_residencia_do_senhor_edinho_da_pedreira..docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1154/987_2025_realizacao_do_recapeamento_de_uma_parte_da_rua_antonio_porreca.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1155/988_2025_instalacao_de_um_quebra-mola_na_rua_vereador_aloisio_ferreira_gomes_no_bairro_avelar_proximo_ao_no_478..docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1156/989_2025_instalacao_um_quebra-molas_na_avenida_silvino_adelio_na_altura_do_no_1196_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1157/990_2025_aplicacao_de_po_de_pedra_na_rua_altino_de_paula_tendo_como_referencia_o_no_602_no_bairro_vista_alegre..docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1158/991_2025_a_instalacao_de_lixeiras_na_praca_george_jacob_abdue.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1159/992_2025_solicita_ao_prefeito_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_apos_a_aldei_sentido_avelar.docx" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1160/993_2025_realizacao_de_recapeamento_e_reparos_na_avenida_vereador_aloisio_ferreira_gomes_no_bairro_avelar.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1161/994_2025_substituicao_das_lampadas_queimadas_na_rua_dr._mario_kroeff_localizada_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1162/995_2025_reforma_do_campo_de_grama_sintetica_situado_na_rj-125_granja_california_com_instalacao_de_cobertura_em_tela.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1163/996_2025_recapeamento_asfaltico_na_rua_vicente_de_freitas_situada_no_bairro_centro..docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1168/1004_2025__a_realizacao_de_pavimentacao_asfaltica_nas_principais_ruas_do_bairro_parque_alto_do_recanto.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1169/1005_2025_a_aplicacao_de_po_de_pedra_ou_escoria_na_rua_cantagalo_bairro_coqueiros_bem_como_nas_principais_estradas_dos_bairros_rio_pardo_e_prata..docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1170/1006_2025__pavimentacao_asfaltica_nas_principais_vias_do_bairro_zenobiopolis_morro_do_capitao..docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1171/1007_2025_colocacao_de_dois_conteineres_para_serem_utilizados_como_lixeiras_na_rua_vereador_luis_soares_da_silva_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1172/1008_2025_pavimentacao_asfaltica_no_morro_do_zeze_lopes_situado_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1174/1010_2025_a_instalacao_de_tela_de_protecao_na_quadra_de_areia_localizada_na_praca_noemia_rosa_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1176/1012_2025_instalacao_de_uma_faixa_de_pedestres_na_entrada_do_posto_ale_e_na_subida_a_rua_vereador_aloisio_ferreira_gomes.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1180/1016_2025_poda_de_arvore_na_estrada_da_enfermaria_proximo_ao_no_273_bairro_bela_vista_tendo_como_referencia_a_queijaria_do_daniel..docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1181/1017_2025_poda_de_uma_arvore_na_estrada_da_bela_vista_proximo_ao_local_conhecido_como_tinguin_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1182/1018_2025__a_instalacao_de_tomadas_nas_pracas_manoel_congo_e_george_jacob_abdue..docx" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1217/1023_2025_revitalizacao_da_sinalizacao_viaria_existente_no_bairro_recanto_nas_proximidades_do_mercadinho_recanto..docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1218/1024_2025_colocacao_de_lixeiras_no_corrego_dantas.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1219/1025_2025_manutencao_da_iluminacao_publica_na_rua_cantagalo_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1220/1026_2025_instalacao_de_torres_de_internet_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1221/1027_2025_instalacao_de_tomadas_nas_pracas_noemia_rosa_e_na_praca_de_avelar..docx" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1222/1028_2025_disponibilizacao_de_acesso_publico_a_internet_nas_pracas_manoel_congo_e_george_jacob_abdue..docx" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1223/1029_2025_colocacao_de_po_de_pedra_na_rua_roberto_da_silveira_na_altura_do_no_1200_nas_proximidades_do_pontilhao_conhecida_como_rua_do_prodeq..docx" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1224/1030_2025_instalacao_urgente_de_tampas_nas_caixas_de_esgoto_situadas_no_trecho_que_se_estende_da_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1225/1031_2025_colocacao_de_po_de_pedra_na_rua_viuva_bastos_localizada_no_bairro_poaia..docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1226/1032_2025_construcao_abertura_de_rua_alto_seco_bairro_sao_joaquim_ligando_a_area_conhecida_como_cabriteiro..docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1227/1033_2025_que_seja_realizada_a_reforma_geral_da_antiga_estacao_ferroviaria_de_avelar.docx" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1229/1035_2025_a_ampliacao_do_atendimento_do_caminhao_da_vacina_para_outros_bairros_do_municipio..docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1230/1036_2025_instalacao_de_um_quebra-molas_na_avenida_brasil.docx" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1236/1047_2025__instalacao_de_um_quebra-molas_na_rua_sao_sebastiao_no_bairro_granja_california_na_altura_do_no_129..docx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1237/1048_2025_instalacao_de_enfeites_natalinos_na_praca_noemia_rosa_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1239/1050_2025_manutencao_da_iluminacao_publica_no_bairro_capivara_no_trecho_que_vai_do_inicio_da_fazenda_santa_tereza_ate_o_final_da_rua..docx" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1240/1051_2025_realizacao_de_servicos_de_manutencao_na_rua_joao_paim_no_centro_incluindo_rocada_limpeza_geral_substituicao_de_lampadas.docx" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1241/1052_2025_construcao_abertura_de_uma_rua_ligando_a_estrada_do_guaribu_velho_a_avenida_irineu_reis..docx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1248/1063_2025_reparos_urgentes_no_mata-burro_do_bairro_recanto.docx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1249/1064_2025__convocar_um_agente_comunitario_de_saude_para_o_bairro_do_recanto.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1250/1065_2025_notificacao_da_empresa_responsavel_pelo_asfaltamento_do_bairro_recanto_para_realizar_a_substituicao_das_tampas_de_bueiros_quebradas..docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1251/1066_2025_adocao_de_providencias_relativas_a_manifestacao_de_ratos_e_mosquitos_na_rua_deputado_jose_vaz_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1252/1067_2025_que_viabilize_a_instalacao_de_uma_base_de_servico_da_light.docx" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1253/1068_2025_patrolamento_e_a_aplicacao_de_po_de_pedra_na_rua_d_localizada_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1255/1070_2025_criacao_de_vaga_rotativa_para_taxi_em_frente_ao_supermercado_fernandes.docx" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1256/1071_2025_instalacao_de_faixa_de_pedestres_na_rj-125_em_frente_a_barbearia_do_danilo_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/420/079-2025.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/436/099_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_denilson_claudinho_e_macarrao.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/437/100_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_heliomar_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/450/119_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_lenice_vianna_e_neguinho_da_oficina.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/471/144_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_carnaval_dias_03_e_05_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/517/189_2025_projeto_de_decreto_legislativo_aprova_as_contas_do_prefeito_do_exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/562/248_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_31_de_marco_a_04_de_abril_denilson_macarrao_e_neguinho.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/580/273_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_semana_santa_tiradentes_e_sao_jorge.doc" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/587/273_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_semana_santa_tiradentes_e_sao_jorge.doc" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/589/282_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_dia_02_de_maio_em_virtude_feriado_dia_do_trabalhador_01_05_2025.doc" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/594/287_2025_projeto_de_decreto_legislativo_-_fixacao_de_auxilio_alimentacao_-_servidores_da_camara_municipal.doc" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/596/289_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_07_a_11_de_abril_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/660/374_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_guilherme_edinho_marco_aurelio_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/670/384_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_denilson_macarrao_e_neguinho.doc" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/680/395_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_heliomar_e_zaninho.doc" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/681/396_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_12_e_14_de_maio_comitiva_de_vereadores_em_brasilia.doc" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/682/398_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_dias_21_22_e_23_de_maio_festa_do_tomate_2025.doc" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/696/415_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_02_a_06_de_junho_claudinho_lenice_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/731/454_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_23_a_27_de_junho_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/745/468_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dia_20_de_junho_de_2025_feriado_corpus_christi.doc" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/783/511_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_30_de_junho_a_4_de_julho_heliomar_e_zaninho.doc" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/784/512_2025_projeto_de_decreto_legislativo_viagem_brasilia__30_de_junho_a_04_de_julho_denilson_macarrao_neguinho_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/823/560_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_04_a_08_de_agosto_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/840/577_2025_projeto_de_decreto_legislativo_-_regulamenta_dispensa_de_licitacao_e_revoga_decreto_legislativo_773_de_2023.docx" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/856/594_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_04_a_08_de_agosto_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/870/616_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_11_a_15_de_agosto_denilson_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/876/625_2025_projeto_de_decreto_legislativo_-_alterando_a_data_da_sessao_solene_do_ano_de_2025_para_14_dezembro_de_2025.doc" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/890/645_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_de_agosto_heliomar_e_zaninho.doc" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1012/790_2025_projeto_de_decreto_legislativo_concede_diploma_de_merito_municipal.doc" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1013/791_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense.doc" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1056/870_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_vereadores_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1057/871_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1058/872_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_macarrao__neguinho_e_flavio_feijao.doc" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1059/873_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_20_e_22_de_outubro_maioria_dos_vereadores_em_brasilia.doc" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1060/874_2025_projeto_de_decreto_legislativo_transferencia_do_ponto_facultativo_do_dia_do_servidor_publico_de_28__para_o_dia_31_de_outubro_de_2025.doc" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1131/961_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense_2.doc" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1133/966_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1134/967_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_heliomar_zaninho_e_flavio_feijao.doc" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1135/968_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1136/969_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_macarrao__neguinho_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1137/970_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_24_e_26_de_novembro_todos_os_vereadores_em_brasilia_em_comitiva.doc" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1138/971_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dia_21_de_novembro_de_2025_feriado_consciencia_negra_dia_20.doc" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1166/1002_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense_3.doc" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1167/1003_2025_projeto_de_decreto_legislativo_concede_diploma_de_merito_municipal_2.doc" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1216/1022_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dias_23_24_30_e_31_de_2025_-_final_de_ano_natal_e_ano_novo.doc" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1242/1053_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_dia_15_de_dezembro_de_2025_-_aniversario_de_paty.doc" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1243/1054_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dias_24_26_e_31_de_dezembro_de_2025_e_2_de_janeiro_de_2026_-_final_de_ano_natal_e_ano_novo.doc" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/611/308_2025_projeto_de_resolucao_pregao_eletronico_para_contratacao_de_empresa_especializada_na_transmissao_ao_vivo_das_sessoes_parlamentares.docx" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/634/340_2025_projeto_de_resolucao_-_pregao_eletronico_aquisicao_de_1_veiculo_para_camara.docx" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/755/479_2025_projeto_de_resolucao_-__pregao_eletronico_para_aquisicao_de_gasolina.docx" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/839/576_2025_projeto_de_resolucao_vale_feira_da_camara_de_paty.doc" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/917/673_2025_projeto_de_resolucao_-_aquisicao_de_veiculo_pregao_presencial.docx" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/418/077-2025.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/469/138_2025_mocao_de_aplausos_ao_servidor_diogo_teixeira_da_silva_diretor_de_transporte_da_secr_de_saude_de_paty.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/500/173_2025_mocao_de_aplausos_ao_ex-vereador_juarez_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/504/177_2025_informacoes_sobre_o_atendimento_de_criancas_de_0_a_3_anos_nas_creches_municipais.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/527/207_2025_mocao_de_aplausos_ao_servidor_fernando_camargo.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/541/227_2025_mocao_de_repudio_contra_as_praticas_da_empresa_igua____autoria_de_todos_os_vereadores._1.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/542/228_2025_mocao_de_repudio_contra_as_praticas_da_empresa_light___autoria_de_todos_os_vereadores._1.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/543/229_2025_mocao_de_repudio_contra_as_praticas_da_empresa_tim_brasil__autoria_de_todos_os_vereadores._1.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/560/246_2025_mocao_de_pesara_familia_do_senhor_jorge_teixeira_vieira..pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/571/265_2025_-__informacoes_acerca_da_academia_da_saude_que_seria_instalada_na_praca_do_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/583/276_2025_-_mocao_de_aplausos_aos_policiais_militares_leonardo_thiago_e_josientom.docx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/608/305_2025_mocao_de_aplausos_a_brigada_de_bombeiros_civil.docx" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/630/336_2025_mocao_de_aplausos_ao_senhor_jose_carlos_costa.docx" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/631/337_2025_mocao_de_aplausos_a_servidora_cleusa_maria_de_freitas_portugal.docx" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/633/339_2025_informacoes_paralisacao_do_programa_de_fortalecimento_de_vinculo_e_do_atendimento_integral_a_familia_pelo_cras.docx" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/658/372_2025_expedido_oficio_ao_prefeito_solicitando_as_seguintes_informacoes_abaixo_transcritas.docx" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/708/428_2025_mocao_de_aplausos_ao_senhor_carmelio_lisboa_martins.docx" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/756/480_2025_mocao_de_aplausos_a_diocese_de_valenca.docx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/787/516_2025_mocao_de_aplausos_ao_coronel_pm_marcello_henrique_ferreira_guimaraes..docx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/788/517_2025_mocao_de_aplausos_ao_tenente-coronel_pm_emerson_jose_da_silva_moura.docx" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/812/542_2025_-_mocao_de_aplausos_ao_subsecretario_de_defesa_civil_celso_lopes_dornelas__guilherme_e_neguinho.docx" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/822/555_2025_mocao_aplausos_ao_vereador_presidente_desta_casa_legislativa_guilherme_rosa_rodrigue..docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/824/561_2025_mocao_de_aplausos_ao_servidor_jose_gilvandro_de_souza_baltar..docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/828/565_2025_mocao_aplausos__ao_fisioterapeuta_luis_claudio_pereira_lima..docx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/829/566_2025_mocao_aplausos__fisioterapeuta_carla_adriana_cunha_maio_carvalho..docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/830/567_2025__mocao_de_aplausos_ao_instituto_nossa_senhora_aparecida..docx" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/836/573_2025_-_mocao_de_aplausos_as_finalistas_do_concurso_de_rainha_da_festa_do_tomate_e_ao_organizador_do_evento..docx" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/837/574_2025_mocao_de_aplausos_aos_policiais_militares__marco_antonio_thiago_da_silva_e_josielton_paulino.docx" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/852/590_2025_mocao_de_aplausos_ao_nobre_vereador_wilson_rosa_de_souza_macarrao..docx" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/853/591_2025_mocao_de_aplausos_ao_prefeito_julio_avelino_oliveira_de_moura_junior..docx" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/858/596_2025_mocao_de_aplausos_ao_mestre_petr_turya..docx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/859/597_2025_mocao_de_aplausos_ao_professor_andre_luiz_martins_roland..docx" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/860/598_2025_mocao_de_aplausos_ao_senhor_elvis_villela_duarte..docx" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/865/610_2025_mocao_de_aplausos_a_veterinaria_fernanda_galdino_da_rocha.docx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/873/621_2025__mocao_de_aplausos_a_fetaerj__federacao_de_teatro_associativo_do_estado_do_rio_de_janeiro..docx" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/877/626_2025_mocao_aplausos__a_servidora_raquel_da_silva_leal..docx" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/878/627_2025_mocao_aplausos__a_sra._laura_cristina_ribeiro_proenca.docx" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/879/628_2025_mocao_aplausos__ao_servidor_alfranio_luiz_lopes_babo..docx" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/880/629_2025_mocao_de_aplausos_ao_bombeiro_francisco_lopes_da_silva..docx" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/882/631_2025_mocao_de_aplausos_ao_secretario_municipal_de_obras_juliano_de_almeida_amaral_ao_diretor_iago_ventura_da_silva.docx" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/894/649_2025_-_mocao_de_aplausos_aos_professores_comissao_tecnica_e_diretores_colegios.docx" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/895/650_2025_-_mocao_de_aplausos_aos_atletas_da_escola_municipal_liddy_mignone.docx" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/896/651_2025_-_mocao_de_aplausos_as_atletas_da_escola_municipal_vereador_sidney_de_mello_freitas.docx" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/897/652_2025_mocao_aplausos_a_mara_dalila_oliveira_da_costa..docx" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/910/666_2025__mocao_de_pesar_a_familia_de_jorge_da_cunha_santos.docx" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/924/684_2025_mocao_de_aplausos_a_senhora_solange_raiboltte_turl..docx" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/925/685_2025_mocao_de_aplausos_aos_agentes_de_combate_a_endemias_luiz_fernando_baptista_joaquim_e_jose_ricardo_faria_de_freitas..docx" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/928/688_2025_mocao_de_aplausos_a_empresa_irmaos_faustino_porto_e_cia_ltda_fazenda_das_antas.docx" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/929/689_2025_-_mocao_de_aplausos_aos_policiais_militares_foragido_da_justica.docx" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/930/690_2025_-_mocao_de_aplausos_aos_policiais_militares_trafico_ilicito_de_drogas.docx" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/931/691_2025_-_mocao_de_aplausos_aos_policiais_militares_veiculo_em_atitude_suspeita_.docx" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/935/692_2025_mocao_de_aplausos_ao_senhor_carlos_roberto_carius_rosa..docx" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/936/693_2025_mocao_de_aplausos_ao_senhor_mateus_lima_de_carvalho.docx" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/945/709_2025_-_mocao_de_aplausos_ao_sr._alan_bastos_da_silva..docx" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/949/713_2025_mocao_de_aplausos__ao_padre_itamar_andrade_santos.docx" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/950/714_2025_mocao_de_aplausos_ao_padre_welder_de_carvalho_silva..docx" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/977/730_2025___mocao_de_aplausos_aos_atletas_da_categoria_sub-11_e_a_comissao_tecnica.docx" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/978/731_2025___mocao_de_aplausos_aos_profissionais_da_tv_rio_sul.docx" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/976/734_2025_mocao_de_aplausos_ao_professor_e_aos_alunos_do_projeto_escola_leo_brazilian_jiu-jitsu.docx" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/961/734_2025_mocao_de_aplausos_ao_professor_e_aos_alunos_do_projeto_escola_leo_brazilian_jiu-jitsu.docx" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/966/741_2025_mocao_de_aplausos_senhor_cid_matos_carius..docx" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/971/746_2025_mocao_de_aplausos_ao_pastor_marcio_rosa_da_silva..docx" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/979/756_2025_-_mocao_de_pesar_a_familia_do_sr._jose_carlos_de_azevedo_rodrigues..docx" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/980/757_2025_-_mocao_de_pesar_a_familia_do_vereador_denilson_da_costa_nogueira..docx" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/986/763_2025_-_mocao_de_aplausosaos_profissionais_de_saude_do_hospital_municipal_luiz_gonzaga.docx" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/988/765_2025_mocao_aplausos__ao_senhor_jose_carlos_costa.docx" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/991/770_2025_mocao_de_aplausos_ao_secretario_de_ordem_publica_de_paty_roan_carlo_nascimento_teixeira.docx" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/994/773_2025_mocao_aplausos__a_sra._mariangela_aparecida_fernandes_conrado.docx" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/995/774_2025_mocao_aplausos__ao_sr_daniel_rodrigues_saraiva..docx" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/996/775_2025_mocao_aplausos__ao_sr._odenir_gomes_duarte..docx" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1002/782_2025_mocao_de_aplausos__a_equipe_de_saude_mental_do_municipio_de_paty_do_alferes.docx" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1020/797_2025_mocao_de_aplausos_ao_secretario_de_saude_de_paty_sr._leonardo_pereira_dos_santos..docx" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1025/802_2025_mocao_aplausos__a_danila_maria_da_silva_braga_dan_silva_e_rodolfo_da_silva_ferreira..docx" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1040/851_2025_mocao_de_aplausos_ao_dedica_centro_educacional._1.docx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1042/856_2025_mocao_de_aplausos_a_sra._michele_benazzi_da_silva.docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1044/858_2025__mocao_de_aplausos_ao_coordenador_do_programa_da_dengue_johnny_davidson_cardoso_e_a_supervisora_tatiana_viana_costa_soares..docx" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1061/875_2025_mocao_de_aplausos_ao__pastor_humberto_bertholdo_rosa..docx" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1062/876_2025_mocao_de_aplausos_ao_sr._iago_luiz_cristian_silva_oliveira_campanhao..docx" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1068/882_2025_-_mocao_de_pesar_a_familia_da_dra._carmen_suzana_gomes_vieira_muniz..docx" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1072/888_2025_-_mocao_de_pesa_a_damilia_do_diego_dos_santos_coelho..docx" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1077/893_2025_mocao_aplausos__a_sra._eva_aparecida_figueira_ferreira..docx" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1080/896_2025_-_mocao_de_aplausos_ao_sr._nei_jose_medeiros..docx" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1095/907_2025_audiencia_publica_sobre_empesa_igua_-___autoria_de_todos_os_vereadores..docx" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1099/920_2025_mocao_de_aplausos_ao_prefeito_julio_avelino_oliveira_de_moura_junior._paty_agro_show.docx" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1114/937_2025_mocao_aplausos__a_sra._heloiza_de_lima..docx" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1115/938_2025_mocao_aplausos__a_sra._karlla_lisboa_simonis..docx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1116/939_2025_mocao_aplausos__ao_sr._bruno_bessa_de_paulo..docx" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1117/940_2025__-_mocao_de_aplausos_aos_policiais_civis.docx" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1125/954_2025_mocao_de_aplausos_ao_sr_rogerio__mendes_de_melo.docx" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1126/955_2025_mocao_de_aplausos_ao_sr._osias_gomes_rosa..docx" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1130/960_2025_mocao_de_aplausos_carlos_alexandre_passos_de_souza..docx" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1147/981_2025_mocao_aplausos_a_funcionaria_da_emater_audinea_da_silva_nunes..docx" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1173/1009_2025_mocao_aplausos__jetania_alves_teixeira_rodrigues..docx" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1175/1011_2025_mocao_de_aplausos_a_sra._daiana_dutra_de_medeiros_de_souza_goncalves..docx" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1177/1013_2025_mocao_de_aplausos_ao_servidor_publico_wagner_de_souza_barros.docx" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1178/1014_2025_mocao_de_aplausos_ronildo_rodrigues_da_costa..docx" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1183/1019_2025_mocao_aplausos_ao_sr._sebastiao_barboza_junior.docx" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1231/1037_2025_mocao_de_aplausos_-_acio_contabilidade.docx" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1238/1049_2025_edinho_e_feijao_mocao_de_aplausos_aos_servidores_aldemir_de_assis_campos_edson_colli_christo_e_gesse_ribeiro.docx" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1254/1069_2025__mocao_de_aplausos_ao_senhor_fernando_ribeiro..docx" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1184/814-2025_-_aquisicao_de_equipamentos_eletroencefalograma_e_nobreak_para_mamografia.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1185/815-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1186/816-2025_-_aquisicao_de_medicamentos_da_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1187/817-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1188/818-2025_-_aquisicao_de_equipamentos_para_a_unidade_de_saude_da_granja_da_granja_california.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1189/819-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1190/820-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1191/821-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1192/822-2025_-_2_jogos_de_equipamentos_de_academia_de_saude_bosque_da_maravilha_e_quadra_lameirao.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1193/823-2025_-_realizacao_de_exames_da_saude_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1194/824-2025_-_2_jogos_de_equipamentos_de_academia_de_saude.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1195/825-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1196/826-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1197/827-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1198/828-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1199/829-2025_-_2_jogos_de_equipamentos_de_academia_de_saude.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1200/830-2025_-_aquisicao_de_equipamentos_eletroencefalograma.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1201/831-2025_-_aquisicao_de_equipamento_para_duas_salas_multisensorial_no_espaco_tea_ame.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1202/832-2025_-_aquisicao_de_veiculo_com_carroceria_para_atender_almoxarifado_da_saude.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1203/833-2025_-_asfaltamento_da_rua_joao_paim.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1204/834-2025_-_aquisicao_de_manilhas_tijolos_e_outros_materiais_para_construcao_de_redes_de_agua_pluvial_no_bairro_recanto_dos_eucalliptos.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1205/835-2025_-_construcao_de_uma_lixeira_comunitaria_no_bairro_boa_vista_proximo_a_mercearia_do_lino.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1206/836-2025_-_asfaltamento_da_subida_da_igreja_casa_de_oracao_de_aquenta_sol.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1207/837-2025_-_aquisicao_de_veiculo_4x4_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1208/838-2025_-_calcamento_em_paralelepipedo_na_estrada_de_palmares.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1209/839-2025_-_aquisicao_de_manilhas_tijolos_e_outros_materiais_para_construcao_de_redes_de_agua_pluvial_no_bairro_granja_california.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1210/840-2025_-_aquisicao_compra_de_um_terreno_no_morro_do_macaco.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1211/841-2025_-_asfaltamento_da_subida_da_igreja_casa_de_oracao_do_bairro_aquenta_sol.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1212/842-2025_-_reforma_na_quadra_da_escola_do_bairro_campo_verde.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1213/843-2025_-_calcamento_em_paralelepipedo_na_estrada_de_palmares.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/483/159_2025_dispoe_sobre_a_apreensao_de_motocicletas_com_descarga_irregular_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/529/209_2025_institui_a_realizacao_obrigatoria_do_desfile_civico_de_7_de_setembro_no_municipio_de_paty_do_alferes..pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/530/210_2025_dispoe_sobre_a_apreensao_de_motocicletas_com_descarga_irregular_e_da_outras_providencias._1.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/531/211_2025_dispoe_sobre_a_criacao_da_policia_municipal_nos_termos_da_pec_572023_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/578/260_2025_institui_a_gratuidade_em_transporte_linhas_intermunicipais_que_ligam_paty_vassouras_paraiba_do_sul_e_tres_rios.docx" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/590/283_2025_dispoe_sobre_a_cobranca_da_tarifa_de_esgoto_pelas_companhias_de_saneamento_basico_do_municipio_de_paty_do_alferes.docx" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/725/442_2025_concede_prazo_para_legalizacao_de_construcao_em_desacordo..docx" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/732/455_2025_dispoe_sobre_a_isencao_do_imposto_predial_e_territorial_urbano_iptu_para_imoveis_de_propriedade_de_pessoas_com_necessidades_especiais.docx" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/733/456_2025_dispoe_sobre_a_criacao_de_programa_municipal_de_apoio_a_obtencao_da_carteira_nacional_de_habilitacao_cnh_para_pessoas_de_baixa_renda.docx" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/734/457_2025_dispoe_sobre_a_proibicao_da_cobranca_na_instalacao_de_hidrometros_no_municipio_de_paty_do_alferes_e_da_outras_providencias..docx" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/735/458_2025_dispoe_sobre_o_adicional_de_insalubridade_dos_agentes_comunitarios_de_saude_do_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/750/474_2025_estabelece_diretrizes_sobre_a_transparencia_na_cobranca_do_consumo_de_agua_no_municipio_de_paty_do_alferes_e_da_outras_providencias..docx" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/799/529_2025_ante_projeto_de_lei_municipal_antenas__vereadores_guilherme_edinho_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/803/529_2025_ante_projeto_de_lei_municipal_antenas__vereadores_guilherme_edinho_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/886/635_2025_dispoe_sobre_a_municipalizacao_do_clube_monte_alegre.doc" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1055/869_2025_autoriza_o_poder_executivo_municipal_a_criar_o_polo_de_atendimento_veterinario_e_saude_animal.docx" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1074/890_2025_institui_o_conselho_municipal_de_esporte_e_o_fundo_municipal_de_esporte_e_da_outras__providencias..docx" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1151/985_2025_institui_o_projeto_cultura_para_todos_e_autoriza_poder_executivo_implantar_sala_de_cinema_publica_em_paty.docx" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/383/projeto_de_lei_002_2025_denominacao_de_rua_morro_do_onca_a_rua_que_corta_o_condominio_morro_do_onca_coqueiros_prata_1.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/385/mensagem_003_2025.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/384/mensagem_004_2025.doc" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/386/mensagem_005_2025.doc" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/387/mensagem_006_2025.doc" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/388/mensagem_007_2025.doc" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/389/mensagem_008_2025.doc" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/390/mensagem_009_2025.doc" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/391/mensagem_001_2025.doc" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/392/mensagem_002_2025.doc" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/411/mensagem_010_2025.doc" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/412/mensagem_011_2025.doc" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/413/mensagem_012_2025.doc" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/414/mensagem_013_2025.doc" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/415/mensagem_014_2025.doc" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/416/mensagem_015_2025.doc" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/419/078-2025.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/455/mensagem_016_2025.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/456/mensagem_017_2025.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/457/mensagem_018_2025.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/458/mensagem_019_2025.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/484/160_2025_autoriza_o_uso_de_maquinas_pesadas_na_execucao_de_obras_de_infraestrutura_e_servicos_de_interesse_social_n.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/501/mensagem_020_2025.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/502/mensagem_021_2025.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/503/mensagem_022_2025.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/505/mensagem_023_2025.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/506/mensagem_024_2025_feliz.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/507/mensagem_025_2025.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/528/208_2025_suspensao_dos_servicos_de_abastecimento_de_agua_e_esgotamento_sanitario_e_requisitos_para_o_corte_no_municipio_.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/532/212_2025_avaliacao_pia_para_os_alunos_com_transtornos_globais_do_desenvolvimento_incluindo_o_transtorno.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/536/216_2025_projeto_de_lei_mesa_diretora_-_revisao_salaria_anual_e_reajuste_salarial_-__servidores_camara_municipal_-_75_-_marco_2025.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/545/231_2025_institui_a_tarifa_social_de_agua_e_esgoto_no_municipio_de_paty_do_alferes_autor_guilherme_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/561/247_2025_dispoe_sobre_a_obrigatoriedade_da_divulgacao_da_lista_de_profissionais_de_saude.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/565/256_2025_-_dispoe_sobre_a_definicao_de_maus-tratos_contra_animais.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/566/257_2025_institui_mais_um_dia_de_dispensa_de_ponto_para_os_sevidores_publicos_municipais_doadores_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/567/258_2025_denilson_e_guilherme_-_recomendacao_da_presenca_de_bombeiros_civis_em_estabelecimentos_e_eventos_de_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/568/259_2025_proibe_instalacao_e_comercializacao_de_escapamentos_motocicletas_nao_sejam_originais_ou_aumentem_emissao_de_ruido.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/581/274_2025_declara_festa_social_n_senh_conceicao_realizada_no_bairro_avelar_como_patrimonio_imaterial_do_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/597/mensagem_029_2025.doc" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/598/mensagem_030_2025.doc" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/599/mensagem_031_2025.doc" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/612/mensagem_032_2025.doc" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/616/316_2025_criacao_da_carteira_de_identificacao_da_pessoa_com_fibromialgia_em_paty_e_da_outras_providencias.docx" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/618/mensagem_034_2025.doc" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/619/mensagem_035_2025.doc" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/620/mensagem_036_2025.doc" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/621/mensagem_037_2025.doc" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/635/mensagem_038_2025.doc" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/636/mensagem_039_2025.doc" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/637/mensagem_040_2025.doc" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/638/mensagem_041_2025.doc" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/671/mensagem_043_2025.doc" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/704/mensagem_042_2025.doc" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/723/mensagem_044_2025.doc" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/724/mensagem_045_2025.doc" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/729/451_2025_projeto_de_lei_altera_e_reestrutura_cargos_camara_autoria_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/751/475_2025_autorizacao_instalacao_de_comedouros_e_bebedouros_para_animais_de_rua_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/752/476_2025_determina_a_criacao_do_programa_visao_adequada_e_distribuicao_de_oculos_aos_estudantes_de_escolas_municipais_de_paty_do_alferes._1.docx" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/768/492_2025_institui_a_politica_municipal_de_protecao_dos_direitos_da_pessoa_com_albinismo_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/769/mensagem_046_2025.doc" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/902/5152021.doc" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/791/mensagem_047_2025.doc" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/801/mensagem_048_2025.doc" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/802/mensagem_049_2025.doc" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/813/mensagem_050_2025.doc" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/903/5562021.doc" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/904/5572021.doc" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/905/5582021.doc" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/906/5592021.doc" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/841/mensagem_051_2025.doc" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/842/mensagem_052_2025.doc" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/843/mensagem_053_2025.doc" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/844/mensagem_054_2025.doc" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/845/mensagem_055_2025.doc" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/846/mensagem_056_2025.docx" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/847/mensagem_057_2025.docx" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/863/mensagem_058_2025.docx" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/874/608_2025_altera_lei_diarias_camara_municipal_de_paty_do_alferes.doc" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/868/613_2025_da_nova_redacao_aos_artigos_12_e_ao_art._22_da_lei_2.248_de_07_de_junho_de_2016_cor_dos_taxis_de_paty_.docx" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/869/mensagem_059_2025.docx" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/875/mensagem_060_2025.docx" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/885/634_2025_-_dispoe_sobre_a_autorizacao_para_a_realizacao_de_rodeios_autores_guilherme_e_marco_aurelio.docx" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/888/mensagem_061_2025.docx" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/889/mensagem_062_2025.doc" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/920/mensagem_063_2025.doc" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/921/mensagem_064_2025.docx" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/922/mensagem_065_2025.docx" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/934/696_2025_dispoe_sobre_a_instituicao_do_dia_municipal_dos_desbravadores.docx" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/937/mensagem_069_2025.docx" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/938/mensagem_067_2025.docx" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/939/mensagem_068_2025.docx" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/940/mensagem_069_2025.docx" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/941/mensagem_070_2025.docx" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/942/mensagem_071_2025.docx" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1214/02-7251.doc" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/954/353_2025_mens._042_2025_autografo_ldo_2026.doc" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/958/732_denominacao_de_ponte_lea_mariotti_-_heliomar.docx" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/962/mensagem_074_2025.doc" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/963/mensagem_075_2025.doc" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/964/mensagem_076_2025.doc" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/973/mensagem_077_2025.doc" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1015/mensagem_078_2025.doc" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1017/mensagem_080_2025.doc" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1029/806_2025_-_dispoe_sobre_alteracoes_e_inclusoes_na_lei_048_1989_que_institui_o_codigo_tributario_de_paty___-_mens_081_2025.doc" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1030/807_2025_-_suplementacao_r_1.600.00000__-_mens_082_2025.doc" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1031/808_2025_-_suplementacao_r_1.485.00000__-_mens_083_2025.doc" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1032/809_2025_-_concede_anistia_de_juros_e_multas_debitos_tributarios_inscrito_ou_nao_em_divida_ativa_-_mens_084_2025.doc" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1041/855_2025_da_denominacao_de_praca_jose_carlos_de_azevedo_rodrigues_praca_ao_lado_do_vivinha.docx" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1054/868_2025_da_denominacao_de_parque_infantil_caio_da_silva_gomes_ao_parque_situado_na_rua_do_retiro_no_250.docx" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1081/897_2025_da_denominacao_de_estrada_jose_da_costa_taborda_filho.docx" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1091/mensagem_088_2025.docx" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1092/mensagem_085_2025.doc" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1093/mensagem_086_2025.doc" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1094/mensagem_087_2025.doc" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1096/917_2025_-_autoriza_o_poder_executivo_instituir_programa_municipal_de_apoio_a_gestante_e_ao_recem-nascido_no_municipio.docx" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1105/mensagem_090_2025.doc" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1106/mensagem_091_2025.doc" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1107/mensagem_092_2025.doc" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1108/mensagem_093_2025.doc" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1109/mensagem_094_2025.doc" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1110/mensagem_095_2025.doc" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1153/986_2025_guilherme_edinho_e_marco_aurelio_denominacao_francisco_dornelas_lopes_ao_predio_do_corpo_de_bombeiros_bairro_arcozelo.docx" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1164/997_2025_-_suplementacao_r_420.05200_-_mens_096_2025.doc" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1165/998_2025_-_suplementacao_r_415.15700_-_mens_097_2025.doc" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1179/1015_2025_-_da_denominacao_de_carlos_fernando_de_araujo_lima_a_base_do_samu_de_avelar_autoria_vereador_flavio_feijao.doc" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1215/1021_2025_-_institui_o_programa_meu_lar_meu_documento_entrega_publicade_titulos_de_propriedade_aos_beneficiarios_reurb_autoria_vereador_guilherme_rosa.doc" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1232/1038_2025_-_suplentacao_r_1.000.00000_-_mens_098_2025.doc" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1233/1039_2025_-_suplentacao_r_500.00000_-_mens_099_2025.doc" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1234/1040_2025_-_suplentacao_r_500.00000_-_mens_100_2025.doc" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1235/1041_2025_-_altera_dispositivo_da_lei_no3.221_de_05_de_fevereiro_de_2025_que_dispoe_para_alteracao_da_nomeclatura_do_cargo_criado_-_mens_101_2025.doc" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1244/1055_2025_-_da_denominacao_de_marcio_antonio_cunha_dos_anjos_a_base_da_policia_presente__bairro_arcozelo_autoria_vereador_guilherme_rosa.doc" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1245/1056_2025_-_da_denominacao_de_professora_dilma_jose_de_andrade_risso_a_faetec_bairro_avelar_autoria_vereadores_guilherme_rosa_marco_aurelio_e_macarrao.doc" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1246/1057_2025_-_suplentacao_r_500.00000_-_mens_102_2025.doc" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1247/1058_2025_-_suplentacao_r_1.191.17600_-_mens_103_2025.doc" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1257/1072_2025_-_da_denominacao_de_rua_cezar_pereira_da_silva_mello_cantagalo_coqueiro_autoria_vereador_heliomar_do_gas.doc" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/610/1602021.doc" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/653/8_parecer_397_2025_da_comissaoo_justica_e_redacao_-_ao_veto_367_202_ao_proj_212-2025.docx" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/690/8_parecer__ao_veto_307_2025_ao_projeto_de_lei_160_2025_-__.doc" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/695/1602021.doc" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/705/parecer__ao_veto_425_-_2025_ao_projeto_de_lei_160_-_2025.doc" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/393/485_2024_declara_como_patrimonio_imaterial_do_municipio_de_paty_do_alferes_o_nucleo_de_estudos_afro-brasileiros_e_indigenas.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/394/4_despacho_diretoria_comunicando_ao_autor_do_projeto_no_463_2024_leinho.doc" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/395/4_despacho_diretoria_comunicando_ao_autor_do_projeto_no_464_2024_denilson.doc" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/861/475_2025_autorizacao_instalacao_de_comedouros_e_bebedouros_para_animais_de_rua_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/862/476_2025_determina_a_criacao_do_programa_visao_adequada_e_distribuicao_de_oculos_aos_estudantes_de_escolas_municipais_de_paty_do_alferes._1.docx" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/864/492_2025_institui_a_politica_municipal_de_protecao_dos_direitos_da_pessoa_com_albinismo_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H886"/>
+  <dimension ref="A1:H908"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="143" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="230" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -23212,9036 +23407,9608 @@
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
         <v>1594</v>
       </c>
       <c r="D540" t="s">
         <v>11</v>
       </c>
       <c r="E540" t="s">
         <v>12</v>
       </c>
       <c r="F540" t="s">
         <v>62</v>
       </c>
       <c r="G540" s="1" t="s">
         <v>1954</v>
       </c>
       <c r="H540" t="s">
         <v>1955</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>964</v>
+        <v>1956</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>1956</v>
+        <v>1618</v>
       </c>
       <c r="D541" t="s">
+        <v>11</v>
+      </c>
+      <c r="E541" t="s">
+        <v>12</v>
+      </c>
+      <c r="F541" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G541" s="1" t="s">
         <v>1957</v>
       </c>
-      <c r="E541" t="s">
+      <c r="H541" t="s">
         <v>1958</v>
-      </c>
-[...7 lines deleted...]
-        <v>1961</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>1001</v>
+        <v>1959</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>1962</v>
+        <v>1622</v>
       </c>
       <c r="D542" t="s">
-        <v>1957</v>
+        <v>11</v>
       </c>
       <c r="E542" t="s">
-        <v>1958</v>
+        <v>12</v>
       </c>
       <c r="F542" t="s">
-        <v>1959</v>
+        <v>1573</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1963</v>
+        <v>1960</v>
       </c>
       <c r="H542" t="s">
-        <v>1964</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>1005</v>
+        <v>1962</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>1965</v>
+        <v>1630</v>
       </c>
       <c r="D543" t="s">
-        <v>1957</v>
+        <v>11</v>
       </c>
       <c r="E543" t="s">
-        <v>1958</v>
+        <v>12</v>
       </c>
       <c r="F543" t="s">
-        <v>1959</v>
+        <v>18</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1966</v>
+        <v>1963</v>
       </c>
       <c r="H543" t="s">
         <v>1964</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>1021</v>
+        <v>1965</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D544" t="s">
+        <v>11</v>
+      </c>
+      <c r="E544" t="s">
+        <v>12</v>
+      </c>
+      <c r="F544" t="s">
+        <v>100</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>1966</v>
+      </c>
+      <c r="H544" t="s">
         <v>1967</v>
-      </c>
-[...13 lines deleted...]
-        <v>1964</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>1058</v>
+        <v>1968</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D545" t="s">
+        <v>11</v>
+      </c>
+      <c r="E545" t="s">
+        <v>12</v>
+      </c>
+      <c r="F545" t="s">
+        <v>137</v>
+      </c>
+      <c r="G545" s="1" t="s">
         <v>1969</v>
       </c>
-      <c r="D545" t="s">
-[...8 lines deleted...]
-      <c r="G545" s="1" t="s">
+      <c r="H545" t="s">
         <v>1970</v>
-      </c>
-[...1 lines deleted...]
-        <v>1971</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B546" t="s">
+        <v>9</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D546" t="s">
+        <v>11</v>
+      </c>
+      <c r="E546" t="s">
+        <v>12</v>
+      </c>
+      <c r="F546" t="s">
+        <v>18</v>
+      </c>
+      <c r="G546" s="1" t="s">
         <v>1972</v>
       </c>
-      <c r="B546" t="s">
-[...2 lines deleted...]
-      <c r="C546" t="s">
+      <c r="H546" t="s">
         <v>1973</v>
-      </c>
-[...13 lines deleted...]
-        <v>1975</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B547" t="s">
+        <v>9</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D547" t="s">
+        <v>11</v>
+      </c>
+      <c r="E547" t="s">
+        <v>12</v>
+      </c>
+      <c r="F547" t="s">
+        <v>18</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="H547" t="s">
         <v>1976</v>
-      </c>
-[...19 lines deleted...]
-        <v>1978</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>1248</v>
+        <v>1977</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
+        <v>1652</v>
+      </c>
+      <c r="D548" t="s">
+        <v>11</v>
+      </c>
+      <c r="E548" t="s">
+        <v>12</v>
+      </c>
+      <c r="F548" t="s">
+        <v>18</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="H548" t="s">
         <v>1979</v>
-      </c>
-[...13 lines deleted...]
-        <v>1964</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B549" t="s">
+        <v>9</v>
+      </c>
+      <c r="C549" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D549" t="s">
+        <v>11</v>
+      </c>
+      <c r="E549" t="s">
+        <v>12</v>
+      </c>
+      <c r="F549" t="s">
+        <v>53</v>
+      </c>
+      <c r="G549" s="1" t="s">
         <v>1981</v>
       </c>
-      <c r="B549" t="s">
-[...2 lines deleted...]
-      <c r="C549" t="s">
+      <c r="H549" t="s">
         <v>1982</v>
-      </c>
-[...13 lines deleted...]
-        <v>1984</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>1283</v>
+        <v>1983</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D550" t="s">
+        <v>11</v>
+      </c>
+      <c r="E550" t="s">
+        <v>12</v>
+      </c>
+      <c r="F550" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H550" t="s">
         <v>1985</v>
-      </c>
-[...13 lines deleted...]
-        <v>1984</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>1290</v>
+        <v>1986</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
         <v>1987</v>
       </c>
       <c r="D551" t="s">
-        <v>1957</v>
+        <v>11</v>
       </c>
       <c r="E551" t="s">
-        <v>1958</v>
+        <v>12</v>
       </c>
       <c r="F551" t="s">
-        <v>1959</v>
+        <v>40</v>
       </c>
       <c r="G551" s="1" t="s">
         <v>1988</v>
       </c>
       <c r="H551" t="s">
         <v>1989</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>1990</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D552" t="s">
+        <v>11</v>
+      </c>
+      <c r="E552" t="s">
+        <v>12</v>
+      </c>
+      <c r="F552" t="s">
+        <v>100</v>
+      </c>
+      <c r="G552" s="1" t="s">
         <v>1991</v>
       </c>
-      <c r="D552" t="s">
-[...8 lines deleted...]
-      <c r="G552" s="1" t="s">
+      <c r="H552" t="s">
         <v>1992</v>
-      </c>
-[...1 lines deleted...]
-        <v>1993</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
+        <v>1993</v>
+      </c>
+      <c r="B553" t="s">
+        <v>9</v>
+      </c>
+      <c r="C553" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D553" t="s">
+        <v>11</v>
+      </c>
+      <c r="E553" t="s">
+        <v>12</v>
+      </c>
+      <c r="F553" t="s">
+        <v>100</v>
+      </c>
+      <c r="G553" s="1" t="s">
         <v>1994</v>
       </c>
-      <c r="B553" t="s">
-[...2 lines deleted...]
-      <c r="C553" t="s">
+      <c r="H553" t="s">
         <v>1995</v>
-      </c>
-[...13 lines deleted...]
-        <v>1964</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
+        <v>964</v>
+      </c>
+      <c r="B554" t="s">
+        <v>9</v>
+      </c>
+      <c r="C554" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D554" t="s">
         <v>1997</v>
       </c>
-      <c r="B554" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E554" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F554" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="H554" t="s">
-        <v>1964</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>1374</v>
+        <v>1001</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D555" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E555" t="s">
+        <v>1998</v>
+      </c>
+      <c r="F555" t="s">
         <v>1999</v>
       </c>
-      <c r="D555" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G555" s="1" t="s">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="H555" t="s">
-        <v>1964</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2001</v>
+        <v>1005</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="D556" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E556" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F556" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="H556" t="s">
-        <v>1964</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>2007</v>
+      </c>
+      <c r="D557" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E557" t="s">
+        <v>1998</v>
+      </c>
+      <c r="F557" t="s">
+        <v>1999</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="H557" t="s">
         <v>2004</v>
-      </c>
-[...19 lines deleted...]
-        <v>2006</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>2007</v>
+        <v>1058</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>160</v>
+        <v>2009</v>
       </c>
       <c r="D558" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E558" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F558" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="H558" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="D559" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E559" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F559" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="H559" t="s">
-        <v>1964</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>337</v>
+        <v>2017</v>
       </c>
       <c r="D560" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E560" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F560" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>2014</v>
+        <v>287</v>
       </c>
       <c r="H560" t="s">
-        <v>1964</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>1458</v>
+        <v>1248</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>376</v>
+        <v>2019</v>
       </c>
       <c r="D561" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E561" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F561" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="H561" t="s">
-        <v>2016</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>1527</v>
+        <v>2021</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>500</v>
+        <v>2022</v>
       </c>
       <c r="D562" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E562" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F562" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="H562" t="s">
-        <v>1964</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>1531</v>
+        <v>1283</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>504</v>
+        <v>2025</v>
       </c>
       <c r="D563" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E563" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F563" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>2018</v>
+        <v>2026</v>
       </c>
       <c r="H563" t="s">
-        <v>1964</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>2019</v>
+        <v>1290</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>2020</v>
+        <v>2027</v>
       </c>
       <c r="D564" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E564" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F564" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>2021</v>
+        <v>2028</v>
       </c>
       <c r="H564" t="s">
-        <v>1964</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>2022</v>
+        <v>2030</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>629</v>
+        <v>2031</v>
       </c>
       <c r="D565" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E565" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F565" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>2023</v>
+        <v>2032</v>
       </c>
       <c r="H565" t="s">
-        <v>2024</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>2025</v>
+        <v>2034</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>1990</v>
+        <v>2035</v>
       </c>
       <c r="D566" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E566" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F566" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>2026</v>
+        <v>2036</v>
       </c>
       <c r="H566" t="s">
-        <v>1964</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>2027</v>
+        <v>2037</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>2028</v>
+        <v>115</v>
       </c>
       <c r="D567" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E567" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F567" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>2029</v>
+        <v>2038</v>
       </c>
       <c r="H567" t="s">
-        <v>1964</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>2030</v>
+        <v>1374</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>764</v>
+        <v>2039</v>
       </c>
       <c r="D568" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E568" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F568" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>2031</v>
+        <v>2040</v>
       </c>
       <c r="H568" t="s">
-        <v>2032</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2033</v>
+        <v>2041</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>803</v>
+        <v>2042</v>
       </c>
       <c r="D569" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E569" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F569" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2034</v>
+        <v>2043</v>
       </c>
       <c r="H569" t="s">
-        <v>1964</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>1896</v>
+        <v>2044</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>1164</v>
+        <v>152</v>
       </c>
       <c r="D570" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E570" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F570" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>2035</v>
+        <v>2045</v>
       </c>
       <c r="H570" t="s">
-        <v>2036</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2037</v>
+        <v>2047</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>2038</v>
+        <v>160</v>
       </c>
       <c r="D571" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E571" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F571" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>2039</v>
+        <v>2048</v>
       </c>
       <c r="H571" t="s">
-        <v>2040</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2041</v>
+        <v>2050</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>2027</v>
+        <v>2051</v>
       </c>
       <c r="D572" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E572" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F572" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2042</v>
+        <v>2052</v>
       </c>
       <c r="H572" t="s">
-        <v>1964</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2043</v>
+        <v>2053</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>1310</v>
+        <v>337</v>
       </c>
       <c r="D573" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E573" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F573" t="s">
-        <v>2044</v>
+        <v>1999</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>2045</v>
+        <v>2054</v>
       </c>
       <c r="H573" t="s">
-        <v>1964</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>2046</v>
+        <v>1458</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>1314</v>
+        <v>376</v>
       </c>
       <c r="D574" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E574" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F574" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>2047</v>
+        <v>2055</v>
       </c>
       <c r="H574" t="s">
-        <v>1964</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2048</v>
+        <v>1527</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>2049</v>
+        <v>500</v>
       </c>
       <c r="D575" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E575" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F575" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2050</v>
+        <v>2057</v>
       </c>
       <c r="H575" t="s">
-        <v>2051</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2052</v>
+        <v>1531</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>2053</v>
+        <v>504</v>
       </c>
       <c r="D576" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E576" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F576" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2054</v>
+        <v>2058</v>
       </c>
       <c r="H576" t="s">
-        <v>2055</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2056</v>
+        <v>2059</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>2057</v>
+        <v>2060</v>
       </c>
       <c r="D577" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E577" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F577" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2058</v>
+        <v>2061</v>
       </c>
       <c r="H577" t="s">
-        <v>2040</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2059</v>
+        <v>2062</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>2060</v>
+        <v>629</v>
       </c>
       <c r="D578" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E578" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F578" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="H578" t="s">
-        <v>1964</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2062</v>
+        <v>2065</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>1448</v>
+        <v>2030</v>
       </c>
       <c r="D579" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E579" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F579" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>2063</v>
+        <v>2066</v>
       </c>
       <c r="H579" t="s">
-        <v>1964</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2064</v>
+        <v>2067</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>1451</v>
+        <v>2068</v>
       </c>
       <c r="D580" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E580" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F580" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2065</v>
+        <v>2069</v>
       </c>
       <c r="H580" t="s">
-        <v>1964</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2066</v>
+        <v>2070</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>1454</v>
+        <v>764</v>
       </c>
       <c r="D581" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E581" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F581" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2067</v>
+        <v>2071</v>
       </c>
       <c r="H581" t="s">
-        <v>1964</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2068</v>
+        <v>2073</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>1457</v>
+        <v>803</v>
       </c>
       <c r="D582" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E582" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F582" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2069</v>
+        <v>2074</v>
       </c>
       <c r="H582" t="s">
-        <v>2070</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2071</v>
+        <v>1896</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>2072</v>
+        <v>1164</v>
       </c>
       <c r="D583" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E583" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F583" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2073</v>
+        <v>2075</v>
       </c>
       <c r="H583" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2075</v>
+        <v>2077</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>2076</v>
+        <v>2078</v>
       </c>
       <c r="D584" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E584" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F584" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
       <c r="H584" t="s">
-        <v>2040</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2078</v>
+        <v>2081</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>1489</v>
+        <v>2067</v>
       </c>
       <c r="D585" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E585" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F585" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2079</v>
+        <v>2082</v>
       </c>
       <c r="H585" t="s">
-        <v>2036</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2080</v>
+        <v>2083</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>1560</v>
+        <v>1310</v>
       </c>
       <c r="D586" t="s">
-        <v>1957</v>
+        <v>1997</v>
       </c>
       <c r="E586" t="s">
-        <v>1958</v>
+        <v>1998</v>
       </c>
       <c r="F586" t="s">
-        <v>1959</v>
+        <v>2084</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>2081</v>
+        <v>2085</v>
       </c>
       <c r="H586" t="s">
-        <v>2082</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>1303</v>
+        <v>2086</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>2083</v>
+        <v>1314</v>
       </c>
       <c r="D587" t="s">
-        <v>2084</v>
+        <v>1997</v>
       </c>
       <c r="E587" t="s">
-        <v>2085</v>
+        <v>1998</v>
       </c>
       <c r="F587" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="H587" t="s">
-        <v>2087</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
         <v>2088</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
         <v>2089</v>
       </c>
       <c r="D588" t="s">
-        <v>2084</v>
+        <v>1997</v>
       </c>
       <c r="E588" t="s">
-        <v>2085</v>
+        <v>1998</v>
       </c>
       <c r="F588" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G588" s="1" t="s">
         <v>2090</v>
       </c>
       <c r="H588" t="s">
         <v>2091</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
         <v>2092</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>424</v>
+        <v>2093</v>
       </c>
       <c r="D589" t="s">
-        <v>2084</v>
+        <v>1997</v>
       </c>
       <c r="E589" t="s">
-        <v>2085</v>
+        <v>1998</v>
       </c>
       <c r="F589" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="H589" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>669</v>
+        <v>2097</v>
       </c>
       <c r="D590" t="s">
-        <v>2084</v>
+        <v>1997</v>
       </c>
       <c r="E590" t="s">
-        <v>2085</v>
+        <v>1998</v>
       </c>
       <c r="F590" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>2096</v>
+        <v>2098</v>
       </c>
       <c r="H590" t="s">
-        <v>2097</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>874</v>
+        <v>2100</v>
       </c>
       <c r="D591" t="s">
-        <v>2084</v>
+        <v>1997</v>
       </c>
       <c r="E591" t="s">
-        <v>2085</v>
+        <v>1998</v>
       </c>
       <c r="F591" t="s">
-        <v>1959</v>
+        <v>1999</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
       <c r="H591" t="s">
-        <v>2100</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>956</v>
+        <v>2102</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>2101</v>
+        <v>1448</v>
       </c>
       <c r="D592" t="s">
-        <v>2102</v>
+        <v>1997</v>
       </c>
       <c r="E592" t="s">
+        <v>1998</v>
+      </c>
+      <c r="F592" t="s">
+        <v>1999</v>
+      </c>
+      <c r="G592" s="1" t="s">
         <v>2103</v>
       </c>
-      <c r="F592" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H592" t="s">
-        <v>2105</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2106</v>
+        <v>2104</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>2107</v>
+        <v>1451</v>
       </c>
       <c r="D593" t="s">
-        <v>2102</v>
+        <v>1997</v>
       </c>
       <c r="E593" t="s">
-        <v>2103</v>
+        <v>1998</v>
       </c>
       <c r="F593" t="s">
-        <v>18</v>
+        <v>1999</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2108</v>
+        <v>2105</v>
       </c>
       <c r="H593" t="s">
-        <v>2109</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>1118</v>
+        <v>2106</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>2110</v>
+        <v>1454</v>
       </c>
       <c r="D594" t="s">
-        <v>2102</v>
+        <v>1997</v>
       </c>
       <c r="E594" t="s">
-        <v>2103</v>
+        <v>1998</v>
       </c>
       <c r="F594" t="s">
-        <v>18</v>
+        <v>1999</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2111</v>
+        <v>2107</v>
       </c>
       <c r="H594" t="s">
-        <v>2112</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>1134</v>
+        <v>2108</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>2113</v>
+        <v>1457</v>
       </c>
       <c r="D595" t="s">
-        <v>2102</v>
+        <v>1997</v>
       </c>
       <c r="E595" t="s">
-        <v>2103</v>
+        <v>1998</v>
       </c>
       <c r="F595" t="s">
-        <v>254</v>
+        <v>1999</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2114</v>
+        <v>2109</v>
       </c>
       <c r="H595" t="s">
-        <v>2115</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>1183</v>
+        <v>2111</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>2116</v>
+        <v>2112</v>
       </c>
       <c r="D596" t="s">
-        <v>2102</v>
+        <v>1997</v>
       </c>
       <c r="E596" t="s">
-        <v>2103</v>
+        <v>1998</v>
       </c>
       <c r="F596" t="s">
-        <v>18</v>
+        <v>1999</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2117</v>
+        <v>2113</v>
       </c>
       <c r="H596" t="s">
-        <v>2118</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>1218</v>
+        <v>2115</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>2119</v>
+        <v>2116</v>
       </c>
       <c r="D597" t="s">
-        <v>2102</v>
+        <v>1997</v>
       </c>
       <c r="E597" t="s">
-        <v>2103</v>
+        <v>1998</v>
       </c>
       <c r="F597" t="s">
-        <v>2120</v>
+        <v>1999</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2121</v>
+        <v>2117</v>
       </c>
       <c r="H597" t="s">
-        <v>2122</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2123</v>
+        <v>2118</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>2124</v>
+        <v>1489</v>
       </c>
       <c r="D598" t="s">
-        <v>2102</v>
+        <v>1997</v>
       </c>
       <c r="E598" t="s">
-        <v>2103</v>
+        <v>1998</v>
       </c>
       <c r="F598" t="s">
-        <v>2120</v>
+        <v>1999</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>2125</v>
+        <v>2119</v>
       </c>
       <c r="H598" t="s">
-        <v>2126</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2127</v>
+        <v>2120</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>2128</v>
+        <v>1560</v>
       </c>
       <c r="D599" t="s">
-        <v>2102</v>
+        <v>1997</v>
       </c>
       <c r="E599" t="s">
-        <v>2103</v>
+        <v>1998</v>
       </c>
       <c r="F599" t="s">
-        <v>2120</v>
+        <v>1999</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2129</v>
+        <v>2121</v>
       </c>
       <c r="H599" t="s">
-        <v>2130</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2020</v>
+        <v>2123</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>2131</v>
+        <v>1641</v>
       </c>
       <c r="D600" t="s">
-        <v>2102</v>
+        <v>1997</v>
       </c>
       <c r="E600" t="s">
-        <v>2103</v>
+        <v>1998</v>
       </c>
       <c r="F600" t="s">
-        <v>40</v>
+        <v>1999</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2132</v>
+        <v>2124</v>
       </c>
       <c r="H600" t="s">
-        <v>2133</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>1270</v>
+        <v>2126</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>2134</v>
+        <v>2127</v>
       </c>
       <c r="D601" t="s">
-        <v>2102</v>
+        <v>1997</v>
       </c>
       <c r="E601" t="s">
-        <v>2103</v>
+        <v>1998</v>
       </c>
       <c r="F601" t="s">
-        <v>40</v>
+        <v>1999</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2135</v>
+        <v>2128</v>
       </c>
       <c r="H601" t="s">
-        <v>2136</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2137</v>
+        <v>1303</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>2138</v>
+        <v>2130</v>
       </c>
       <c r="D602" t="s">
-        <v>2102</v>
+        <v>2131</v>
       </c>
       <c r="E602" t="s">
-        <v>2103</v>
+        <v>2132</v>
       </c>
       <c r="F602" t="s">
-        <v>13</v>
+        <v>1999</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2139</v>
+        <v>2133</v>
       </c>
       <c r="H602" t="s">
-        <v>2140</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2141</v>
+        <v>2135</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>2142</v>
+        <v>2136</v>
       </c>
       <c r="D603" t="s">
-        <v>2102</v>
+        <v>2131</v>
       </c>
       <c r="E603" t="s">
-        <v>2103</v>
+        <v>2132</v>
       </c>
       <c r="F603" t="s">
-        <v>137</v>
+        <v>1999</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2143</v>
+        <v>2137</v>
       </c>
       <c r="H603" t="s">
-        <v>2144</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>1319</v>
+        <v>2139</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>2145</v>
+        <v>424</v>
       </c>
       <c r="D604" t="s">
-        <v>2102</v>
+        <v>2131</v>
       </c>
       <c r="E604" t="s">
-        <v>2103</v>
+        <v>2132</v>
       </c>
       <c r="F604" t="s">
-        <v>254</v>
+        <v>1999</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>2146</v>
+        <v>2140</v>
       </c>
       <c r="H604" t="s">
-        <v>2147</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>2148</v>
+        <v>2142</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>2149</v>
+        <v>669</v>
       </c>
       <c r="D605" t="s">
-        <v>2102</v>
+        <v>2131</v>
       </c>
       <c r="E605" t="s">
-        <v>2103</v>
+        <v>2132</v>
       </c>
       <c r="F605" t="s">
-        <v>53</v>
+        <v>1999</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>2150</v>
+        <v>2143</v>
       </c>
       <c r="H605" t="s">
-        <v>2151</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>1326</v>
+        <v>2145</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>2152</v>
+        <v>874</v>
       </c>
       <c r="D606" t="s">
-        <v>2102</v>
+        <v>2131</v>
       </c>
       <c r="E606" t="s">
-        <v>2103</v>
+        <v>2132</v>
       </c>
       <c r="F606" t="s">
-        <v>254</v>
+        <v>1999</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2153</v>
+        <v>2146</v>
       </c>
       <c r="H606" t="s">
-        <v>2154</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>2155</v>
+        <v>956</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>107</v>
+        <v>2148</v>
       </c>
       <c r="D607" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E607" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F607" t="s">
-        <v>915</v>
+        <v>53</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>2156</v>
+        <v>2151</v>
       </c>
       <c r="H607" t="s">
-        <v>2157</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>1410</v>
+        <v>2153</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>244</v>
+        <v>2154</v>
       </c>
       <c r="D608" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E608" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F608" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>2158</v>
+        <v>2155</v>
       </c>
       <c r="H608" t="s">
-        <v>2159</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>2160</v>
+        <v>1118</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>428</v>
+        <v>2157</v>
       </c>
       <c r="D609" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E609" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F609" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>2161</v>
+        <v>2158</v>
       </c>
       <c r="H609" t="s">
-        <v>2162</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>1541</v>
+        <v>1134</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>2163</v>
+        <v>2160</v>
       </c>
       <c r="D610" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E610" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F610" t="s">
         <v>254</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2164</v>
+        <v>2161</v>
       </c>
       <c r="H610" t="s">
-        <v>2165</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>1545</v>
+        <v>1183</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>1972</v>
+        <v>2163</v>
       </c>
       <c r="D611" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E611" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F611" t="s">
-        <v>254</v>
+        <v>18</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2166</v>
+        <v>2164</v>
       </c>
       <c r="H611" t="s">
-        <v>2167</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B612" t="s">
+        <v>9</v>
+      </c>
+      <c r="C612" t="s">
+        <v>2166</v>
+      </c>
+      <c r="D612" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E612" t="s">
+        <v>2150</v>
+      </c>
+      <c r="F612" t="s">
+        <v>2167</v>
+      </c>
+      <c r="G612" s="1" t="s">
         <v>2168</v>
       </c>
-      <c r="B612" t="s">
-[...11 lines deleted...]
-      <c r="F612" t="s">
+      <c r="H612" t="s">
         <v>2169</v>
-      </c>
-[...4 lines deleted...]
-        <v>2171</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B613" t="s">
+        <v>9</v>
+      </c>
+      <c r="C613" t="s">
+        <v>2171</v>
+      </c>
+      <c r="D613" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E613" t="s">
+        <v>2150</v>
+      </c>
+      <c r="F613" t="s">
+        <v>2167</v>
+      </c>
+      <c r="G613" s="1" t="s">
         <v>2172</v>
       </c>
-      <c r="B613" t="s">
-[...14 lines deleted...]
-      <c r="G613" s="1" t="s">
+      <c r="H613" t="s">
         <v>2173</v>
-      </c>
-[...1 lines deleted...]
-        <v>2174</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
+        <v>2174</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
         <v>2175</v>
       </c>
-      <c r="B614" t="s">
-[...2 lines deleted...]
-      <c r="C614" t="s">
+      <c r="D614" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E614" t="s">
+        <v>2150</v>
+      </c>
+      <c r="F614" t="s">
+        <v>2167</v>
+      </c>
+      <c r="G614" s="1" t="s">
         <v>2176</v>
       </c>
-      <c r="D614" t="s">
-[...8 lines deleted...]
-      <c r="G614" s="1" t="s">
+      <c r="H614" t="s">
         <v>2177</v>
-      </c>
-[...1 lines deleted...]
-        <v>2178</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2179</v>
+        <v>2060</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>2180</v>
+        <v>2178</v>
       </c>
       <c r="D615" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E615" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F615" t="s">
         <v>40</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>2181</v>
+        <v>2179</v>
       </c>
       <c r="H615" t="s">
-        <v>2182</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2183</v>
+        <v>1270</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>2184</v>
+        <v>2181</v>
       </c>
       <c r="D616" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E616" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F616" t="s">
         <v>40</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>2185</v>
+        <v>2182</v>
       </c>
       <c r="H616" t="s">
-        <v>2186</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
+        <v>2184</v>
+      </c>
+      <c r="B617" t="s">
+        <v>9</v>
+      </c>
+      <c r="C617" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D617" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E617" t="s">
+        <v>2150</v>
+      </c>
+      <c r="F617" t="s">
+        <v>13</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>2186</v>
+      </c>
+      <c r="H617" t="s">
         <v>2187</v>
-      </c>
-[...19 lines deleted...]
-        <v>2190</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
+        <v>2188</v>
+      </c>
+      <c r="B618" t="s">
+        <v>9</v>
+      </c>
+      <c r="C618" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D618" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E618" t="s">
+        <v>2150</v>
+      </c>
+      <c r="F618" t="s">
+        <v>137</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>2190</v>
+      </c>
+      <c r="H618" t="s">
         <v>2191</v>
-      </c>
-[...19 lines deleted...]
-        <v>2193</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B619" t="s">
+        <v>9</v>
+      </c>
+      <c r="C619" t="s">
+        <v>2192</v>
+      </c>
+      <c r="D619" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E619" t="s">
+        <v>2150</v>
+      </c>
+      <c r="F619" t="s">
+        <v>254</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>2193</v>
+      </c>
+      <c r="H619" t="s">
         <v>2194</v>
-      </c>
-[...19 lines deleted...]
-        <v>2196</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
+        <v>2195</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>2196</v>
+      </c>
+      <c r="D620" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E620" t="s">
+        <v>2150</v>
+      </c>
+      <c r="F620" t="s">
+        <v>53</v>
+      </c>
+      <c r="G620" s="1" t="s">
         <v>2197</v>
       </c>
-      <c r="B620" t="s">
-[...2 lines deleted...]
-      <c r="C620" t="s">
+      <c r="H620" t="s">
         <v>2198</v>
-      </c>
-[...13 lines deleted...]
-        <v>2200</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D621" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E621" t="s">
+        <v>2150</v>
+      </c>
+      <c r="F621" t="s">
+        <v>254</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>2200</v>
+      </c>
+      <c r="H621" t="s">
         <v>2201</v>
-      </c>
-[...19 lines deleted...]
-        <v>2203</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
+        <v>2202</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>107</v>
+      </c>
+      <c r="D622" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E622" t="s">
+        <v>2150</v>
+      </c>
+      <c r="F622" t="s">
+        <v>915</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="H622" t="s">
         <v>2204</v>
-      </c>
-[...19 lines deleted...]
-        <v>2206</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>1611</v>
+        <v>1410</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>2207</v>
+        <v>244</v>
       </c>
       <c r="D623" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E623" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F623" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>2208</v>
+        <v>2205</v>
       </c>
       <c r="H623" t="s">
-        <v>2209</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>1615</v>
+        <v>2207</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>2210</v>
+        <v>428</v>
       </c>
       <c r="D624" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E624" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F624" t="s">
         <v>53</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>2211</v>
+        <v>2208</v>
       </c>
       <c r="H624" t="s">
-        <v>2212</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>1635</v>
+        <v>1541</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>2213</v>
+        <v>2210</v>
       </c>
       <c r="D625" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E625" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F625" t="s">
-        <v>87</v>
+        <v>254</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>2214</v>
+        <v>2211</v>
       </c>
       <c r="H625" t="s">
-        <v>2215</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>2049</v>
+        <v>1545</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>2216</v>
+        <v>2012</v>
       </c>
       <c r="D626" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E626" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F626" t="s">
-        <v>915</v>
+        <v>254</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2217</v>
+        <v>2213</v>
       </c>
       <c r="H626" t="s">
-        <v>2218</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>1645</v>
+        <v>2215</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>768</v>
+        <v>2170</v>
       </c>
       <c r="D627" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E627" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F627" t="s">
-        <v>40</v>
+        <v>2216</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>2219</v>
+        <v>2217</v>
       </c>
       <c r="H627" t="s">
-        <v>2220</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>1649</v>
+        <v>2219</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>772</v>
+        <v>597</v>
       </c>
       <c r="D628" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E628" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F628" t="s">
         <v>40</v>
       </c>
       <c r="G628" s="1" t="s">
+        <v>2220</v>
+      </c>
+      <c r="H628" t="s">
         <v>2221</v>
-      </c>
-[...1 lines deleted...]
-        <v>2222</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>1653</v>
+        <v>2222</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>776</v>
+        <v>2223</v>
       </c>
       <c r="D629" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E629" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F629" t="s">
-        <v>40</v>
+        <v>137</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
       <c r="H629" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>1657</v>
+        <v>2226</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>780</v>
+        <v>2227</v>
       </c>
       <c r="D630" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E630" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F630" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>2225</v>
+        <v>2228</v>
       </c>
       <c r="H630" t="s">
-        <v>2226</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>2227</v>
+        <v>2230</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>2148</v>
+        <v>2231</v>
       </c>
       <c r="D631" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E631" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F631" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>2228</v>
+        <v>2232</v>
       </c>
       <c r="H631" t="s">
-        <v>2229</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>1685</v>
+        <v>2234</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>815</v>
+        <v>2235</v>
       </c>
       <c r="D632" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E632" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F632" t="s">
-        <v>13</v>
+        <v>915</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>2230</v>
+        <v>2236</v>
       </c>
       <c r="H632" t="s">
-        <v>2231</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>1689</v>
+        <v>2238</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>818</v>
+        <v>657</v>
       </c>
       <c r="D633" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E633" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F633" t="s">
         <v>13</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>2232</v>
+        <v>2239</v>
       </c>
       <c r="H633" t="s">
-        <v>2233</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>2234</v>
+        <v>2241</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>821</v>
+        <v>661</v>
       </c>
       <c r="D634" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E634" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F634" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>2235</v>
+        <v>2242</v>
       </c>
       <c r="H634" t="s">
-        <v>2236</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>2237</v>
+        <v>2244</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>824</v>
+        <v>2245</v>
       </c>
       <c r="D635" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E635" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F635" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>2238</v>
+        <v>2246</v>
       </c>
       <c r="H635" t="s">
-        <v>2239</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>2240</v>
+        <v>2248</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>857</v>
+        <v>688</v>
       </c>
       <c r="D636" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E636" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F636" t="s">
-        <v>254</v>
+        <v>100</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>2241</v>
+        <v>2249</v>
       </c>
       <c r="H636" t="s">
-        <v>2242</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>1742</v>
+        <v>2251</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>905</v>
+        <v>2034</v>
       </c>
       <c r="D637" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E637" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F637" t="s">
         <v>18</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>2243</v>
+        <v>2252</v>
       </c>
       <c r="H637" t="s">
-        <v>2244</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>1747</v>
+        <v>1611</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>908</v>
+        <v>2254</v>
       </c>
       <c r="D638" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E638" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F638" t="s">
         <v>18</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>2245</v>
+        <v>2255</v>
       </c>
       <c r="H638" t="s">
-        <v>2246</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>2247</v>
+        <v>1615</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>918</v>
+        <v>2257</v>
       </c>
       <c r="D639" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E639" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F639" t="s">
-        <v>137</v>
+        <v>53</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>2248</v>
+        <v>2258</v>
       </c>
       <c r="H639" t="s">
-        <v>2249</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2250</v>
+        <v>1635</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>921</v>
+        <v>2260</v>
       </c>
       <c r="D640" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E640" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F640" t="s">
-        <v>13</v>
+        <v>87</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>2251</v>
+        <v>2261</v>
       </c>
       <c r="H640" t="s">
-        <v>2252</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2253</v>
+        <v>2089</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>2254</v>
+        <v>2263</v>
       </c>
       <c r="D641" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E641" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F641" t="s">
-        <v>13</v>
+        <v>915</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>2255</v>
+        <v>2264</v>
       </c>
       <c r="H641" t="s">
-        <v>2256</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2257</v>
+        <v>1645</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>933</v>
+        <v>768</v>
       </c>
       <c r="D642" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E642" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F642" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2258</v>
+        <v>2266</v>
       </c>
       <c r="H642" t="s">
-        <v>2259</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>1755</v>
+        <v>1649</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>936</v>
+        <v>772</v>
       </c>
       <c r="D643" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E643" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F643" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2260</v>
+        <v>2268</v>
       </c>
       <c r="H643" t="s">
-        <v>2261</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>1759</v>
+        <v>1653</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>940</v>
+        <v>776</v>
       </c>
       <c r="D644" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E644" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F644" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2262</v>
+        <v>2270</v>
       </c>
       <c r="H644" t="s">
-        <v>2263</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>1777</v>
+        <v>1657</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>979</v>
+        <v>780</v>
       </c>
       <c r="D645" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E645" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F645" t="s">
         <v>18</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2264</v>
+        <v>2272</v>
       </c>
       <c r="H645" t="s">
-        <v>2265</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2266</v>
+        <v>2274</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>991</v>
+        <v>2195</v>
       </c>
       <c r="D646" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E646" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F646" t="s">
-        <v>137</v>
+        <v>62</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2267</v>
+        <v>2275</v>
       </c>
       <c r="H646" t="s">
-        <v>2268</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2269</v>
+        <v>1685</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>994</v>
+        <v>815</v>
       </c>
       <c r="D647" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E647" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F647" t="s">
-        <v>137</v>
+        <v>13</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2270</v>
+        <v>2277</v>
       </c>
       <c r="H647" t="s">
-        <v>2271</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>1818</v>
+        <v>1689</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>1024</v>
+        <v>818</v>
       </c>
       <c r="D648" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E648" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F648" t="s">
         <v>13</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2272</v>
+        <v>2279</v>
       </c>
       <c r="H648" t="s">
-        <v>2273</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>1822</v>
+        <v>2281</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>2013</v>
+        <v>821</v>
       </c>
       <c r="D649" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E649" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F649" t="s">
         <v>13</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2274</v>
+        <v>2282</v>
       </c>
       <c r="H649" t="s">
-        <v>2275</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>1814</v>
+        <v>2284</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>2276</v>
+        <v>824</v>
       </c>
       <c r="D650" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E650" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F650" t="s">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2277</v>
+        <v>2285</v>
       </c>
       <c r="H650" t="s">
-        <v>2278</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2057</v>
+        <v>2287</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>2279</v>
+        <v>857</v>
       </c>
       <c r="D651" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E651" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F651" t="s">
-        <v>100</v>
+        <v>254</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2280</v>
+        <v>2288</v>
       </c>
       <c r="H651" t="s">
-        <v>2278</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2060</v>
+        <v>1742</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>1042</v>
+        <v>905</v>
       </c>
       <c r="D652" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E652" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F652" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2281</v>
+        <v>2290</v>
       </c>
       <c r="H652" t="s">
-        <v>2282</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2072</v>
+        <v>1747</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>1054</v>
+        <v>908</v>
       </c>
       <c r="D653" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E653" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F653" t="s">
-        <v>137</v>
+        <v>18</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2283</v>
+        <v>2292</v>
       </c>
       <c r="H653" t="s">
-        <v>2284</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>1826</v>
+        <v>2294</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>2160</v>
+        <v>918</v>
       </c>
       <c r="D654" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E654" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F654" t="s">
-        <v>53</v>
+        <v>137</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2285</v>
+        <v>2295</v>
       </c>
       <c r="H654" t="s">
-        <v>2286</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>1830</v>
+        <v>2297</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>1073</v>
+        <v>921</v>
       </c>
       <c r="D655" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E655" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F655" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2287</v>
+        <v>2298</v>
       </c>
       <c r="H655" t="s">
-        <v>2288</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2289</v>
+        <v>2300</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>1093</v>
+        <v>2301</v>
       </c>
       <c r="D656" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E656" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F656" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2290</v>
+        <v>2302</v>
       </c>
       <c r="H656" t="s">
-        <v>2291</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>1846</v>
+        <v>2304</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>1099</v>
+        <v>933</v>
       </c>
       <c r="D657" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E657" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F657" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2292</v>
+        <v>2305</v>
       </c>
       <c r="H657" t="s">
-        <v>2293</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>1856</v>
+        <v>1755</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>1108</v>
+        <v>936</v>
       </c>
       <c r="D658" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E658" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F658" t="s">
-        <v>100</v>
+        <v>53</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2294</v>
+        <v>2307</v>
       </c>
       <c r="H658" t="s">
-        <v>2295</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>1866</v>
+        <v>1759</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>1117</v>
+        <v>940</v>
       </c>
       <c r="D659" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E659" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F659" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2296</v>
+        <v>2309</v>
       </c>
       <c r="H659" t="s">
-        <v>2297</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>1870</v>
+        <v>1777</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>1121</v>
+        <v>979</v>
       </c>
       <c r="D660" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E660" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F660" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>2298</v>
+        <v>2311</v>
       </c>
       <c r="H660" t="s">
-        <v>2299</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>1874</v>
+        <v>2313</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>1125</v>
+        <v>991</v>
       </c>
       <c r="D661" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E661" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F661" t="s">
-        <v>40</v>
+        <v>137</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2300</v>
+        <v>2314</v>
       </c>
       <c r="H661" t="s">
-        <v>2301</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2076</v>
+        <v>2316</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>1152</v>
+        <v>994</v>
       </c>
       <c r="D662" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E662" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F662" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2302</v>
+        <v>2317</v>
       </c>
       <c r="H662" t="s">
-        <v>2303</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2304</v>
+        <v>1818</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>1182</v>
+        <v>1024</v>
       </c>
       <c r="D663" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E663" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F663" t="s">
-        <v>137</v>
+        <v>13</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>2305</v>
+        <v>2319</v>
       </c>
       <c r="H663" t="s">
-        <v>2306</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>1917</v>
+        <v>1822</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>2307</v>
+        <v>2053</v>
       </c>
       <c r="D664" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E664" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F664" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2308</v>
+        <v>2321</v>
       </c>
       <c r="H664" t="s">
-        <v>2309</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2310</v>
+        <v>1814</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>1289</v>
+        <v>2323</v>
       </c>
       <c r="D665" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E665" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F665" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>2311</v>
+        <v>2324</v>
       </c>
       <c r="H665" t="s">
-        <v>2312</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2313</v>
+        <v>2097</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>2025</v>
+        <v>2326</v>
       </c>
       <c r="D666" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E666" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F666" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2314</v>
+        <v>2327</v>
       </c>
       <c r="H666" t="s">
-        <v>2315</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2316</v>
+        <v>2100</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>2204</v>
+        <v>1042</v>
       </c>
       <c r="D667" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E667" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F667" t="s">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>2317</v>
+        <v>2328</v>
       </c>
       <c r="H667" t="s">
-        <v>2318</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2319</v>
+        <v>2112</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>2320</v>
+        <v>1054</v>
       </c>
       <c r="D668" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E668" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F668" t="s">
-        <v>1573</v>
+        <v>137</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2321</v>
+        <v>2330</v>
       </c>
       <c r="H668" t="s">
-        <v>2322</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2323</v>
+        <v>1826</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>2030</v>
+        <v>2207</v>
       </c>
       <c r="D669" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E669" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F669" t="s">
-        <v>1573</v>
+        <v>53</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2324</v>
+        <v>2332</v>
       </c>
       <c r="H669" t="s">
-        <v>2325</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2326</v>
+        <v>1830</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>2227</v>
+        <v>1073</v>
       </c>
       <c r="D670" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E670" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F670" t="s">
         <v>53</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>2327</v>
+        <v>2334</v>
       </c>
       <c r="H670" t="s">
-        <v>2328</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2329</v>
+        <v>2336</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>2330</v>
+        <v>1093</v>
       </c>
       <c r="D671" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E671" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F671" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2331</v>
+        <v>2337</v>
       </c>
       <c r="H671" t="s">
-        <v>2332</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2333</v>
+        <v>1846</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>1339</v>
+        <v>1099</v>
       </c>
       <c r="D672" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E672" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F672" t="s">
         <v>40</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2334</v>
+        <v>2339</v>
       </c>
       <c r="H672" t="s">
-        <v>2335</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2336</v>
+        <v>1856</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>2234</v>
+        <v>1108</v>
       </c>
       <c r="D673" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E673" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F673" t="s">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2337</v>
+        <v>2341</v>
       </c>
       <c r="H673" t="s">
-        <v>2338</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2339</v>
+        <v>1866</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>1355</v>
+        <v>1117</v>
       </c>
       <c r="D674" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E674" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F674" t="s">
-        <v>2340</v>
+        <v>40</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>2341</v>
+        <v>2343</v>
       </c>
       <c r="H674" t="s">
-        <v>2342</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2343</v>
+        <v>1870</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>2344</v>
+        <v>1121</v>
       </c>
       <c r="D675" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E675" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F675" t="s">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="G675" s="1" t="s">
         <v>2345</v>
       </c>
       <c r="H675" t="s">
         <v>2346</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2347</v>
+        <v>1874</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>2348</v>
+        <v>1125</v>
       </c>
       <c r="D676" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E676" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F676" t="s">
         <v>40</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2349</v>
+        <v>2347</v>
       </c>
       <c r="H676" t="s">
-        <v>2350</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2351</v>
+        <v>2116</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>2352</v>
+        <v>1152</v>
       </c>
       <c r="D677" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E677" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F677" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2353</v>
+        <v>2349</v>
       </c>
       <c r="H677" t="s">
-        <v>2354</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2355</v>
+        <v>2351</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>2356</v>
+        <v>1182</v>
       </c>
       <c r="D678" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E678" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F678" t="s">
-        <v>40</v>
+        <v>137</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2357</v>
+        <v>2352</v>
       </c>
       <c r="H678" t="s">
-        <v>2358</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2359</v>
+        <v>1917</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>2360</v>
+        <v>2354</v>
       </c>
       <c r="D679" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E679" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F679" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2361</v>
+        <v>2355</v>
       </c>
       <c r="H679" t="s">
-        <v>2362</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2363</v>
+        <v>2357</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>2364</v>
+        <v>1289</v>
       </c>
       <c r="D680" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E680" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F680" t="s">
-        <v>1573</v>
+        <v>137</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2365</v>
+        <v>2358</v>
       </c>
       <c r="H680" t="s">
-        <v>2366</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2367</v>
+        <v>2360</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>1431</v>
+        <v>2065</v>
       </c>
       <c r="D681" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E681" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F681" t="s">
-        <v>1573</v>
+        <v>137</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2368</v>
+        <v>2361</v>
       </c>
       <c r="H681" t="s">
-        <v>2369</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2370</v>
+        <v>2363</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>1441</v>
+        <v>2251</v>
       </c>
       <c r="D682" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E682" t="s">
-        <v>2103</v>
+        <v>2150</v>
+      </c>
+      <c r="F682" t="s">
+        <v>18</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2371</v>
+        <v>2364</v>
       </c>
       <c r="H682" t="s">
-        <v>2372</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2373</v>
+        <v>2366</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>1471</v>
+        <v>2367</v>
       </c>
       <c r="D683" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E683" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F683" t="s">
-        <v>40</v>
+        <v>1573</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2374</v>
+        <v>2368</v>
       </c>
       <c r="H683" t="s">
-        <v>2375</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2376</v>
+        <v>2370</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>1537</v>
+        <v>2070</v>
       </c>
       <c r="D684" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E684" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F684" t="s">
-        <v>40</v>
+        <v>1573</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2377</v>
+        <v>2371</v>
       </c>
       <c r="H684" t="s">
-        <v>2378</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2379</v>
+        <v>1987</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>1544</v>
+        <v>2274</v>
       </c>
       <c r="D685" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E685" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F685" t="s">
-        <v>137</v>
+        <v>53</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2380</v>
+        <v>2373</v>
       </c>
       <c r="H685" t="s">
-        <v>2381</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2382</v>
+        <v>2375</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>2037</v>
+        <v>2376</v>
       </c>
       <c r="D686" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E686" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F686" t="s">
-        <v>1573</v>
+        <v>53</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2383</v>
+        <v>2377</v>
       </c>
       <c r="H686" t="s">
-        <v>2384</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2385</v>
+        <v>2379</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>1548</v>
+        <v>1339</v>
       </c>
       <c r="D687" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E687" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F687" t="s">
-        <v>1573</v>
+        <v>40</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2386</v>
+        <v>2380</v>
       </c>
       <c r="H687" t="s">
-        <v>2387</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2388</v>
+        <v>2382</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>1554</v>
+        <v>2281</v>
       </c>
       <c r="D688" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E688" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F688" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2389</v>
+        <v>2383</v>
       </c>
       <c r="H688" t="s">
-        <v>2390</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2391</v>
+        <v>2385</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>1598</v>
+        <v>1355</v>
       </c>
       <c r="D689" t="s">
-        <v>2102</v>
+        <v>2149</v>
       </c>
       <c r="E689" t="s">
-        <v>2103</v>
+        <v>2150</v>
       </c>
       <c r="F689" t="s">
-        <v>13</v>
+        <v>2386</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>2392</v>
+        <v>2387</v>
       </c>
       <c r="H689" t="s">
-        <v>2393</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2394</v>
+        <v>2389</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>1221</v>
+        <v>2390</v>
       </c>
       <c r="D690" t="s">
-        <v>2395</v>
+        <v>2149</v>
       </c>
       <c r="E690" t="s">
-        <v>2396</v>
+        <v>2150</v>
       </c>
       <c r="F690" t="s">
-        <v>62</v>
+        <v>100</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>2397</v>
+        <v>2391</v>
       </c>
       <c r="H690" t="s">
-        <v>2398</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2399</v>
+        <v>2393</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>1225</v>
+        <v>2394</v>
       </c>
       <c r="D691" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E691" t="s">
+        <v>2150</v>
+      </c>
+      <c r="F691" t="s">
+        <v>40</v>
+      </c>
+      <c r="G691" s="1" t="s">
         <v>2395</v>
       </c>
-      <c r="E691" t="s">
+      <c r="H691" t="s">
         <v>2396</v>
-      </c>
-[...7 lines deleted...]
-        <v>2401</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2402</v>
+        <v>2397</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>1229</v>
+        <v>2398</v>
       </c>
       <c r="D692" t="s">
-        <v>2395</v>
+        <v>2149</v>
       </c>
       <c r="E692" t="s">
-        <v>2396</v>
+        <v>2150</v>
       </c>
       <c r="F692" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2403</v>
+        <v>2399</v>
       </c>
       <c r="H692" t="s">
-        <v>2404</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2405</v>
+        <v>2401</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>1232</v>
+        <v>2402</v>
       </c>
       <c r="D693" t="s">
-        <v>2395</v>
+        <v>2149</v>
       </c>
       <c r="E693" t="s">
-        <v>2396</v>
+        <v>2150</v>
       </c>
       <c r="F693" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2406</v>
+        <v>2403</v>
       </c>
       <c r="H693" t="s">
-        <v>2401</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B694" t="s">
+        <v>9</v>
+      </c>
+      <c r="C694" t="s">
+        <v>2406</v>
+      </c>
+      <c r="D694" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E694" t="s">
+        <v>2150</v>
+      </c>
+      <c r="F694" t="s">
+        <v>53</v>
+      </c>
+      <c r="G694" s="1" t="s">
         <v>2407</v>
       </c>
-      <c r="B694" t="s">
-[...14 lines deleted...]
-      <c r="G694" s="1" t="s">
+      <c r="H694" t="s">
         <v>2408</v>
-      </c>
-[...1 lines deleted...]
-        <v>2409</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B695" t="s">
+        <v>9</v>
+      </c>
+      <c r="C695" t="s">
         <v>2410</v>
       </c>
-      <c r="B695" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D695" t="s">
-        <v>2395</v>
+        <v>2149</v>
       </c>
       <c r="E695" t="s">
-        <v>2396</v>
+        <v>2150</v>
       </c>
       <c r="F695" t="s">
         <v>1573</v>
       </c>
       <c r="G695" s="1" t="s">
         <v>2411</v>
       </c>
       <c r="H695" t="s">
-        <v>2401</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>2412</v>
+        <v>2413</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>1241</v>
+        <v>1431</v>
       </c>
       <c r="D696" t="s">
-        <v>2395</v>
+        <v>2149</v>
       </c>
       <c r="E696" t="s">
-        <v>2396</v>
+        <v>2150</v>
       </c>
       <c r="F696" t="s">
-        <v>13</v>
+        <v>1573</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2413</v>
+        <v>2414</v>
       </c>
       <c r="H696" t="s">
-        <v>2414</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2415</v>
+        <v>2416</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>1244</v>
+        <v>1441</v>
       </c>
       <c r="D697" t="s">
-        <v>2395</v>
+        <v>2149</v>
       </c>
       <c r="E697" t="s">
-        <v>2396</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>2150</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2416</v>
+        <v>2417</v>
       </c>
       <c r="H697" t="s">
-        <v>2414</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>2417</v>
+        <v>2419</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>2172</v>
+        <v>1471</v>
       </c>
       <c r="D698" t="s">
-        <v>2395</v>
+        <v>2149</v>
       </c>
       <c r="E698" t="s">
-        <v>2396</v>
+        <v>2150</v>
       </c>
       <c r="F698" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2418</v>
+        <v>2420</v>
       </c>
       <c r="H698" t="s">
-        <v>2419</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2420</v>
+        <v>2422</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>2019</v>
+        <v>1537</v>
       </c>
       <c r="D699" t="s">
-        <v>2395</v>
+        <v>2149</v>
       </c>
       <c r="E699" t="s">
-        <v>2396</v>
+        <v>2150</v>
       </c>
       <c r="F699" t="s">
         <v>40</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2421</v>
+        <v>2423</v>
       </c>
       <c r="H699" t="s">
-        <v>2422</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2423</v>
+        <v>2425</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>2175</v>
+        <v>1544</v>
       </c>
       <c r="D700" t="s">
-        <v>2395</v>
+        <v>2149</v>
       </c>
       <c r="E700" t="s">
-        <v>2396</v>
+        <v>2150</v>
       </c>
       <c r="F700" t="s">
-        <v>40</v>
+        <v>137</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2424</v>
+        <v>2426</v>
       </c>
       <c r="H700" t="s">
-        <v>2425</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2426</v>
+        <v>2428</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>1247</v>
+        <v>2077</v>
       </c>
       <c r="D701" t="s">
-        <v>2395</v>
+        <v>2149</v>
       </c>
       <c r="E701" t="s">
-        <v>2396</v>
+        <v>2150</v>
       </c>
       <c r="F701" t="s">
-        <v>40</v>
+        <v>1573</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2427</v>
+        <v>2429</v>
       </c>
       <c r="H701" t="s">
-        <v>2414</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2428</v>
+        <v>2431</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>1251</v>
+        <v>1548</v>
       </c>
       <c r="D702" t="s">
-        <v>2395</v>
+        <v>2149</v>
       </c>
       <c r="E702" t="s">
-        <v>2396</v>
+        <v>2150</v>
       </c>
       <c r="F702" t="s">
-        <v>53</v>
+        <v>1573</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2429</v>
+        <v>2432</v>
       </c>
       <c r="H702" t="s">
-        <v>2414</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2430</v>
+        <v>2434</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>1255</v>
+        <v>1554</v>
       </c>
       <c r="D703" t="s">
-        <v>2395</v>
+        <v>2149</v>
       </c>
       <c r="E703" t="s">
-        <v>2396</v>
+        <v>2150</v>
       </c>
       <c r="F703" t="s">
-        <v>137</v>
+        <v>40</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2431</v>
+        <v>2435</v>
       </c>
       <c r="H703" t="s">
-        <v>2414</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2432</v>
+        <v>2437</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>2179</v>
+        <v>1598</v>
       </c>
       <c r="D704" t="s">
-        <v>2395</v>
+        <v>2149</v>
       </c>
       <c r="E704" t="s">
-        <v>2396</v>
+        <v>2150</v>
       </c>
       <c r="F704" t="s">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2433</v>
+        <v>2438</v>
       </c>
       <c r="H704" t="s">
-        <v>2414</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2434</v>
+        <v>2440</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>2183</v>
+        <v>1626</v>
       </c>
       <c r="D705" t="s">
-        <v>2395</v>
+        <v>2149</v>
       </c>
       <c r="E705" t="s">
-        <v>2396</v>
+        <v>2150</v>
       </c>
       <c r="F705" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2435</v>
+        <v>2441</v>
       </c>
       <c r="H705" t="s">
-        <v>2425</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2436</v>
+        <v>2443</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>2187</v>
+        <v>1663</v>
       </c>
       <c r="D706" t="s">
-        <v>2395</v>
+        <v>2149</v>
       </c>
       <c r="E706" t="s">
-        <v>2396</v>
+        <v>2150</v>
       </c>
       <c r="F706" t="s">
         <v>915</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2437</v>
+        <v>2444</v>
       </c>
       <c r="H706" t="s">
-        <v>2438</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2439</v>
+        <v>2446</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>1259</v>
+        <v>1221</v>
       </c>
       <c r="D707" t="s">
-        <v>2395</v>
+        <v>2447</v>
       </c>
       <c r="E707" t="s">
-        <v>2396</v>
+        <v>2448</v>
       </c>
       <c r="F707" t="s">
-        <v>915</v>
+        <v>62</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2440</v>
+        <v>2449</v>
       </c>
       <c r="H707" t="s">
-        <v>2441</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2442</v>
+        <v>2451</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>1263</v>
+        <v>1225</v>
       </c>
       <c r="D708" t="s">
-        <v>2395</v>
+        <v>2447</v>
       </c>
       <c r="E708" t="s">
-        <v>2396</v>
+        <v>2448</v>
       </c>
       <c r="F708" t="s">
-        <v>87</v>
+        <v>62</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2443</v>
+        <v>2452</v>
       </c>
       <c r="H708" t="s">
-        <v>2444</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2445</v>
+        <v>2454</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>1266</v>
+        <v>1229</v>
       </c>
       <c r="D709" t="s">
-        <v>2395</v>
+        <v>2447</v>
       </c>
       <c r="E709" t="s">
-        <v>2396</v>
+        <v>2448</v>
       </c>
       <c r="F709" t="s">
-        <v>915</v>
+        <v>18</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2446</v>
+        <v>2455</v>
       </c>
       <c r="H709" t="s">
-        <v>2447</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
+        <v>2457</v>
+      </c>
+      <c r="B710" t="s">
+        <v>9</v>
+      </c>
+      <c r="C710" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D710" t="s">
+        <v>2447</v>
+      </c>
+      <c r="E710" t="s">
         <v>2448</v>
       </c>
-      <c r="B710" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F710" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2449</v>
+        <v>2458</v>
       </c>
       <c r="H710" t="s">
-        <v>2450</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2451</v>
+        <v>2459</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>1273</v>
+        <v>1235</v>
       </c>
       <c r="D711" t="s">
-        <v>2395</v>
+        <v>2447</v>
       </c>
       <c r="E711" t="s">
-        <v>2396</v>
+        <v>2448</v>
       </c>
       <c r="F711" t="s">
-        <v>18</v>
+        <v>1573</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2452</v>
+        <v>2460</v>
       </c>
       <c r="H711" t="s">
-        <v>2453</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2454</v>
+        <v>2462</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>2191</v>
+        <v>1238</v>
       </c>
       <c r="D712" t="s">
-        <v>2395</v>
+        <v>2447</v>
       </c>
       <c r="E712" t="s">
-        <v>2396</v>
+        <v>2448</v>
       </c>
       <c r="F712" t="s">
-        <v>18</v>
+        <v>1573</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2455</v>
+        <v>2463</v>
       </c>
       <c r="H712" t="s">
-        <v>2456</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2457</v>
+        <v>2464</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>2194</v>
+        <v>1241</v>
       </c>
       <c r="D713" t="s">
-        <v>2395</v>
+        <v>2447</v>
       </c>
       <c r="E713" t="s">
-        <v>2396</v>
+        <v>2448</v>
       </c>
       <c r="F713" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2458</v>
+        <v>2465</v>
       </c>
       <c r="H713" t="s">
-        <v>2459</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2460</v>
+        <v>2467</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>1276</v>
+        <v>1244</v>
       </c>
       <c r="D714" t="s">
-        <v>2395</v>
+        <v>2447</v>
       </c>
       <c r="E714" t="s">
-        <v>2396</v>
+        <v>2448</v>
       </c>
       <c r="F714" t="s">
-        <v>1573</v>
+        <v>27</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2461</v>
+        <v>2468</v>
       </c>
       <c r="H714" t="s">
-        <v>2462</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2463</v>
+        <v>2469</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>2095</v>
+        <v>2219</v>
       </c>
       <c r="D715" t="s">
-        <v>2395</v>
+        <v>2447</v>
       </c>
       <c r="E715" t="s">
-        <v>2396</v>
+        <v>2448</v>
       </c>
       <c r="F715" t="s">
-        <v>1573</v>
+        <v>27</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2464</v>
+        <v>2470</v>
       </c>
       <c r="H715" t="s">
-        <v>2465</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2466</v>
+        <v>2472</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>2022</v>
+        <v>2059</v>
       </c>
       <c r="D716" t="s">
-        <v>2395</v>
+        <v>2447</v>
       </c>
       <c r="E716" t="s">
-        <v>2396</v>
+        <v>2448</v>
       </c>
       <c r="F716" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2467</v>
+        <v>2473</v>
       </c>
       <c r="H716" t="s">
-        <v>2468</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2469</v>
+        <v>2475</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>2470</v>
+        <v>2222</v>
       </c>
       <c r="D717" t="s">
-        <v>2395</v>
+        <v>2447</v>
       </c>
       <c r="E717" t="s">
-        <v>2396</v>
+        <v>2448</v>
       </c>
       <c r="F717" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2471</v>
+        <v>2476</v>
       </c>
       <c r="H717" t="s">
-        <v>2472</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2473</v>
+        <v>2478</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>2474</v>
+        <v>1247</v>
       </c>
       <c r="D718" t="s">
-        <v>2395</v>
+        <v>2447</v>
       </c>
       <c r="E718" t="s">
-        <v>2396</v>
+        <v>2448</v>
       </c>
       <c r="F718" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2475</v>
+        <v>2479</v>
       </c>
       <c r="H718" t="s">
-        <v>2476</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2477</v>
+        <v>2480</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>2478</v>
+        <v>1251</v>
       </c>
       <c r="D719" t="s">
-        <v>2395</v>
+        <v>2447</v>
       </c>
       <c r="E719" t="s">
-        <v>2396</v>
+        <v>2448</v>
       </c>
       <c r="F719" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2479</v>
+        <v>2481</v>
       </c>
       <c r="H719" t="s">
-        <v>2462</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>1080</v>
+        <v>2482</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>2480</v>
+        <v>1255</v>
       </c>
       <c r="D720" t="s">
-        <v>2481</v>
+        <v>2447</v>
       </c>
       <c r="E720" t="s">
-        <v>2482</v>
+        <v>2448</v>
       </c>
       <c r="F720" t="s">
-        <v>254</v>
+        <v>137</v>
       </c>
       <c r="G720" s="1" t="s">
         <v>2483</v>
       </c>
       <c r="H720" t="s">
-        <v>2484</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
+        <v>2484</v>
+      </c>
+      <c r="B721" t="s">
+        <v>9</v>
+      </c>
+      <c r="C721" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D721" t="s">
+        <v>2447</v>
+      </c>
+      <c r="E721" t="s">
+        <v>2448</v>
+      </c>
+      <c r="F721" t="s">
+        <v>100</v>
+      </c>
+      <c r="G721" s="1" t="s">
         <v>2485</v>
       </c>
-      <c r="B721" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H721" t="s">
-        <v>2488</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>1191</v>
+        <v>2486</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>2489</v>
+        <v>2230</v>
       </c>
       <c r="D722" t="s">
-        <v>2481</v>
+        <v>2447</v>
       </c>
       <c r="E722" t="s">
-        <v>2482</v>
+        <v>2448</v>
       </c>
       <c r="F722" t="s">
-        <v>254</v>
+        <v>100</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2490</v>
+        <v>2487</v>
       </c>
       <c r="H722" t="s">
-        <v>2491</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2492</v>
+        <v>2488</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>2493</v>
+        <v>2234</v>
       </c>
       <c r="D723" t="s">
-        <v>2481</v>
+        <v>2447</v>
       </c>
       <c r="E723" t="s">
-        <v>2482</v>
+        <v>2448</v>
       </c>
       <c r="F723" t="s">
-        <v>254</v>
+        <v>915</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2494</v>
+        <v>2489</v>
       </c>
       <c r="H723" t="s">
-        <v>2495</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2496</v>
+        <v>2491</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>2497</v>
+        <v>1259</v>
       </c>
       <c r="D724" t="s">
-        <v>2481</v>
+        <v>2447</v>
       </c>
       <c r="E724" t="s">
-        <v>2482</v>
+        <v>2448</v>
       </c>
       <c r="F724" t="s">
-        <v>27</v>
+        <v>915</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2498</v>
+        <v>2492</v>
       </c>
       <c r="H724" t="s">
-        <v>2499</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2198</v>
+        <v>2494</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>2500</v>
+        <v>1263</v>
       </c>
       <c r="D725" t="s">
-        <v>2481</v>
+        <v>2447</v>
       </c>
       <c r="E725" t="s">
-        <v>2482</v>
+        <v>2448</v>
       </c>
       <c r="F725" t="s">
         <v>87</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2501</v>
+        <v>2495</v>
       </c>
       <c r="H725" t="s">
-        <v>2502</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2503</v>
+        <v>2497</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>293</v>
+        <v>1266</v>
       </c>
       <c r="D726" t="s">
-        <v>2481</v>
+        <v>2447</v>
       </c>
       <c r="E726" t="s">
-        <v>2482</v>
+        <v>2448</v>
       </c>
       <c r="F726" t="s">
         <v>915</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2504</v>
+        <v>2498</v>
       </c>
       <c r="H726" t="s">
-        <v>2505</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2506</v>
+        <v>2500</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>2507</v>
+        <v>1269</v>
       </c>
       <c r="D727" t="s">
-        <v>2481</v>
+        <v>2447</v>
       </c>
       <c r="E727" t="s">
-        <v>2482</v>
+        <v>2448</v>
       </c>
       <c r="F727" t="s">
-        <v>87</v>
+        <v>62</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2508</v>
+        <v>2501</v>
       </c>
       <c r="H727" t="s">
-        <v>2509</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>1442</v>
+        <v>2503</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>2510</v>
+        <v>1273</v>
       </c>
       <c r="D728" t="s">
-        <v>2481</v>
+        <v>2447</v>
       </c>
       <c r="E728" t="s">
-        <v>2482</v>
+        <v>2448</v>
       </c>
       <c r="F728" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2511</v>
+        <v>2504</v>
       </c>
       <c r="H728" t="s">
-        <v>2512</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2276</v>
+        <v>2506</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>2513</v>
+        <v>2238</v>
       </c>
       <c r="D729" t="s">
-        <v>2481</v>
+        <v>2447</v>
       </c>
       <c r="E729" t="s">
-        <v>2482</v>
+        <v>2448</v>
       </c>
       <c r="F729" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2514</v>
+        <v>2507</v>
       </c>
       <c r="H729" t="s">
-        <v>2515</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2279</v>
+        <v>2509</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>2516</v>
+        <v>2241</v>
       </c>
       <c r="D730" t="s">
-        <v>2481</v>
+        <v>2447</v>
       </c>
       <c r="E730" t="s">
-        <v>2482</v>
+        <v>2448</v>
       </c>
       <c r="F730" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2517</v>
+        <v>2510</v>
       </c>
       <c r="H730" t="s">
-        <v>2518</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>1468</v>
+        <v>2512</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>392</v>
+        <v>1276</v>
       </c>
       <c r="D731" t="s">
-        <v>2481</v>
+        <v>2447</v>
       </c>
       <c r="E731" t="s">
-        <v>2482</v>
+        <v>2448</v>
       </c>
       <c r="F731" t="s">
-        <v>87</v>
+        <v>1573</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2519</v>
+        <v>2513</v>
       </c>
       <c r="H731" t="s">
-        <v>2520</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>1561</v>
+        <v>2515</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>396</v>
+        <v>2142</v>
       </c>
       <c r="D732" t="s">
-        <v>2481</v>
+        <v>2447</v>
       </c>
       <c r="E732" t="s">
-        <v>2482</v>
+        <v>2448</v>
       </c>
       <c r="F732" t="s">
-        <v>13</v>
+        <v>1573</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>2521</v>
+        <v>2516</v>
       </c>
       <c r="H732" t="s">
-        <v>2522</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>1572</v>
+        <v>2518</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>2485</v>
+        <v>2062</v>
       </c>
       <c r="D733" t="s">
-        <v>2481</v>
+        <v>2447</v>
       </c>
       <c r="E733" t="s">
-        <v>2482</v>
+        <v>2448</v>
       </c>
       <c r="F733" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2523</v>
+        <v>2519</v>
       </c>
       <c r="H733" t="s">
-        <v>2522</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>1668</v>
+        <v>2521</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
+        <v>2522</v>
+      </c>
+      <c r="D734" t="s">
+        <v>2447</v>
+      </c>
+      <c r="E734" t="s">
+        <v>2448</v>
+      </c>
+      <c r="F734" t="s">
+        <v>53</v>
+      </c>
+      <c r="G734" s="1" t="s">
+        <v>2523</v>
+      </c>
+      <c r="H734" t="s">
         <v>2524</v>
-      </c>
-[...13 lines deleted...]
-        <v>2526</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
+        <v>2525</v>
+      </c>
+      <c r="B735" t="s">
+        <v>9</v>
+      </c>
+      <c r="C735" t="s">
+        <v>2526</v>
+      </c>
+      <c r="D735" t="s">
+        <v>2447</v>
+      </c>
+      <c r="E735" t="s">
+        <v>2448</v>
+      </c>
+      <c r="F735" t="s">
+        <v>87</v>
+      </c>
+      <c r="G735" s="1" t="s">
         <v>2527</v>
       </c>
-      <c r="B735" t="s">
-[...2 lines deleted...]
-      <c r="C735" t="s">
+      <c r="H735" t="s">
         <v>2528</v>
-      </c>
-[...13 lines deleted...]
-        <v>2530</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B736" t="s">
+        <v>9</v>
+      </c>
+      <c r="C736" t="s">
+        <v>2530</v>
+      </c>
+      <c r="D736" t="s">
+        <v>2447</v>
+      </c>
+      <c r="E736" t="s">
+        <v>2448</v>
+      </c>
+      <c r="F736" t="s">
+        <v>13</v>
+      </c>
+      <c r="G736" s="1" t="s">
         <v>2531</v>
       </c>
-      <c r="B736" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H736" t="s">
-        <v>2533</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B737" t="s">
+        <v>9</v>
+      </c>
+      <c r="C737" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D737" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E737" t="s">
         <v>2534</v>
       </c>
-      <c r="B737" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F737" t="s">
-        <v>27</v>
+        <v>254</v>
       </c>
       <c r="G737" s="1" t="s">
         <v>2535</v>
       </c>
       <c r="H737" t="s">
         <v>2536</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>867</v>
+        <v>2537</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
       <c r="D738" t="s">
-        <v>2538</v>
+        <v>2533</v>
       </c>
       <c r="E738" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F738" t="s">
+        <v>137</v>
+      </c>
+      <c r="G738" s="1" t="s">
         <v>2539</v>
       </c>
-      <c r="F738" t="s">
-[...2 lines deleted...]
-      <c r="G738" s="1" t="s">
+      <c r="H738" t="s">
         <v>2540</v>
-      </c>
-[...1 lines deleted...]
-        <v>2541</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B739" t="s">
+        <v>9</v>
+      </c>
+      <c r="C739" t="s">
+        <v>2541</v>
+      </c>
+      <c r="D739" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E739" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F739" t="s">
+        <v>254</v>
+      </c>
+      <c r="G739" s="1" t="s">
         <v>2542</v>
       </c>
-      <c r="B739" t="s">
-[...2 lines deleted...]
-      <c r="C739" t="s">
+      <c r="H739" t="s">
         <v>2543</v>
-      </c>
-[...13 lines deleted...]
-        <v>2546</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>1999</v>
+        <v>2544</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
+        <v>2545</v>
+      </c>
+      <c r="D740" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E740" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F740" t="s">
+        <v>254</v>
+      </c>
+      <c r="G740" s="1" t="s">
+        <v>2546</v>
+      </c>
+      <c r="H740" t="s">
         <v>2547</v>
-      </c>
-[...13 lines deleted...]
-        <v>2549</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
+        <v>2548</v>
+      </c>
+      <c r="B741" t="s">
+        <v>9</v>
+      </c>
+      <c r="C741" t="s">
+        <v>2549</v>
+      </c>
+      <c r="D741" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E741" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F741" t="s">
+        <v>27</v>
+      </c>
+      <c r="G741" s="1" t="s">
         <v>2550</v>
       </c>
-      <c r="B741" t="s">
-[...2 lines deleted...]
-      <c r="C741" t="s">
+      <c r="H741" t="s">
         <v>2551</v>
-      </c>
-[...13 lines deleted...]
-        <v>2553</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>871</v>
+        <v>2245</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
+        <v>2552</v>
+      </c>
+      <c r="D742" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E742" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F742" t="s">
+        <v>87</v>
+      </c>
+      <c r="G742" s="1" t="s">
+        <v>2553</v>
+      </c>
+      <c r="H742" t="s">
         <v>2554</v>
-      </c>
-[...13 lines deleted...]
-        <v>2556</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>875</v>
+        <v>2555</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
+        <v>293</v>
+      </c>
+      <c r="D743" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E743" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F743" t="s">
+        <v>915</v>
+      </c>
+      <c r="G743" s="1" t="s">
+        <v>2556</v>
+      </c>
+      <c r="H743" t="s">
         <v>2557</v>
-      </c>
-[...13 lines deleted...]
-        <v>2559</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>879</v>
+        <v>2558</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
+        <v>2559</v>
+      </c>
+      <c r="D744" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E744" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F744" t="s">
+        <v>87</v>
+      </c>
+      <c r="G744" s="1" t="s">
         <v>2560</v>
       </c>
-      <c r="D744" t="s">
-[...5 lines deleted...]
-      <c r="F744" t="s">
+      <c r="H744" t="s">
         <v>2561</v>
-      </c>
-[...4 lines deleted...]
-        <v>2563</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>883</v>
+        <v>1442</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
+        <v>2562</v>
+      </c>
+      <c r="D745" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E745" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F745" t="s">
+        <v>87</v>
+      </c>
+      <c r="G745" s="1" t="s">
+        <v>2563</v>
+      </c>
+      <c r="H745" t="s">
         <v>2564</v>
-      </c>
-[...13 lines deleted...]
-        <v>2566</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>887</v>
+        <v>2323</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
+        <v>2565</v>
+      </c>
+      <c r="D746" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E746" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F746" t="s">
+        <v>87</v>
+      </c>
+      <c r="G746" s="1" t="s">
+        <v>2566</v>
+      </c>
+      <c r="H746" t="s">
         <v>2567</v>
-      </c>
-[...13 lines deleted...]
-        <v>2569</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>891</v>
+        <v>2326</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
+        <v>2568</v>
+      </c>
+      <c r="D747" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E747" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F747" t="s">
+        <v>18</v>
+      </c>
+      <c r="G747" s="1" t="s">
+        <v>2569</v>
+      </c>
+      <c r="H747" t="s">
         <v>2570</v>
-      </c>
-[...13 lines deleted...]
-        <v>2572</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>937</v>
+        <v>1468</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>2573</v>
+        <v>392</v>
       </c>
       <c r="D748" t="s">
-        <v>2538</v>
+        <v>2533</v>
       </c>
       <c r="E748" t="s">
-        <v>2539</v>
+        <v>2534</v>
       </c>
       <c r="F748" t="s">
-        <v>2544</v>
+        <v>87</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>2574</v>
+        <v>2571</v>
       </c>
       <c r="H748" t="s">
-        <v>2575</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>941</v>
+        <v>1561</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>2576</v>
+        <v>396</v>
       </c>
       <c r="D749" t="s">
-        <v>2538</v>
+        <v>2533</v>
       </c>
       <c r="E749" t="s">
-        <v>2539</v>
+        <v>2534</v>
       </c>
       <c r="F749" t="s">
-        <v>2544</v>
+        <v>13</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>2577</v>
+        <v>2573</v>
       </c>
       <c r="H749" t="s">
-        <v>2578</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>945</v>
+        <v>1572</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>2579</v>
+        <v>2537</v>
       </c>
       <c r="D750" t="s">
-        <v>2538</v>
+        <v>2533</v>
       </c>
       <c r="E750" t="s">
-        <v>2539</v>
+        <v>2534</v>
       </c>
       <c r="F750" t="s">
-        <v>2544</v>
+        <v>13</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>2580</v>
+        <v>2575</v>
       </c>
       <c r="H750" t="s">
-        <v>2581</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2582</v>
+        <v>1668</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>2583</v>
+        <v>2576</v>
       </c>
       <c r="D751" t="s">
-        <v>2538</v>
+        <v>2533</v>
       </c>
       <c r="E751" t="s">
-        <v>2539</v>
+        <v>2534</v>
       </c>
       <c r="F751" t="s">
-        <v>2544</v>
+        <v>13</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>2584</v>
+        <v>2577</v>
       </c>
       <c r="H751" t="s">
-        <v>2585</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2011</v>
+        <v>2579</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>2586</v>
+        <v>2580</v>
       </c>
       <c r="D752" t="s">
-        <v>2538</v>
+        <v>2533</v>
       </c>
       <c r="E752" t="s">
-        <v>2539</v>
+        <v>2534</v>
       </c>
       <c r="F752" t="s">
-        <v>2544</v>
+        <v>100</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>2587</v>
+        <v>2581</v>
       </c>
       <c r="H752" t="s">
-        <v>2588</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>949</v>
+        <v>2583</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>2589</v>
+        <v>2073</v>
       </c>
       <c r="D753" t="s">
-        <v>2538</v>
+        <v>2533</v>
       </c>
       <c r="E753" t="s">
-        <v>2539</v>
+        <v>2534</v>
       </c>
       <c r="F753" t="s">
-        <v>2544</v>
+        <v>100</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>2590</v>
+        <v>2584</v>
       </c>
       <c r="H753" t="s">
-        <v>2591</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>960</v>
+        <v>2586</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>2592</v>
+        <v>1483</v>
       </c>
       <c r="D754" t="s">
-        <v>2538</v>
+        <v>2533</v>
       </c>
       <c r="E754" t="s">
-        <v>2539</v>
+        <v>2534</v>
       </c>
       <c r="F754" t="s">
-        <v>137</v>
+        <v>27</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>2593</v>
+        <v>2587</v>
       </c>
       <c r="H754" t="s">
-        <v>2594</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>2507</v>
+        <v>867</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>2595</v>
+        <v>2589</v>
       </c>
       <c r="D755" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E755" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F755" t="s">
-        <v>2544</v>
+        <v>13</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>2596</v>
+        <v>2592</v>
       </c>
       <c r="H755" t="s">
-        <v>2597</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>2510</v>
+        <v>2594</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D756" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E756" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F756" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G756" s="1" t="s">
+        <v>2597</v>
+      </c>
+      <c r="H756" t="s">
         <v>2598</v>
-      </c>
-[...13 lines deleted...]
-        <v>2600</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>2513</v>
+        <v>2039</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
+        <v>2599</v>
+      </c>
+      <c r="D757" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E757" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F757" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G757" s="1" t="s">
+        <v>2600</v>
+      </c>
+      <c r="H757" t="s">
         <v>2601</v>
-      </c>
-[...13 lines deleted...]
-        <v>2603</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>2516</v>
+        <v>2602</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D758" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E758" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F758" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G758" s="1" t="s">
         <v>2604</v>
       </c>
-      <c r="D758" t="s">
-[...8 lines deleted...]
-      <c r="G758" s="1" t="s">
+      <c r="H758" t="s">
         <v>2605</v>
-      </c>
-[...1 lines deleted...]
-        <v>2606</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>1084</v>
+        <v>871</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
+        <v>2606</v>
+      </c>
+      <c r="D759" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E759" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F759" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G759" s="1" t="s">
         <v>2607</v>
       </c>
-      <c r="D759" t="s">
-[...8 lines deleted...]
-      <c r="G759" s="1" t="s">
+      <c r="H759" t="s">
         <v>2608</v>
-      </c>
-[...1 lines deleted...]
-        <v>2609</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>1122</v>
+        <v>875</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
+        <v>2609</v>
+      </c>
+      <c r="D760" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E760" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F760" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G760" s="1" t="s">
         <v>2610</v>
       </c>
-      <c r="D760" t="s">
-[...8 lines deleted...]
-      <c r="G760" s="1" t="s">
+      <c r="H760" t="s">
         <v>2611</v>
-      </c>
-[...1 lines deleted...]
-        <v>2612</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>1126</v>
+        <v>879</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
+        <v>2612</v>
+      </c>
+      <c r="D761" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E761" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F761" t="s">
         <v>2613</v>
-      </c>
-[...7 lines deleted...]
-        <v>2544</v>
       </c>
       <c r="G761" s="1" t="s">
         <v>2614</v>
       </c>
       <c r="H761" t="s">
         <v>2615</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>1130</v>
+        <v>883</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
         <v>2616</v>
       </c>
       <c r="D762" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E762" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F762" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G762" s="1" t="s">
         <v>2617</v>
       </c>
       <c r="H762" t="s">
         <v>2618</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>1138</v>
+        <v>887</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
         <v>2619</v>
       </c>
       <c r="D763" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E763" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F763" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G763" s="1" t="s">
         <v>2620</v>
       </c>
       <c r="H763" t="s">
         <v>2621</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>1142</v>
+        <v>891</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
         <v>2622</v>
       </c>
       <c r="D764" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E764" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F764" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G764" s="1" t="s">
         <v>2623</v>
       </c>
       <c r="H764" t="s">
         <v>2624</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>1146</v>
+        <v>937</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
         <v>2625</v>
       </c>
       <c r="D765" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E765" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F765" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G765" s="1" t="s">
         <v>2626</v>
       </c>
       <c r="H765" t="s">
         <v>2627</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>1187</v>
+        <v>941</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
         <v>2628</v>
       </c>
       <c r="D766" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E766" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F766" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G766" s="1" t="s">
         <v>2629</v>
       </c>
-      <c r="G766" s="1" t="s">
+      <c r="H766" t="s">
         <v>2630</v>
-      </c>
-[...1 lines deleted...]
-        <v>2631</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
+        <v>945</v>
+      </c>
+      <c r="B767" t="s">
+        <v>9</v>
+      </c>
+      <c r="C767" t="s">
+        <v>2631</v>
+      </c>
+      <c r="D767" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E767" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F767" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G767" s="1" t="s">
         <v>2632</v>
       </c>
-      <c r="B767" t="s">
-[...2 lines deleted...]
-      <c r="C767" t="s">
+      <c r="H767" t="s">
         <v>2633</v>
-      </c>
-[...13 lines deleted...]
-        <v>2635</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>1198</v>
+        <v>2634</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
+        <v>2635</v>
+      </c>
+      <c r="D768" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E768" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F768" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G768" s="1" t="s">
         <v>2636</v>
-      </c>
-[...10 lines deleted...]
-        <v>287</v>
       </c>
       <c r="H768" t="s">
         <v>2637</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>1202</v>
+        <v>2051</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
         <v>2638</v>
       </c>
       <c r="D769" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E769" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F769" t="s">
-        <v>1959</v>
+        <v>2596</v>
       </c>
       <c r="G769" s="1" t="s">
         <v>2639</v>
       </c>
       <c r="H769" t="s">
         <v>2640</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>1222</v>
+        <v>949</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
         <v>2641</v>
       </c>
       <c r="D770" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E770" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F770" t="s">
-        <v>254</v>
+        <v>2596</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>287</v>
+        <v>2642</v>
       </c>
       <c r="H770" t="s">
-        <v>2642</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>1226</v>
+        <v>960</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>2643</v>
+        <v>2644</v>
       </c>
       <c r="D771" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E771" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F771" t="s">
-        <v>13</v>
+        <v>137</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>2644</v>
+        <v>2645</v>
       </c>
       <c r="H771" t="s">
-        <v>2645</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>2176</v>
+        <v>2559</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>2646</v>
+        <v>2647</v>
       </c>
       <c r="D772" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E772" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F772" t="s">
-        <v>254</v>
+        <v>2596</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>2647</v>
+        <v>2648</v>
       </c>
       <c r="H772" t="s">
-        <v>2648</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>1252</v>
+        <v>2562</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
       <c r="D773" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E773" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F773" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>287</v>
+        <v>2651</v>
       </c>
       <c r="H773" t="s">
-        <v>2650</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>1256</v>
+        <v>2565</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
-        <v>2651</v>
+        <v>2653</v>
       </c>
       <c r="D774" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E774" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F774" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>287</v>
+        <v>2654</v>
       </c>
       <c r="H774" t="s">
-        <v>2652</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>2180</v>
+        <v>2568</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
-        <v>2653</v>
+        <v>2656</v>
       </c>
       <c r="D775" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E775" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F775" t="s">
-        <v>13</v>
+        <v>2596</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>2654</v>
+        <v>2657</v>
       </c>
       <c r="H775" t="s">
-        <v>2655</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>2184</v>
+        <v>1084</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
-        <v>2656</v>
+        <v>2659</v>
       </c>
       <c r="D776" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E776" t="s">
-        <v>2539</v>
+        <v>2591</v>
+      </c>
+      <c r="F776" t="s">
+        <v>254</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>2657</v>
+        <v>2660</v>
       </c>
       <c r="H776" t="s">
-        <v>2658</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>2188</v>
+        <v>1122</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
-        <v>2659</v>
+        <v>2662</v>
       </c>
       <c r="D777" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E777" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F777" t="s">
-        <v>254</v>
+        <v>2596</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>2660</v>
+        <v>2663</v>
       </c>
       <c r="H777" t="s">
-        <v>2661</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>1260</v>
+        <v>1126</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>2662</v>
+        <v>2665</v>
       </c>
       <c r="D778" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E778" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F778" t="s">
-        <v>254</v>
+        <v>2596</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>2663</v>
+        <v>2666</v>
       </c>
       <c r="H778" t="s">
-        <v>2664</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>2665</v>
+        <v>1130</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>2666</v>
+        <v>2668</v>
       </c>
       <c r="D779" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E779" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F779" t="s">
-        <v>137</v>
+        <v>2596</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>2667</v>
+        <v>2669</v>
       </c>
       <c r="H779" t="s">
-        <v>2668</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>2207</v>
+        <v>1138</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>2669</v>
+        <v>2671</v>
       </c>
       <c r="D780" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E780" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F780" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>2670</v>
+        <v>2672</v>
       </c>
       <c r="H780" t="s">
-        <v>2671</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>2210</v>
+        <v>1142</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>2672</v>
+        <v>2674</v>
       </c>
       <c r="D781" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E781" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F781" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>2673</v>
+        <v>2675</v>
       </c>
       <c r="H781" t="s">
-        <v>2674</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>2675</v>
+        <v>1146</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>2676</v>
+        <v>2677</v>
       </c>
       <c r="D782" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E782" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F782" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>2677</v>
+        <v>2678</v>
       </c>
       <c r="H782" t="s">
-        <v>2678</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>1307</v>
+        <v>1187</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>2679</v>
+        <v>2680</v>
       </c>
       <c r="D783" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E783" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F783" t="s">
-        <v>2544</v>
+        <v>2681</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>2680</v>
+        <v>2682</v>
       </c>
       <c r="H783" t="s">
-        <v>2681</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>2028</v>
+        <v>2684</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>2682</v>
+        <v>2685</v>
       </c>
       <c r="D784" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E784" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F784" t="s">
-        <v>137</v>
+        <v>254</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>2683</v>
+        <v>2686</v>
       </c>
       <c r="H784" t="s">
-        <v>2684</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>2685</v>
+        <v>1198</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>2686</v>
+        <v>2688</v>
       </c>
       <c r="D785" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E785" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F785" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G785" s="1" t="s">
         <v>287</v>
       </c>
       <c r="H785" t="s">
-        <v>2687</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>2688</v>
+        <v>1202</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>2689</v>
+        <v>2690</v>
       </c>
       <c r="D786" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E786" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F786" t="s">
-        <v>2544</v>
+        <v>1999</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>2690</v>
+        <v>2691</v>
       </c>
       <c r="H786" t="s">
-        <v>2691</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>1311</v>
+        <v>1222</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>2692</v>
+        <v>2693</v>
       </c>
       <c r="D787" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E787" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F787" t="s">
-        <v>2544</v>
+        <v>254</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>2693</v>
+        <v>287</v>
       </c>
       <c r="H787" t="s">
         <v>2694</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>1315</v>
+        <v>1226</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
         <v>2695</v>
       </c>
       <c r="D788" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E788" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F788" t="s">
-        <v>2544</v>
+        <v>13</v>
       </c>
       <c r="G788" s="1" t="s">
         <v>2696</v>
       </c>
       <c r="H788" t="s">
         <v>2697</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>2216</v>
+        <v>2223</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
         <v>2698</v>
       </c>
       <c r="D789" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E789" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F789" t="s">
-        <v>2544</v>
+        <v>254</v>
       </c>
       <c r="G789" s="1" t="s">
         <v>2699</v>
       </c>
       <c r="H789" t="s">
         <v>2700</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>2524</v>
+        <v>1252</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
         <v>2701</v>
       </c>
       <c r="D790" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E790" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F790" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G790" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H790" t="s">
         <v>2702</v>
-      </c>
-[...1 lines deleted...]
-        <v>2703</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>1330</v>
+        <v>1256</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
+        <v>2703</v>
+      </c>
+      <c r="D791" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E791" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F791" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G791" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H791" t="s">
         <v>2704</v>
-      </c>
-[...13 lines deleted...]
-        <v>2706</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
+        <v>2227</v>
+      </c>
+      <c r="B792" t="s">
+        <v>9</v>
+      </c>
+      <c r="C792" t="s">
+        <v>2705</v>
+      </c>
+      <c r="D792" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E792" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F792" t="s">
+        <v>13</v>
+      </c>
+      <c r="G792" s="1" t="s">
+        <v>2706</v>
+      </c>
+      <c r="H792" t="s">
         <v>2707</v>
-      </c>
-[...19 lines deleted...]
-        <v>2710</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>2711</v>
+        <v>2231</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>2712</v>
+        <v>2708</v>
       </c>
       <c r="D793" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E793" t="s">
-        <v>2539</v>
-[...2 lines deleted...]
-        <v>2544</v>
+        <v>2591</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>2713</v>
+        <v>2709</v>
       </c>
       <c r="H793" t="s">
-        <v>2714</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>2715</v>
+        <v>2235</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>25</v>
+        <v>2711</v>
       </c>
       <c r="D794" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E794" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F794" t="s">
-        <v>2544</v>
+        <v>254</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>287</v>
+        <v>2712</v>
       </c>
       <c r="H794" t="s">
-        <v>2716</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>1378</v>
+        <v>1260</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>2542</v>
+        <v>2714</v>
       </c>
       <c r="D795" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E795" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F795" t="s">
-        <v>2544</v>
+        <v>254</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>2717</v>
+        <v>2715</v>
       </c>
       <c r="H795" t="s">
-        <v>2718</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
+        <v>2717</v>
+      </c>
+      <c r="B796" t="s">
+        <v>9</v>
+      </c>
+      <c r="C796" t="s">
+        <v>2718</v>
+      </c>
+      <c r="D796" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E796" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F796" t="s">
+        <v>137</v>
+      </c>
+      <c r="G796" s="1" t="s">
         <v>2719</v>
       </c>
-      <c r="B796" t="s">
-[...14 lines deleted...]
-      <c r="G796" s="1" t="s">
+      <c r="H796" t="s">
         <v>2720</v>
-      </c>
-[...1 lines deleted...]
-        <v>2721</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B797" t="s">
+        <v>9</v>
+      </c>
+      <c r="C797" t="s">
+        <v>2721</v>
+      </c>
+      <c r="D797" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E797" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F797" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G797" s="1" t="s">
         <v>2722</v>
       </c>
-      <c r="B797" t="s">
-[...14 lines deleted...]
-      <c r="G797" s="1" t="s">
+      <c r="H797" t="s">
         <v>2723</v>
-      </c>
-[...1 lines deleted...]
-        <v>2724</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
+        <v>2257</v>
+      </c>
+      <c r="B798" t="s">
+        <v>9</v>
+      </c>
+      <c r="C798" t="s">
+        <v>2724</v>
+      </c>
+      <c r="D798" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E798" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F798" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G798" s="1" t="s">
         <v>2725</v>
       </c>
-      <c r="B798" t="s">
-[...14 lines deleted...]
-      <c r="G798" s="1" t="s">
+      <c r="H798" t="s">
         <v>2726</v>
-      </c>
-[...1 lines deleted...]
-        <v>2727</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>1438</v>
+        <v>2727</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>325</v>
+        <v>2728</v>
       </c>
       <c r="D799" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E799" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F799" t="s">
-        <v>1959</v>
+        <v>2596</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>2728</v>
+        <v>2729</v>
       </c>
       <c r="H799" t="s">
-        <v>2729</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>2730</v>
+        <v>1307</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>396</v>
+        <v>2731</v>
       </c>
       <c r="D800" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E800" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F800" t="s">
-        <v>87</v>
+        <v>2596</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>2731</v>
+        <v>2732</v>
       </c>
       <c r="H800" t="s">
-        <v>2732</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>2733</v>
+        <v>2068</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>400</v>
+        <v>2734</v>
       </c>
       <c r="D801" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E801" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F801" t="s">
-        <v>915</v>
+        <v>137</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>2734</v>
+        <v>2735</v>
       </c>
       <c r="H801" t="s">
-        <v>2735</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>1496</v>
+        <v>2737</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>456</v>
+        <v>2738</v>
       </c>
       <c r="D802" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E802" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F802" t="s">
-        <v>254</v>
+        <v>2596</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>2736</v>
+        <v>287</v>
       </c>
       <c r="H802" t="s">
-        <v>2737</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>1500</v>
+        <v>2740</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>460</v>
+        <v>2741</v>
       </c>
       <c r="D803" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E803" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F803" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>2738</v>
+        <v>2742</v>
       </c>
       <c r="H803" t="s">
-        <v>2739</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>1702</v>
+        <v>1311</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>1976</v>
+        <v>2744</v>
       </c>
       <c r="D804" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E804" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F804" t="s">
-        <v>254</v>
+        <v>2596</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>2740</v>
+        <v>2745</v>
       </c>
       <c r="H804" t="s">
-        <v>2741</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>2038</v>
+        <v>1315</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>524</v>
+        <v>2747</v>
       </c>
       <c r="D805" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E805" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F805" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>2742</v>
+        <v>2748</v>
       </c>
       <c r="H805" t="s">
-        <v>2743</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>1568</v>
+        <v>2263</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>2632</v>
+        <v>2750</v>
       </c>
       <c r="D806" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E806" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F806" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>2744</v>
+        <v>2751</v>
       </c>
       <c r="H806" t="s">
-        <v>2745</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>2307</v>
+        <v>2576</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>553</v>
+        <v>2753</v>
       </c>
       <c r="D807" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E807" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F807" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>2746</v>
+        <v>2754</v>
       </c>
       <c r="H807" t="s">
-        <v>2747</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>2748</v>
+        <v>1330</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>2127</v>
+        <v>2756</v>
       </c>
       <c r="D808" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E808" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F808" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>2749</v>
+        <v>2757</v>
       </c>
       <c r="H808" t="s">
-        <v>2750</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
-        <v>1706</v>
+        <v>2759</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>601</v>
+        <v>2760</v>
       </c>
       <c r="D809" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E809" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F809" t="s">
-        <v>254</v>
+        <v>2596</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>2751</v>
+        <v>2761</v>
       </c>
       <c r="H809" t="s">
-        <v>2752</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
-        <v>1710</v>
+        <v>2763</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
-        <v>621</v>
+        <v>2764</v>
       </c>
       <c r="D810" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E810" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F810" t="s">
-        <v>254</v>
+        <v>2596</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>2753</v>
+        <v>2765</v>
       </c>
       <c r="H810" t="s">
-        <v>2754</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>1714</v>
+        <v>2767</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>625</v>
+        <v>25</v>
       </c>
       <c r="D811" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E811" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F811" t="s">
-        <v>254</v>
+        <v>2596</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>2755</v>
+        <v>287</v>
       </c>
       <c r="H811" t="s">
-        <v>2756</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
-        <v>1718</v>
+        <v>1378</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>633</v>
+        <v>2594</v>
       </c>
       <c r="D812" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E812" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F812" t="s">
-        <v>254</v>
+        <v>2596</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>2757</v>
+        <v>2769</v>
       </c>
       <c r="H812" t="s">
-        <v>2758</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
-        <v>2470</v>
+        <v>2771</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>2496</v>
+        <v>224</v>
       </c>
       <c r="D813" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E813" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F813" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>2759</v>
+        <v>2772</v>
       </c>
       <c r="H813" t="s">
-        <v>2760</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>2474</v>
+        <v>2774</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
-        <v>641</v>
+        <v>285</v>
       </c>
       <c r="D814" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E814" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F814" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>2761</v>
+        <v>2775</v>
       </c>
       <c r="H814" t="s">
-        <v>2762</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>2478</v>
+        <v>2777</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>1981</v>
+        <v>289</v>
       </c>
       <c r="D815" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E815" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F815" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>2763</v>
+        <v>2778</v>
       </c>
       <c r="H815" t="s">
-        <v>2764</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>1583</v>
+        <v>1438</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>2665</v>
+        <v>325</v>
       </c>
       <c r="D816" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E816" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F816" t="s">
-        <v>2544</v>
+        <v>1999</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>2765</v>
+        <v>2780</v>
       </c>
       <c r="H816" t="s">
-        <v>2766</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
-        <v>1587</v>
+        <v>2782</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>673</v>
+        <v>396</v>
       </c>
       <c r="D817" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E817" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F817" t="s">
-        <v>2544</v>
+        <v>87</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>2767</v>
+        <v>2783</v>
       </c>
       <c r="H817" t="s">
-        <v>2768</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>1591</v>
+        <v>2785</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>2137</v>
+        <v>400</v>
       </c>
       <c r="D818" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E818" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F818" t="s">
-        <v>2544</v>
+        <v>915</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>2769</v>
+        <v>2786</v>
       </c>
       <c r="H818" t="s">
-        <v>2770</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>1595</v>
+        <v>1496</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>677</v>
+        <v>456</v>
       </c>
       <c r="D819" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E819" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F819" t="s">
-        <v>2544</v>
+        <v>254</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>2771</v>
+        <v>2788</v>
       </c>
       <c r="H819" t="s">
-        <v>2772</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>1627</v>
+        <v>1500</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>732</v>
+        <v>460</v>
       </c>
       <c r="D820" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E820" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F820" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>2773</v>
+        <v>2790</v>
       </c>
       <c r="H820" t="s">
-        <v>2762</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>2053</v>
+        <v>1702</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>2141</v>
+        <v>2016</v>
       </c>
       <c r="D821" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E821" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F821" t="s">
-        <v>1959</v>
+        <v>254</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>2774</v>
+        <v>2792</v>
       </c>
       <c r="H821" t="s">
-        <v>2775</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
-        <v>2776</v>
+        <v>2078</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>740</v>
+        <v>524</v>
       </c>
       <c r="D822" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E822" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F822" t="s">
-        <v>27</v>
+        <v>2596</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>2777</v>
+        <v>2794</v>
       </c>
       <c r="H822" t="s">
-        <v>2778</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
-        <v>2528</v>
+        <v>1568</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
-        <v>748</v>
+        <v>2684</v>
       </c>
       <c r="D823" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E823" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F823" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>2779</v>
+        <v>2796</v>
       </c>
       <c r="H823" t="s">
-        <v>2780</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
-        <v>2320</v>
+        <v>2354</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>760</v>
+        <v>553</v>
       </c>
       <c r="D824" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E824" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F824" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>2781</v>
+        <v>2798</v>
       </c>
       <c r="H824" t="s">
-        <v>2782</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
-        <v>1664</v>
+        <v>2800</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>2088</v>
+        <v>2174</v>
       </c>
       <c r="D825" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E825" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F825" t="s">
-        <v>1743</v>
+        <v>2596</v>
       </c>
       <c r="G825" s="1" t="s">
-        <v>2783</v>
+        <v>2801</v>
       </c>
       <c r="H825" t="s">
-        <v>2784</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
-        <v>2330</v>
+        <v>1706</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
-        <v>2707</v>
+        <v>601</v>
       </c>
       <c r="D826" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E826" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F826" t="s">
-        <v>2544</v>
+        <v>254</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>2785</v>
+        <v>2803</v>
       </c>
       <c r="H826" t="s">
-        <v>2770</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
-        <v>1675</v>
+        <v>1710</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
-        <v>2711</v>
+        <v>621</v>
       </c>
       <c r="D827" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E827" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F827" t="s">
-        <v>2544</v>
+        <v>254</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>2786</v>
+        <v>2805</v>
       </c>
       <c r="H827" t="s">
-        <v>2787</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
-        <v>2344</v>
+        <v>1714</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
-        <v>886</v>
+        <v>625</v>
       </c>
       <c r="D828" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E828" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F828" t="s">
-        <v>2544</v>
+        <v>254</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>2788</v>
+        <v>2807</v>
       </c>
       <c r="H828" t="s">
-        <v>2789</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
-        <v>1731</v>
+        <v>1718</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
-        <v>890</v>
+        <v>633</v>
       </c>
       <c r="D829" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E829" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F829" t="s">
-        <v>2544</v>
+        <v>254</v>
       </c>
       <c r="G829" s="1" t="s">
-        <v>2790</v>
+        <v>2809</v>
       </c>
       <c r="H829" t="s">
-        <v>2791</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
-        <v>1735</v>
+        <v>2522</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
-        <v>894</v>
+        <v>2548</v>
       </c>
       <c r="D830" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E830" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F830" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>2792</v>
+        <v>2811</v>
       </c>
       <c r="H830" t="s">
-        <v>2793</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
-        <v>1751</v>
+        <v>2526</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
-        <v>2010</v>
+        <v>641</v>
       </c>
       <c r="D831" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E831" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F831" t="s">
-        <v>87</v>
+        <v>2596</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>2794</v>
+        <v>2813</v>
       </c>
       <c r="H831" t="s">
-        <v>2795</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
-        <v>2348</v>
+        <v>2530</v>
       </c>
       <c r="B832" t="s">
         <v>9</v>
       </c>
       <c r="C832" t="s">
-        <v>963</v>
+        <v>2021</v>
       </c>
       <c r="D832" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E832" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F832" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>2796</v>
+        <v>2815</v>
       </c>
       <c r="H832" t="s">
-        <v>2797</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
-        <v>2352</v>
+        <v>1583</v>
       </c>
       <c r="B833" t="s">
         <v>9</v>
       </c>
       <c r="C833" t="s">
-        <v>967</v>
+        <v>2717</v>
       </c>
       <c r="D833" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E833" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F833" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>2798</v>
+        <v>2817</v>
       </c>
       <c r="H833" t="s">
-        <v>2799</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
-        <v>2356</v>
+        <v>1587</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
-        <v>970</v>
+        <v>673</v>
       </c>
       <c r="D834" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E834" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F834" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>2800</v>
+        <v>2819</v>
       </c>
       <c r="H834" t="s">
-        <v>2801</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
-        <v>2360</v>
+        <v>1591</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
-        <v>2719</v>
+        <v>2184</v>
       </c>
       <c r="D835" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E835" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F835" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>2802</v>
+        <v>2821</v>
       </c>
       <c r="H835" t="s">
-        <v>2797</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
-        <v>1763</v>
+        <v>1595</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
-        <v>2803</v>
+        <v>677</v>
       </c>
       <c r="D836" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E836" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F836" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>2804</v>
+        <v>2823</v>
       </c>
       <c r="H836" t="s">
-        <v>2797</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
-        <v>1767</v>
+        <v>1627</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
-        <v>973</v>
+        <v>732</v>
       </c>
       <c r="D837" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E837" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F837" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>2805</v>
+        <v>2825</v>
       </c>
       <c r="H837" t="s">
-        <v>2806</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
-        <v>2807</v>
+        <v>2093</v>
       </c>
       <c r="B838" t="s">
         <v>9</v>
       </c>
       <c r="C838" t="s">
-        <v>2503</v>
+        <v>2188</v>
       </c>
       <c r="D838" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E838" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F838" t="s">
-        <v>2544</v>
+        <v>1999</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>2808</v>
+        <v>2826</v>
       </c>
       <c r="H838" t="s">
-        <v>2809</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
-        <v>2364</v>
+        <v>2828</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
-        <v>1014</v>
+        <v>740</v>
       </c>
       <c r="D839" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E839" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F839" t="s">
-        <v>2544</v>
+        <v>27</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>2810</v>
+        <v>2829</v>
       </c>
       <c r="H839" t="s">
-        <v>2811</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
-        <v>1793</v>
+        <v>2580</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
-        <v>2506</v>
+        <v>748</v>
       </c>
       <c r="D840" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E840" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F840" t="s">
-        <v>27</v>
+        <v>2596</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>2812</v>
+        <v>2831</v>
       </c>
       <c r="H840" t="s">
-        <v>2813</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
-        <v>2814</v>
+        <v>2367</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
-        <v>2279</v>
+        <v>760</v>
       </c>
       <c r="D841" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E841" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F841" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>2815</v>
+        <v>2833</v>
       </c>
       <c r="H841" t="s">
-        <v>2816</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
-        <v>2817</v>
+        <v>1664</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
-        <v>1027</v>
+        <v>2135</v>
       </c>
       <c r="D842" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E842" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F842" t="s">
-        <v>2544</v>
+        <v>1743</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>2818</v>
+        <v>2835</v>
       </c>
       <c r="H842" t="s">
-        <v>2819</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
-        <v>2820</v>
+        <v>2376</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>1030</v>
+        <v>2759</v>
       </c>
       <c r="D843" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E843" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F843" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>2821</v>
+        <v>2837</v>
       </c>
       <c r="H843" t="s">
         <v>2822</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
-        <v>1804</v>
+        <v>1675</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
-        <v>1064</v>
+        <v>2763</v>
       </c>
       <c r="D844" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E844" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F844" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>2823</v>
+        <v>2838</v>
       </c>
       <c r="H844" t="s">
-        <v>2824</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
-        <v>2825</v>
+        <v>2390</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
-        <v>1167</v>
+        <v>886</v>
       </c>
       <c r="D845" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E845" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F845" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>2826</v>
+        <v>2840</v>
       </c>
       <c r="H845" t="s">
-        <v>2827</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
-        <v>1900</v>
+        <v>1731</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
-        <v>1170</v>
+        <v>890</v>
       </c>
       <c r="D846" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E846" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F846" t="s">
-        <v>2561</v>
+        <v>2596</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>287</v>
+        <v>2842</v>
       </c>
       <c r="H846" t="s">
-        <v>2828</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
-        <v>1904</v>
+        <v>1735</v>
       </c>
       <c r="B847" t="s">
         <v>9</v>
       </c>
       <c r="C847" t="s">
-        <v>1173</v>
+        <v>894</v>
       </c>
       <c r="D847" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E847" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F847" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>2829</v>
+        <v>2844</v>
       </c>
       <c r="H847" t="s">
-        <v>2830</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
-        <v>1930</v>
+        <v>1751</v>
       </c>
       <c r="B848" t="s">
         <v>9</v>
       </c>
       <c r="C848" t="s">
-        <v>1201</v>
+        <v>2050</v>
       </c>
       <c r="D848" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E848" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F848" t="s">
-        <v>2544</v>
+        <v>87</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>2831</v>
+        <v>2846</v>
       </c>
       <c r="H848" t="s">
-        <v>2832</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
-        <v>1934</v>
+        <v>2394</v>
       </c>
       <c r="B849" t="s">
         <v>9</v>
       </c>
       <c r="C849" t="s">
-        <v>1205</v>
+        <v>963</v>
       </c>
       <c r="D849" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E849" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F849" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>2833</v>
+        <v>2848</v>
       </c>
       <c r="H849" t="s">
-        <v>2834</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
-        <v>1938</v>
+        <v>2398</v>
       </c>
       <c r="B850" t="s">
         <v>9</v>
       </c>
       <c r="C850" t="s">
-        <v>1208</v>
+        <v>967</v>
       </c>
       <c r="D850" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E850" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F850" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G850" s="1" t="s">
-        <v>2835</v>
+        <v>2850</v>
       </c>
       <c r="H850" t="s">
-        <v>2836</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
-        <v>1942</v>
+        <v>2402</v>
       </c>
       <c r="B851" t="s">
         <v>9</v>
       </c>
       <c r="C851" t="s">
-        <v>1211</v>
+        <v>970</v>
       </c>
       <c r="D851" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E851" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F851" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>2837</v>
+        <v>2852</v>
       </c>
       <c r="H851" t="s">
-        <v>2838</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
-        <v>2839</v>
+        <v>2406</v>
       </c>
       <c r="B852" t="s">
         <v>9</v>
       </c>
       <c r="C852" t="s">
-        <v>1296</v>
+        <v>2771</v>
       </c>
       <c r="D852" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E852" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F852" t="s">
-        <v>137</v>
+        <v>2596</v>
       </c>
       <c r="G852" s="1" t="s">
-        <v>2840</v>
+        <v>2854</v>
       </c>
       <c r="H852" t="s">
-        <v>2841</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
-        <v>2842</v>
+        <v>1763</v>
       </c>
       <c r="B853" t="s">
         <v>9</v>
       </c>
       <c r="C853" t="s">
-        <v>2776</v>
+        <v>2855</v>
       </c>
       <c r="D853" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E853" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F853" t="s">
-        <v>53</v>
+        <v>2596</v>
       </c>
       <c r="G853" s="1" t="s">
-        <v>2843</v>
+        <v>2856</v>
       </c>
       <c r="H853" t="s">
-        <v>2844</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
-        <v>2845</v>
+        <v>1767</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
-        <v>2237</v>
+        <v>973</v>
       </c>
       <c r="D854" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E854" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F854" t="s">
-        <v>18</v>
+        <v>2596</v>
       </c>
       <c r="G854" s="1" t="s">
-        <v>2846</v>
+        <v>2857</v>
       </c>
       <c r="H854" t="s">
-        <v>2847</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
-        <v>2848</v>
+        <v>2859</v>
       </c>
       <c r="B855" t="s">
         <v>9</v>
       </c>
       <c r="C855" t="s">
-        <v>1361</v>
+        <v>2555</v>
       </c>
       <c r="D855" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E855" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F855" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G855" s="1" t="s">
-        <v>2849</v>
+        <v>2860</v>
       </c>
       <c r="H855" t="s">
-        <v>2850</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
-        <v>2851</v>
+        <v>2410</v>
       </c>
       <c r="B856" t="s">
         <v>9</v>
       </c>
       <c r="C856" t="s">
-        <v>2240</v>
+        <v>1014</v>
       </c>
       <c r="D856" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E856" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F856" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G856" s="1" t="s">
-        <v>2852</v>
+        <v>2862</v>
       </c>
       <c r="H856" t="s">
-        <v>2853</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
-        <v>2854</v>
+        <v>1793</v>
       </c>
       <c r="B857" t="s">
         <v>9</v>
       </c>
       <c r="C857" t="s">
-        <v>1364</v>
+        <v>2558</v>
       </c>
       <c r="D857" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E857" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F857" t="s">
-        <v>2544</v>
+        <v>27</v>
       </c>
       <c r="G857" s="1" t="s">
-        <v>2855</v>
+        <v>2864</v>
       </c>
       <c r="H857" t="s">
-        <v>2856</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
-        <v>2857</v>
+        <v>2866</v>
       </c>
       <c r="B858" t="s">
         <v>9</v>
       </c>
       <c r="C858" t="s">
-        <v>1367</v>
+        <v>2326</v>
       </c>
       <c r="D858" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E858" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F858" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G858" s="1" t="s">
-        <v>2858</v>
+        <v>2867</v>
       </c>
       <c r="H858" t="s">
-        <v>2859</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
-        <v>2860</v>
+        <v>2869</v>
       </c>
       <c r="B859" t="s">
         <v>9</v>
       </c>
       <c r="C859" t="s">
-        <v>2098</v>
+        <v>1027</v>
       </c>
       <c r="D859" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E859" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F859" t="s">
-        <v>13</v>
+        <v>2596</v>
       </c>
       <c r="G859" s="1" t="s">
-        <v>2861</v>
+        <v>2870</v>
       </c>
       <c r="H859" t="s">
-        <v>2862</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
-        <v>2863</v>
+        <v>2872</v>
       </c>
       <c r="B860" t="s">
         <v>9</v>
       </c>
       <c r="C860" t="s">
-        <v>2247</v>
+        <v>1030</v>
       </c>
       <c r="D860" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E860" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F860" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G860" s="1" t="s">
-        <v>2864</v>
+        <v>2873</v>
       </c>
       <c r="H860" t="s">
-        <v>2865</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
-        <v>2866</v>
+        <v>1804</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
-        <v>2250</v>
+        <v>1064</v>
       </c>
       <c r="D861" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E861" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F861" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G861" s="1" t="s">
-        <v>2867</v>
+        <v>2875</v>
       </c>
       <c r="H861" t="s">
-        <v>2868</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
-        <v>2869</v>
+        <v>2877</v>
       </c>
       <c r="B862" t="s">
         <v>9</v>
       </c>
       <c r="C862" t="s">
-        <v>2253</v>
+        <v>1167</v>
       </c>
       <c r="D862" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E862" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F862" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G862" s="1" t="s">
-        <v>2870</v>
+        <v>2878</v>
       </c>
       <c r="H862" t="s">
-        <v>2871</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
-        <v>2872</v>
+        <v>1900</v>
       </c>
       <c r="B863" t="s">
         <v>9</v>
       </c>
       <c r="C863" t="s">
-        <v>2257</v>
+        <v>1170</v>
       </c>
       <c r="D863" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E863" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F863" t="s">
-        <v>2544</v>
+        <v>2613</v>
       </c>
       <c r="G863" s="1" t="s">
-        <v>2873</v>
+        <v>287</v>
       </c>
       <c r="H863" t="s">
-        <v>2874</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
-        <v>2875</v>
+        <v>1904</v>
       </c>
       <c r="B864" t="s">
         <v>9</v>
       </c>
       <c r="C864" t="s">
-        <v>1399</v>
+        <v>1173</v>
       </c>
       <c r="D864" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E864" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F864" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G864" s="1" t="s">
-        <v>2876</v>
+        <v>2881</v>
       </c>
       <c r="H864" t="s">
-        <v>2877</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
-        <v>2878</v>
+        <v>1930</v>
       </c>
       <c r="B865" t="s">
         <v>9</v>
       </c>
       <c r="C865" t="s">
-        <v>1402</v>
+        <v>1201</v>
       </c>
       <c r="D865" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E865" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F865" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G865" s="1" t="s">
-        <v>2879</v>
+        <v>2883</v>
       </c>
       <c r="H865" t="s">
-        <v>2880</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
-        <v>2881</v>
+        <v>1934</v>
       </c>
       <c r="B866" t="s">
         <v>9</v>
       </c>
       <c r="C866" t="s">
-        <v>2289</v>
+        <v>1205</v>
       </c>
       <c r="D866" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E866" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F866" t="s">
-        <v>13</v>
+        <v>2596</v>
       </c>
       <c r="G866" s="1" t="s">
-        <v>2882</v>
+        <v>2885</v>
       </c>
       <c r="H866" t="s">
-        <v>2883</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
-        <v>2884</v>
+        <v>1938</v>
       </c>
       <c r="B867" t="s">
         <v>9</v>
       </c>
       <c r="C867" t="s">
-        <v>1512</v>
+        <v>1208</v>
       </c>
       <c r="D867" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E867" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F867" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G867" s="1" t="s">
-        <v>2885</v>
+        <v>2887</v>
       </c>
       <c r="H867" t="s">
-        <v>2886</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
-        <v>2887</v>
+        <v>1942</v>
       </c>
       <c r="B868" t="s">
         <v>9</v>
       </c>
       <c r="C868" t="s">
-        <v>1515</v>
+        <v>1211</v>
       </c>
       <c r="D868" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E868" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F868" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G868" s="1" t="s">
-        <v>2888</v>
+        <v>2889</v>
       </c>
       <c r="H868" t="s">
-        <v>2889</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
-        <v>2890</v>
+        <v>2891</v>
       </c>
       <c r="B869" t="s">
         <v>9</v>
       </c>
       <c r="C869" t="s">
-        <v>2825</v>
+        <v>1296</v>
       </c>
       <c r="D869" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E869" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F869" t="s">
-        <v>1573</v>
+        <v>137</v>
       </c>
       <c r="G869" s="1" t="s">
-        <v>2891</v>
+        <v>2892</v>
       </c>
       <c r="H869" t="s">
-        <v>2892</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
-        <v>2893</v>
+        <v>2127</v>
       </c>
       <c r="B870" t="s">
         <v>9</v>
       </c>
       <c r="C870" t="s">
-        <v>1557</v>
+        <v>2828</v>
       </c>
       <c r="D870" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E870" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F870" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G870" s="1" t="s">
         <v>2894</v>
       </c>
       <c r="H870" t="s">
         <v>2895</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
         <v>2896</v>
       </c>
       <c r="B871" t="s">
         <v>9</v>
       </c>
       <c r="C871" t="s">
-        <v>1601</v>
+        <v>2284</v>
       </c>
       <c r="D871" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E871" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F871" t="s">
-        <v>2544</v>
+        <v>18</v>
       </c>
       <c r="G871" s="1" t="s">
         <v>2897</v>
       </c>
       <c r="H871" t="s">
-        <v>2764</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
-        <v>2898</v>
+        <v>2899</v>
       </c>
       <c r="B872" t="s">
         <v>9</v>
       </c>
       <c r="C872" t="s">
-        <v>1604</v>
+        <v>1361</v>
       </c>
       <c r="D872" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E872" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F872" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G872" s="1" t="s">
-        <v>2899</v>
+        <v>2900</v>
       </c>
       <c r="H872" t="s">
-        <v>2760</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
-        <v>2900</v>
+        <v>2902</v>
       </c>
       <c r="B873" t="s">
         <v>9</v>
       </c>
       <c r="C873" t="s">
-        <v>2310</v>
+        <v>2287</v>
       </c>
       <c r="D873" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E873" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F873" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G873" s="1" t="s">
-        <v>2901</v>
+        <v>2903</v>
       </c>
       <c r="H873" t="s">
-        <v>2760</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
-        <v>2902</v>
+        <v>2905</v>
       </c>
       <c r="B874" t="s">
         <v>9</v>
       </c>
       <c r="C874" t="s">
-        <v>2839</v>
+        <v>1364</v>
       </c>
       <c r="D874" t="s">
-        <v>2538</v>
+        <v>2590</v>
       </c>
       <c r="E874" t="s">
-        <v>2539</v>
+        <v>2591</v>
       </c>
       <c r="F874" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G874" s="1" t="s">
-        <v>2903</v>
+        <v>2906</v>
       </c>
       <c r="H874" t="s">
-        <v>2904</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
-        <v>2213</v>
+        <v>2908</v>
       </c>
       <c r="B875" t="s">
         <v>9</v>
       </c>
       <c r="C875" t="s">
-        <v>2905</v>
+        <v>1367</v>
       </c>
       <c r="D875" t="s">
-        <v>2906</v>
+        <v>2590</v>
       </c>
       <c r="E875" t="s">
-        <v>2907</v>
+        <v>2591</v>
       </c>
       <c r="F875" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G875" s="1" t="s">
-        <v>2908</v>
+        <v>2909</v>
       </c>
       <c r="H875" t="s">
-        <v>2909</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
-        <v>1343</v>
+        <v>2911</v>
       </c>
       <c r="B876" t="s">
         <v>9</v>
       </c>
       <c r="C876" t="s">
-        <v>85</v>
+        <v>2145</v>
       </c>
       <c r="D876" t="s">
-        <v>2906</v>
+        <v>2590</v>
       </c>
       <c r="E876" t="s">
-        <v>2907</v>
+        <v>2591</v>
       </c>
       <c r="F876" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="G876" s="1" t="s">
-        <v>2910</v>
+        <v>2912</v>
       </c>
       <c r="H876" t="s">
-        <v>2911</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
-        <v>2254</v>
+        <v>2914</v>
       </c>
       <c r="B877" t="s">
         <v>9</v>
       </c>
       <c r="C877" t="s">
-        <v>192</v>
+        <v>2294</v>
       </c>
       <c r="D877" t="s">
-        <v>2906</v>
+        <v>2590</v>
       </c>
       <c r="E877" t="s">
-        <v>2907</v>
+        <v>2591</v>
       </c>
       <c r="F877" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G877" s="1" t="s">
-        <v>2912</v>
+        <v>2915</v>
       </c>
       <c r="H877" t="s">
-        <v>2913</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
-        <v>1403</v>
+        <v>2917</v>
       </c>
       <c r="B878" t="s">
         <v>9</v>
       </c>
       <c r="C878" t="s">
-        <v>2582</v>
+        <v>2297</v>
       </c>
       <c r="D878" t="s">
-        <v>2906</v>
+        <v>2590</v>
       </c>
       <c r="E878" t="s">
-        <v>2907</v>
+        <v>2591</v>
       </c>
       <c r="F878" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G878" s="1" t="s">
-        <v>2914</v>
+        <v>2918</v>
       </c>
       <c r="H878" t="s">
-        <v>2915</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
-        <v>2803</v>
+        <v>2920</v>
       </c>
       <c r="B879" t="s">
         <v>9</v>
       </c>
       <c r="C879" t="s">
-        <v>232</v>
+        <v>2300</v>
       </c>
       <c r="D879" t="s">
-        <v>2906</v>
+        <v>2590</v>
       </c>
       <c r="E879" t="s">
-        <v>2907</v>
+        <v>2591</v>
       </c>
       <c r="F879" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G879" s="1" t="s">
-        <v>2916</v>
+        <v>2921</v>
       </c>
       <c r="H879" t="s">
-        <v>2917</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
-        <v>895</v>
+        <v>2923</v>
       </c>
       <c r="B880" t="s">
         <v>9</v>
       </c>
       <c r="C880" t="s">
-        <v>480</v>
+        <v>2304</v>
       </c>
       <c r="D880" t="s">
-        <v>2906</v>
+        <v>2590</v>
       </c>
       <c r="E880" t="s">
-        <v>2907</v>
+        <v>2591</v>
       </c>
       <c r="F880" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G880" s="1" t="s">
-        <v>2918</v>
+        <v>2924</v>
       </c>
       <c r="H880" t="s">
-        <v>2919</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
-        <v>899</v>
+        <v>2926</v>
       </c>
       <c r="B881" t="s">
         <v>9</v>
       </c>
       <c r="C881" t="s">
-        <v>484</v>
+        <v>1399</v>
       </c>
       <c r="D881" t="s">
-        <v>2906</v>
+        <v>2590</v>
       </c>
       <c r="E881" t="s">
-        <v>2907</v>
+        <v>2591</v>
       </c>
       <c r="F881" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G881" s="1" t="s">
-        <v>2920</v>
+        <v>2927</v>
       </c>
       <c r="H881" t="s">
-        <v>2921</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
-        <v>2002</v>
+        <v>2929</v>
       </c>
       <c r="B882" t="s">
         <v>9</v>
       </c>
       <c r="C882" t="s">
-        <v>1118</v>
+        <v>1402</v>
       </c>
       <c r="D882" t="s">
-        <v>2906</v>
+        <v>2590</v>
       </c>
       <c r="E882" t="s">
-        <v>2907</v>
+        <v>2591</v>
       </c>
       <c r="F882" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G882" s="1" t="s">
-        <v>2922</v>
+        <v>2930</v>
       </c>
       <c r="H882" t="s">
-        <v>2923</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
-        <v>1619</v>
+        <v>2932</v>
       </c>
       <c r="B883" t="s">
         <v>9</v>
       </c>
       <c r="C883" t="s">
-        <v>724</v>
+        <v>2336</v>
       </c>
       <c r="D883" t="s">
-        <v>2906</v>
+        <v>2590</v>
       </c>
       <c r="E883" t="s">
-        <v>2907</v>
+        <v>2591</v>
       </c>
       <c r="F883" t="s">
-        <v>2544</v>
+        <v>13</v>
       </c>
       <c r="G883" s="1" t="s">
-        <v>2924</v>
+        <v>2933</v>
       </c>
       <c r="H883" t="s">
-        <v>2925</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
-        <v>1623</v>
+        <v>2935</v>
       </c>
       <c r="B884" t="s">
         <v>9</v>
       </c>
       <c r="C884" t="s">
-        <v>728</v>
+        <v>1512</v>
       </c>
       <c r="D884" t="s">
-        <v>2906</v>
+        <v>2590</v>
       </c>
       <c r="E884" t="s">
-        <v>2907</v>
+        <v>2591</v>
       </c>
       <c r="F884" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G884" s="1" t="s">
-        <v>2926</v>
+        <v>2936</v>
       </c>
       <c r="H884" t="s">
-        <v>2927</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
-        <v>1631</v>
+        <v>2938</v>
       </c>
       <c r="B885" t="s">
         <v>9</v>
       </c>
       <c r="C885" t="s">
-        <v>736</v>
+        <v>1515</v>
       </c>
       <c r="D885" t="s">
-        <v>2906</v>
+        <v>2590</v>
       </c>
       <c r="E885" t="s">
-        <v>2907</v>
+        <v>2591</v>
       </c>
       <c r="F885" t="s">
-        <v>2544</v>
+        <v>2596</v>
       </c>
       <c r="G885" s="1" t="s">
-        <v>2928</v>
+        <v>2939</v>
       </c>
       <c r="H885" t="s">
-        <v>2929</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
-        <v>2163</v>
+        <v>2941</v>
       </c>
       <c r="B886" t="s">
         <v>9</v>
       </c>
       <c r="C886" t="s">
-        <v>2930</v>
+        <v>2877</v>
       </c>
       <c r="D886" t="s">
-        <v>2931</v>
+        <v>2590</v>
       </c>
       <c r="E886" t="s">
-        <v>2932</v>
+        <v>2591</v>
       </c>
       <c r="F886" t="s">
-        <v>2933</v>
+        <v>1573</v>
       </c>
       <c r="G886" s="1" t="s">
+        <v>2942</v>
+      </c>
+      <c r="H886" t="s">
+        <v>2943</v>
+      </c>
+    </row>
+    <row r="887" spans="1:8">
+      <c r="A887" t="s">
+        <v>2944</v>
+      </c>
+      <c r="B887" t="s">
+        <v>9</v>
+      </c>
+      <c r="C887" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D887" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E887" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F887" t="s">
+        <v>13</v>
+      </c>
+      <c r="G887" s="1" t="s">
+        <v>2945</v>
+      </c>
+      <c r="H887" t="s">
+        <v>2946</v>
+      </c>
+    </row>
+    <row r="888" spans="1:8">
+      <c r="A888" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B888" t="s">
+        <v>9</v>
+      </c>
+      <c r="C888" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D888" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E888" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F888" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G888" s="1" t="s">
+        <v>2948</v>
+      </c>
+      <c r="H888" t="s">
+        <v>2816</v>
+      </c>
+    </row>
+    <row r="889" spans="1:8">
+      <c r="A889" t="s">
+        <v>2949</v>
+      </c>
+      <c r="B889" t="s">
+        <v>9</v>
+      </c>
+      <c r="C889" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D889" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E889" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F889" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G889" s="1" t="s">
+        <v>2950</v>
+      </c>
+      <c r="H889" t="s">
+        <v>2812</v>
+      </c>
+    </row>
+    <row r="890" spans="1:8">
+      <c r="A890" t="s">
+        <v>2951</v>
+      </c>
+      <c r="B890" t="s">
+        <v>9</v>
+      </c>
+      <c r="C890" t="s">
+        <v>2357</v>
+      </c>
+      <c r="D890" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E890" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F890" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G890" s="1" t="s">
+        <v>2952</v>
+      </c>
+      <c r="H890" t="s">
+        <v>2812</v>
+      </c>
+    </row>
+    <row r="891" spans="1:8">
+      <c r="A891" t="s">
+        <v>2953</v>
+      </c>
+      <c r="B891" t="s">
+        <v>9</v>
+      </c>
+      <c r="C891" t="s">
+        <v>2891</v>
+      </c>
+      <c r="D891" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E891" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F891" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G891" s="1" t="s">
+        <v>2954</v>
+      </c>
+      <c r="H891" t="s">
+        <v>2955</v>
+      </c>
+    </row>
+    <row r="892" spans="1:8">
+      <c r="A892" t="s">
+        <v>2956</v>
+      </c>
+      <c r="B892" t="s">
+        <v>9</v>
+      </c>
+      <c r="C892" t="s">
+        <v>2579</v>
+      </c>
+      <c r="D892" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E892" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F892" t="s">
+        <v>13</v>
+      </c>
+      <c r="G892" s="1" t="s">
+        <v>2957</v>
+      </c>
+      <c r="H892" t="s">
+        <v>2958</v>
+      </c>
+    </row>
+    <row r="893" spans="1:8">
+      <c r="A893" t="s">
+        <v>2959</v>
+      </c>
+      <c r="B893" t="s">
+        <v>9</v>
+      </c>
+      <c r="C893" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D893" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E893" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F893" t="s">
+        <v>13</v>
+      </c>
+      <c r="G893" s="1" t="s">
+        <v>2960</v>
+      </c>
+      <c r="H893" t="s">
+        <v>2961</v>
+      </c>
+    </row>
+    <row r="894" spans="1:8">
+      <c r="A894" t="s">
+        <v>2962</v>
+      </c>
+      <c r="B894" t="s">
+        <v>9</v>
+      </c>
+      <c r="C894" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D894" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E894" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F894" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G894" s="1" t="s">
+        <v>2963</v>
+      </c>
+      <c r="H894" t="s">
+        <v>2812</v>
+      </c>
+    </row>
+    <row r="895" spans="1:8">
+      <c r="A895" t="s">
+        <v>2964</v>
+      </c>
+      <c r="B895" t="s">
+        <v>9</v>
+      </c>
+      <c r="C895" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D895" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E895" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F895" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G895" s="1" t="s">
+        <v>2965</v>
+      </c>
+      <c r="H895" t="s">
+        <v>2966</v>
+      </c>
+    </row>
+    <row r="896" spans="1:8">
+      <c r="A896" t="s">
+        <v>2967</v>
+      </c>
+      <c r="B896" t="s">
+        <v>9</v>
+      </c>
+      <c r="C896" t="s">
+        <v>2375</v>
+      </c>
+      <c r="D896" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E896" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F896" t="s">
+        <v>27</v>
+      </c>
+      <c r="G896" s="1" t="s">
+        <v>2968</v>
+      </c>
+      <c r="H896" t="s">
+        <v>2969</v>
+      </c>
+    </row>
+    <row r="897" spans="1:8">
+      <c r="A897" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B897" t="s">
+        <v>9</v>
+      </c>
+      <c r="C897" t="s">
+        <v>2970</v>
+      </c>
+      <c r="D897" t="s">
+        <v>2971</v>
+      </c>
+      <c r="E897" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F897" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G897" s="1" t="s">
+        <v>2973</v>
+      </c>
+      <c r="H897" t="s">
+        <v>2974</v>
+      </c>
+    </row>
+    <row r="898" spans="1:8">
+      <c r="A898" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B898" t="s">
+        <v>9</v>
+      </c>
+      <c r="C898" t="s">
+        <v>85</v>
+      </c>
+      <c r="D898" t="s">
+        <v>2971</v>
+      </c>
+      <c r="E898" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F898" t="s">
+        <v>87</v>
+      </c>
+      <c r="G898" s="1" t="s">
+        <v>2975</v>
+      </c>
+      <c r="H898" t="s">
+        <v>2976</v>
+      </c>
+    </row>
+    <row r="899" spans="1:8">
+      <c r="A899" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B899" t="s">
+        <v>9</v>
+      </c>
+      <c r="C899" t="s">
+        <v>192</v>
+      </c>
+      <c r="D899" t="s">
+        <v>2971</v>
+      </c>
+      <c r="E899" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F899" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G899" s="1" t="s">
+        <v>2977</v>
+      </c>
+      <c r="H899" t="s">
+        <v>2978</v>
+      </c>
+    </row>
+    <row r="900" spans="1:8">
+      <c r="A900" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B900" t="s">
+        <v>9</v>
+      </c>
+      <c r="C900" t="s">
+        <v>2634</v>
+      </c>
+      <c r="D900" t="s">
+        <v>2971</v>
+      </c>
+      <c r="E900" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F900" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G900" s="1" t="s">
+        <v>2979</v>
+      </c>
+      <c r="H900" t="s">
+        <v>2980</v>
+      </c>
+    </row>
+    <row r="901" spans="1:8">
+      <c r="A901" t="s">
+        <v>2855</v>
+      </c>
+      <c r="B901" t="s">
+        <v>9</v>
+      </c>
+      <c r="C901" t="s">
+        <v>232</v>
+      </c>
+      <c r="D901" t="s">
+        <v>2971</v>
+      </c>
+      <c r="E901" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F901" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G901" s="1" t="s">
+        <v>2981</v>
+      </c>
+      <c r="H901" t="s">
+        <v>2982</v>
+      </c>
+    </row>
+    <row r="902" spans="1:8">
+      <c r="A902" t="s">
+        <v>895</v>
+      </c>
+      <c r="B902" t="s">
+        <v>9</v>
+      </c>
+      <c r="C902" t="s">
+        <v>480</v>
+      </c>
+      <c r="D902" t="s">
+        <v>2971</v>
+      </c>
+      <c r="E902" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F902" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G902" s="1" t="s">
+        <v>2983</v>
+      </c>
+      <c r="H902" t="s">
+        <v>2984</v>
+      </c>
+    </row>
+    <row r="903" spans="1:8">
+      <c r="A903" t="s">
+        <v>899</v>
+      </c>
+      <c r="B903" t="s">
+        <v>9</v>
+      </c>
+      <c r="C903" t="s">
+        <v>484</v>
+      </c>
+      <c r="D903" t="s">
+        <v>2971</v>
+      </c>
+      <c r="E903" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F903" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G903" s="1" t="s">
+        <v>2985</v>
+      </c>
+      <c r="H903" t="s">
+        <v>2986</v>
+      </c>
+    </row>
+    <row r="904" spans="1:8">
+      <c r="A904" t="s">
+        <v>2042</v>
+      </c>
+      <c r="B904" t="s">
+        <v>9</v>
+      </c>
+      <c r="C904" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D904" t="s">
+        <v>2971</v>
+      </c>
+      <c r="E904" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F904" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G904" s="1" t="s">
+        <v>2987</v>
+      </c>
+      <c r="H904" t="s">
+        <v>2988</v>
+      </c>
+    </row>
+    <row r="905" spans="1:8">
+      <c r="A905" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B905" t="s">
+        <v>9</v>
+      </c>
+      <c r="C905" t="s">
+        <v>724</v>
+      </c>
+      <c r="D905" t="s">
+        <v>2971</v>
+      </c>
+      <c r="E905" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F905" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G905" s="1" t="s">
+        <v>2989</v>
+      </c>
+      <c r="H905" t="s">
+        <v>2990</v>
+      </c>
+    </row>
+    <row r="906" spans="1:8">
+      <c r="A906" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B906" t="s">
+        <v>9</v>
+      </c>
+      <c r="C906" t="s">
+        <v>728</v>
+      </c>
+      <c r="D906" t="s">
+        <v>2971</v>
+      </c>
+      <c r="E906" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F906" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G906" s="1" t="s">
+        <v>2991</v>
+      </c>
+      <c r="H906" t="s">
+        <v>2992</v>
+      </c>
+    </row>
+    <row r="907" spans="1:8">
+      <c r="A907" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B907" t="s">
+        <v>9</v>
+      </c>
+      <c r="C907" t="s">
+        <v>736</v>
+      </c>
+      <c r="D907" t="s">
+        <v>2971</v>
+      </c>
+      <c r="E907" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F907" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G907" s="1" t="s">
+        <v>2993</v>
+      </c>
+      <c r="H907" t="s">
+        <v>2994</v>
+      </c>
+    </row>
+    <row r="908" spans="1:8">
+      <c r="A908" t="s">
+        <v>2210</v>
+      </c>
+      <c r="B908" t="s">
+        <v>9</v>
+      </c>
+      <c r="C908" t="s">
+        <v>2995</v>
+      </c>
+      <c r="D908" t="s">
+        <v>2996</v>
+      </c>
+      <c r="E908" t="s">
+        <v>2997</v>
+      </c>
+      <c r="F908" t="s">
+        <v>2998</v>
+      </c>
+      <c r="G908" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="H886" t="s">
-        <v>2934</v>
+      <c r="H908" t="s">
+        <v>2999</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -33087,50 +33854,72 @@
     <hyperlink ref="G862" r:id="rId861"/>
     <hyperlink ref="G863" r:id="rId862"/>
     <hyperlink ref="G864" r:id="rId863"/>
     <hyperlink ref="G865" r:id="rId864"/>
     <hyperlink ref="G866" r:id="rId865"/>
     <hyperlink ref="G867" r:id="rId866"/>
     <hyperlink ref="G868" r:id="rId867"/>
     <hyperlink ref="G869" r:id="rId868"/>
     <hyperlink ref="G870" r:id="rId869"/>
     <hyperlink ref="G871" r:id="rId870"/>
     <hyperlink ref="G872" r:id="rId871"/>
     <hyperlink ref="G873" r:id="rId872"/>
     <hyperlink ref="G874" r:id="rId873"/>
     <hyperlink ref="G875" r:id="rId874"/>
     <hyperlink ref="G876" r:id="rId875"/>
     <hyperlink ref="G877" r:id="rId876"/>
     <hyperlink ref="G878" r:id="rId877"/>
     <hyperlink ref="G879" r:id="rId878"/>
     <hyperlink ref="G880" r:id="rId879"/>
     <hyperlink ref="G881" r:id="rId880"/>
     <hyperlink ref="G882" r:id="rId881"/>
     <hyperlink ref="G883" r:id="rId882"/>
     <hyperlink ref="G884" r:id="rId883"/>
     <hyperlink ref="G885" r:id="rId884"/>
     <hyperlink ref="G886" r:id="rId885"/>
+    <hyperlink ref="G887" r:id="rId886"/>
+    <hyperlink ref="G888" r:id="rId887"/>
+    <hyperlink ref="G889" r:id="rId888"/>
+    <hyperlink ref="G890" r:id="rId889"/>
+    <hyperlink ref="G891" r:id="rId890"/>
+    <hyperlink ref="G892" r:id="rId891"/>
+    <hyperlink ref="G893" r:id="rId892"/>
+    <hyperlink ref="G894" r:id="rId893"/>
+    <hyperlink ref="G895" r:id="rId894"/>
+    <hyperlink ref="G896" r:id="rId895"/>
+    <hyperlink ref="G897" r:id="rId896"/>
+    <hyperlink ref="G898" r:id="rId897"/>
+    <hyperlink ref="G899" r:id="rId898"/>
+    <hyperlink ref="G900" r:id="rId899"/>
+    <hyperlink ref="G901" r:id="rId900"/>
+    <hyperlink ref="G902" r:id="rId901"/>
+    <hyperlink ref="G903" r:id="rId902"/>
+    <hyperlink ref="G904" r:id="rId903"/>
+    <hyperlink ref="G905" r:id="rId904"/>
+    <hyperlink ref="G906" r:id="rId905"/>
+    <hyperlink ref="G907" r:id="rId906"/>
+    <hyperlink ref="G908" r:id="rId907"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>