--- v1 (2026-01-27)
+++ v2 (2026-03-14)
@@ -10,9038 +10,9074 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7256" uniqueCount="3000">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7288" uniqueCount="3012">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Guilherme Rosa</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/350/003-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/350/003-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE INTERCEDA JUNTO AO SECRETÁRIO MUNICIPAL DE OBRAS E PLANEJAMENTO PARA QUE SEJAM REALIZADAS OBRAS DE PATROLAMENTO E ENSAIBRAMENTO NAS PRINCIPAIS RUAS DO BAIRRO PALMARES.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Edinho da Dengue</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/351/004-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/351/004-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO A SUBSTITUIÇÃO DA PONTE DE MADEIRA ATUALMENTE EXISTENTE NO BAIRRO RIO PARDO, AO LADO DA ESCOLA DO RIO PARDO, POR UMA PONTE DE ALVENARIA ESTRUTURAL.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/352/005-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/352/005-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO QUE SEJAM TOMADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA VIABILIZAR A INSTALAÇÃO DE TORRES DE TELEFONIA CELULAR NOS BAIRROS HORIZONTE E SAUDADE.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Heliomar do Gás</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/353/006-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/353/006-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA QUADRA SINTÉTICA E A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA RUA SANTO ANTÔNIO, BAIRRO LAMEIRÃO, EM FRENTE À CASA DE FESTAS PEDRA BRANCA. REITERANDO MINHAS INDICAÇÕES DE Nº460/2024 E 461/2024.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/354/007-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/354/007-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REFORMA DA PRAÇA E DA QUADRA DO BAIRRO LAMEIRÃO, SITUADA NA RUA SANTO ANTÔNIO. REITERANDO MINHA INDICAÇÃO Nº 462/2024.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/355/008-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/355/008-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJAM REALIZADOS OS SERVIÇOS DE ROÇADA, PATROLAMENTO E LIMPEZA NA RUA DO SOSSEGO, LOCALIZADA NO BAIRRO MARAVILHA.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Lenice Viana</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/356/009-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/356/009-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE CORRIMÃO E ILUMINAÇÃO NA ESCADARIA DA RUA FRANCISCO TOSTES, BAIRRO ESPERANÇA.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/357/010-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/357/010-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJAM TOMADAS PROVIDÊNCIAS PARA A REALIZAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA EM FRENTE À IGREJA ASSEMBLEIA DE DEUS, SITUADA NA ESTRADA DO BATATAL, Nº 30, BAIRRO CAMPO VERDE.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/358/011-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/358/011-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REFORMA DA PASSARELA SITUADA ATRÁS DA ALDEIA DE ARCOZELO.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Macarrão</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/359/012-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/359/012-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO URGENTE DE SERVIÇOS DE MANUTENÇÃO NAS ESTRADAS QUE FAZEM A LIGAÇÃO ENTRE O BAIRRO AQUENTA SOL E O BAIRRO COQUEIROS.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/360/013-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/360/013-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UMA FAIXA DE PEDESTRE E UM QUEBRA-MOLAS EM FRENTE À PADARIA DO DANIEL, LOCALIZADA NO BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Claudio Japones</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/361/023-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/361/023-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA GERAL, CAPINA, PATROLAMENTO E ENSAIBRAMENTO NAS RUAS DO BAIRRO RECANTO DOS EUCALIPTOS, ESPECIFICAMENTE NAS RUAS LÍGIA SKENAZZI, PROFESSORA DULCE PINHEIRO BERNARDES E ANTÔNIO LÉO MOURÃO.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/362/024-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/362/024-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CRIAÇÃO DE ABRIGO PARA TAXISTAS NA PRAÇA BENJAMIN PEDRO CHAIM.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/363/025-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/363/025-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A LIMPEZA URGENTE DA VALA QUE CORTA O BAIRRO LAMEIRÃO.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/364/026-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/364/026-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONTINUIDADE DA PAVIMENTAÇÃO ASFÁLTICA NO BAIRRO RECANTO.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/365/027-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/365/027-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PATROLAMENTO E ENSAIBRAMENTO NAS RUAS DOS BAIRROS COQUEIROS E RIO PARDO. REITERANDO INDICAÇÃO DE MINHA AUTORIA Nº 005/2024.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/366/028-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/366/028-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL MANUTENÇÃO NOS BRAÇOS DE ILUMINAÇÃO PÚBLICA NOS BAIRROS DE COQUEIROS E RIO PARDO, REITERANDO INDICAÇÃO DE MINHA AUTORIA Nº 304/2024.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Zaninho</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/367/029-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/367/029-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE QUEBRA-MOLAS NA ENTRADA DO GROTÃO, NAS PROXIMIDADES DA LOJA DO ALVIN.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/368/030-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/368/030-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A EXECUÇÃO DO SERVIÇO DE ROÇADA NO BAIRRO PAIOL VELHO.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/369/031-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/369/031-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE GUARDA CORPO AO LONGO DA DESCIDA DO MORRO DAS "CASINHAS POPULARES" DO ROSEIRAL. REITERANDO MINHA INDICAÇÃO DE Nº 179/2024.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Neguinho da Oficina</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/370/032-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/370/032-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA PONTE DE CIMENTO NA ESTRADA ANTÔNIO JOAQUIM, NO BAIRRO GUARIBU.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/371/033-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/371/033-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL LIMPEZA DA ESTRADA DA SAUDADE, NO BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/372/034-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/372/034-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL LIMPEZA DAS RUAS DAS CASINHAS POPULARES, NO BAIRRO ARCOZELO – RUA DA CACHOEIRA.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/373/035-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/373/035-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REVITALIZAÇÃO E LIMPEZA DA CICLOVIA DO CENTRO DE PATY DO ALFERES ATÉ MONTE ALEGRE.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/374/036-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/374/036-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UMA ACADEMIA DA SAÚDE NO BAIRRO MANTIQUIRA, ESPECIFICAMENTE NA RUA NOVA MANTIQUIRA, Nº 31, EM FRENTE À ASSOCIAÇÃO DOS MORADORES.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/375/037-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/375/037-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJAM TOMADAS PROVIDÊNCIAS PARA A REALIZAÇÃO DA PODA DA ÁRVORE LOCALIZADA AO LADO DO PONTO DE ÔNIBUS (SENTIDO AVELAR), SITUADO NA AVENIDA BRASIL, TENDO COMO REFERÊNCIA A RODOVIÁRIA DE ARCOZELO.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/376/038-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/376/038-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA NA RUA CELINO GOMES LISBOA, BAIRRO GOIABAL. REITERANDO INDICAÇÃO DE MINHA AUTORIA Nº 288/2024.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/377/039-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/377/039-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS PARA A REALIZAÇÃO DA ROÇADA E PATROLAMENTO NAS RUAS DO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/378/040-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/378/040-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJAM TOMADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA VIABILIZAR A INSTALAÇÃO DE TORRES DE TELEFONIA CELULAR NO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Marco Aurelio</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/379/041-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/379/041-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REFAÇA O QUEBRA-MOLAS LOCALIZADO NA RJ 125, NO BAIRRO GRANJA CALIFÓRNIA, PRÓXIMO À ENTRADA DO GUARIBU VELHO, CONFORME ANEXO.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/380/042-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/380/042-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL O ENSAIBRAMENTO DA RUA ALFREDO MARTINS DE AZEVEDO, SITUADA NO BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/381/043-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/381/043-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL O PATROLAMENTO E ENSAIBRAMENTO DA RUA ALTINO ANTÔNIO ROSA, BAIRRO AQUENTA SOL.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/382/044-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/382/044-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE DOIS QUEBRA-MOLAS NA ESTRADA SERTÃO DO CALIXTO, NO BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/396/055-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/396/055-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS PARA A REFORMA DA PONTE LOCALIZADA NA ESTRADA SERTÃO DO CALIXTO, NO BAIRRO VISTA ALEGRE , QUE FAZ DIVISA COM O MUNICÍPIO DE PARAÍBA DO SUL .</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/397/056-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/397/056-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA	AO PREFEITO MUNICIPAL A REALIZAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA E A INS TALAÇÃO DE QUEBRA—MOLAS EM FRENTE AO COLÉGIO E À QUADRA DA VISTA ALEGRE , SITUADOS NA ESTRADA DO RETIRO, NO BAIRRO VISTA ALEGRE</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/398/057-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/398/057-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA DO TRECHO DO MORRO DO AQUENTA SOL, NO SENTIDO RIO PARDO, ONDE SE ENCONTRA A IGREJA CASA DE ORAÇÃO .</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/399/058-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/399/058-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CRIAÇÃO DE UMA PASSARELA PARA PEDESTRES NA PONTE SITUADA NO BAIRRO SOSSEGO, BEM COMO A REFORMA DA MESMA</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/400/059-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/400/059-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE QUATRO QUEBRA—MOLAS AO  LONGO DA RJ 117 , SENDO ELES LOCALIZADOS EM FRENTE AO BAR DO FLORENTINO , EM FRENTE AO BAR DO ZECA, NA ENTRADA DA FORTALEZA E EM FRENTE À PEDREIRA DO ZÉ CARLOS .</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/401/060-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/401/060-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DO	CAL ÇAMENTO	EM PARALELEPÍPEDO	OU	PAVIMENTAÇÃO ASFÁL TICA, BEM COMO A REFORMA DA PONTE E A INSTALAÇÃO DE CORRIMÃO PARA PEDES TRES NA RUA DR. LAGROTA, MANGA LARGA DE BAIXO</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/402/061-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/402/061-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REFORMA DO POSTO DE SAÚDE LOCALIZADO NO BAIRRO MARAVILHA .</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/403/062-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/403/062-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CRIAÇÃO DE ABRIGOS NOS PONTOS DE ÔNIBUS DO BAIRRO MARAVILHA, BEM COMO A DEVIDA MARCAÇÃO PARA QUE OS ÔNIBUS PAREM NOS LOCAIS APROPRIADOS .</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/404/063-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/404/063-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS QUANTO À PAVIMENTAÇÃO ASFÁL TICA EM FRENTE AO COLÉGIO MUNICIPAL NOSSA SENHORA DAS GRAÇAS , LOCALIZADO NA ESTRADA PORCINO BORGES DE ANDRADE, NO BAIRRO CAMPO VERDE .</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/405/064-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/405/064-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJAM TOMADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA O RETORNO DA MÃO DUPLA DE CIRCULAÇÃO NA RUA ALFERES FRANCISCO TAVARES E NA RUA VEREADOR SIDNEI MELO DE FREI TAS, VIAS QUE LIGAM O BAIRRO GOIABAL AO CENTRO DA CIDADE, TENDO COMO PONTO DE REFERÊNCIA O SUPERMERCADO FERNANDES .</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/406/065-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/406/065-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UMA FAIXA DE PEDESTRE NA RUA JOSÉ ALVES DA COSTA, POR BAIXO DA MATERNIDADE, NA LOCALIDADE ONDE ANTERIORMENTE PASSAVA A LINHA DO TREM.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/407/066-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/407/066-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEI TO MUNICIPAL A REFORMA DO CAMPO DE GRAMA SINTÉTICA SITUADO NA RJ—125, GRANJA CALIFÓRNIA , COM INSTALAÇÃO DE COBERTURA EM TELA PARA IMPEDIR QUE A BOLA SAIA E REPARO DE BURACOS NO GRAMADO. TENDO COMO REFERÊNCIA A LANCHONETE COMBINADO.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/408/067-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/408/067-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADA	A	REFORMA DA QUADRA POLIESPORTIVA ANTÔNIO MARQUES , SITUADA À RUA OSWALDO DE SOUZA ADRA, NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/409/068-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/409/068-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UMA REDE DE ESGOTO NA ESTRADA SÃO JOAQUIM , BAIRRO GRANJA CALIFÓRNIA, PRÓXIMO À ASSEMBLEIA DE DEUS .</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/410/069-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/410/069-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADA A PAVIMENTAÇÃO ASFÁL TICA EM FRENTE À ASSEMBLEIA DE DEUS, NA ESTRADA ANTÔNIO JOAQUIM, BAIRRO GUARIBU.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/417/076-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/417/076-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL PROVIDÊNCIAS PARA A COLOCAÇÃO DE ENTULHO NOS BURACOS EXISTENTES NA ESTRADA DO BATATAL, BAIRRO BELA VISTA, E NA RUA VIRGÍNIA RANGEL, BAIRRO MANTIQUIRA.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/421/086-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/421/086-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA	AO PREFEITO MUNICIPAL A DESIGNAÇÃO DE DOIS GUARDAS MUNICIPAIS PARA SEGURANÇA NA RODOVIÁRIA DE ARCOZELO DURANTE O PERÍODO NO TURNO .</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/422/087-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/422/087-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADO O PATROLAMENTO ENSAIBRAMENTO NA RUA LAUDELINA CORREIA BERNARDES, LOCALIZADA NO BAIRRO ENCANTO.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/423/088-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/423/088-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS PARA A IMPLANTAÇÃO DE UMA	CLÍNICA DE HEMODIÁLISE EM NOSSO MUNICÍPIO, EM PARCERIA COM O GOVERNO DO ESTADO OU O GOVERNO FEDERAL</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/424/089-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/424/089-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE PONTOS DE ÔNIBUS NOS BAIRROS LAMEIRÃO, GOIABAL E FORTALEZA.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/425/090-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/425/090-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO  DE PAISAGISMO NA CACHOEIRA DO BAIRRO MARAVILHA. TENDO COMO REFERÊNCIA O POSTO DE SAÚDE DO MENCIONADO BAIRRO.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/426/091-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/426/091-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE FIRMAR UM CONVÊNIO COM AS EMPRESAS PRESTADORAS DE SERVIÇO DE TRANSPORTE PÚBLICO DO NOSSO MUNICÍPIO , COM O OBJETIVO DE DIMINUIR O VALOR DA PASSAGEM DE ÔNIBUS DAS LINHAS MUNICIPAIS , DE FORMA QUE  DO VALOR DA TARIFA SEJA ARCADO PELO MUNICÍPIO .</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/427/092-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/427/092-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL LIMPEZA DAS ESTRADAS QUE DÃO ACESSO AOS BAIRROS GUARIBU , ANTÔNIO JOAQUIM , SAUDADE E SANTA ROSA.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/428/093-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/428/093-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL LIMPEZA DOS BUEIROS NA ESTRADA VEREADOR OSVALDO FERNANDES DE BARROS FILHO, BAIRRO GUARIBU.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/429/094-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/429/094-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INS TALAÇÃO DE PONTO DE ÔNIBUS NA ENTRADA DO MORRO ZÉZÉ LOPES , RJ—125 , APÓS A ALDEIA DE ARCOZELO, SENTIDO AVELAR .</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Denilson Ligeirinho</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/430/095-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/430/095-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL LIMPEZA E MANUTENÇÃO DA RJ 125 , QUE VAI DE AVELAR A ANDRADE PINTO .</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/431/096-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/431/096-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE EM CONJUNTO COM A SECRETARIA MUNICIPAL DE OBRAS, REALIZE A MANUTENÇÃO DA QUADRA DE AREIA LOCALIZADA NA PRAÇA DO BAIRRO GRANJA CALIFÓRNIA , SITUADA NA RJ 125 , TENDO COMO REFERÊNCIA A LANCHONETE COMBINADO .</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/432/097-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/432/097-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE ABRIGO DE PASSAGEIROS (PONTO DE ÔNIBUS) NA ENTRADA DA RUA AlTINO DE PAULA , NO BAIRRO VISTA ALEGRE .</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/433/098-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/433/098-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADA A DENOMINAÇÃO DE TODAS AS RUAS LOCALIZADAS NO BAIRRO AVELAR, EM NOSSA CIDADE .</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/434/101-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/434/101-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE INTERCEDA JUNTO AO SECRETÁRIO MUNICIPAL DE OBRAS E PLANEJ AMENTO PARA QUE SEJAM REALIZADAS OBRAS DE PATROLAMENTO E ENSAIBRAMENTO NA RUA HUMBERTO CÂNDIDO , NO BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/435/102-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/435/102-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL LIMPEZA E COLOCAÇÃO DE PÓ DE PEDRA NA RUA EDITH MARIOTTI COIMBRA, BAIRRO ESPERANÇA .</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/438/107-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/438/107-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL PAVIMENTAÇÃO ASFÁLTICA DE 100 METROS NA RUA MARAVILHA, EM FRENTE À IGREJA DO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/439/108-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/439/108-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA COBERTA, NO BAIRRO GROTÃO, CONTEMPLANDO TAMBÉM A ESTRUTURAÇÃO DE UMA SALA DENTRO DA PRÓPRIA QUADRA PARA USO DA ASSOCIAÇÃO DE MORADORES DO BAIRRO.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE LIMPEZA NA RJ 117, ESPECIFICAMENTE NO TRECHO QUE VAI DO COLÉGIO GIOCONDA BERNARDES ATÉ A ENTRADA DO REI DO QUEIJO, NO BAIRRO MARAVILHA.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/441/110-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/441/110-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE REPAROS NA COBERTURA DO GINÁSIO ESPORTIVO MUNICIPAL HUGO CORRÊA BERNARDES FILHO, CONSIDERANDO QUE A ESTRUTURA APRESENTA DIVERSAS PERFURAÇÕES, O QUE COMPROMETE SEU USO, ESPECIALMENTE EM DIAS DE CHUVA.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/442/111-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/442/111-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A DISPONIBILIZAÇÃO DOS ESPAÇOS DAS ESCOLAS MUNICIPAIS DURANTE O PERÍODO DE FÉRIAS ESCOLARES PARA A REALIZAÇÃO DE ATIVIDADES RECREATIVAS, PROJETOS EDUCACIONAIS, BEM COMO O FORNECIMENTO DE ALIMENTAÇÃO A TODAS AS CRIANÇAS QUE PARTICIPAREM DAS ATIVIDADES.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/443/112-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/443/112-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL PATROLAMENTO, LIMPEZA E ENSAIBRAMENTO DA RUA WINTOR BARBOSA DE GODOI, NO BAIRRO PEDRAS RUIVAS.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/444/113-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/444/113-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE, EM CONJUNTO COM A SECRETARIA DE OBRAS, A OPERAÇÃO TAPA-BURACOS NA RJ-117.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/445/114-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/445/114-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE, EM CONJUNTO COM A SECRETARIA DE OBRAS, O PATROLAMENTO E ENSAIBRAMENTO DAS PRINCIPAIS RUAS DO BAIRRO PRATA.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/446/115-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/446/115-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA RODOVIÁRIA DE ARCOZELO.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/447/116-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/447/116-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA COBERTA NO BAIRRO HORIZONTE, VISANDO ATENDER TAMBÉM OS BAIRROS VIZINHOS GUARIBU E SAUDADE.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/448/117-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/448/117-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NO BAIRRO RIO PARDO.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/449/118-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/449/118-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, JUNTO À SECRETARIA DE OBRAS, REALIZE A MANUTENÇÃO DA ESTRADA DO QUILOMBO, INCLUINDO O ALARGAMENTO DA VIA E A REMOÇÃO DE TOCOS QUE DIFICULTAM A PASSAGEM DE VEÍCULOS.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/451/120-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/451/120-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADA, COM URGÊNCIA, ROÇADA E LIMPEZA DAS RUAS CORONEL AVELAR E BARÃO DE CAPIVARI, AMBAS NO BAIRRO AVELAR, BEM COMO A SUBSTITUIÇÃO DAS LÂMPADAS QUEIMADAS DA ILUMINAÇÃO PÚBLICA E PODA DAS ÁRVORES QUE APRESENTAM RISCO À POPULAÇÃO.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/452/121-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/452/121-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADA, COM URGÊNCIA, ROÇADA DAS ESTRADAS DA BELA VISTA E DO BATATAL, AMBAS NO BAIRRO BELA VISTA, BEM COMO A LIMPEZA DE TODOS OS BUEIROS EXISTENTES NO BAIRRO.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/453/122-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/453/122-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A COLOCAÇÃO DE CASCALHO NOS BURACOS EXISTENTES NA RUA G, PRÓXIMO AO NÚMERO 200, NO BAIRRO ARCOZELO, BEM COMO O PATROLAMENTO DA VIA.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/454/123-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/454/123-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DA FAETEC NO PRÉDIO DESOCUPADO DA EX-ESCOLA ESTADUAL MUNICIPALIZADA JOSÉ LOPES DE MELO FILHO, NO BAIRRO DA GRANJA NOVA CALIFORNIA.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/459/128-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/459/128-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM MUSEU (MEMORIAL) DA FOLIA DE REIS.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/460/129_2025_realizacao_de_limpeza_e_conservacao_da_rua_dr._adalberto_nogueira_localizada_no_bairro_monte_alegre_rua_do_campo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/460/129_2025_realizacao_de_limpeza_e_conservacao_da_rua_dr._adalberto_nogueira_localizada_no_bairro_monte_alegre_rua_do_campo..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE LIMPEZA E CONSERVAÇÃO DA RUA DR. ADALBERTO NOGUEIRA, LOCALIZADA NO BAIRRO MONTE ALEGRE (RUA DO CAMPO).</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/461/130_2025_patolamento_na_estrada_orlando_gomes_dos_reis_localizada_em_bairro_encanto..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/461/130_2025_patolamento_na_estrada_orlando_gomes_dos_reis_localizada_em_bairro_encanto..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADO O PATROLAMENTO NA ESTRADA ORLANDO GOMES DOS REIS, LOCALIZADA NO BAIRRO ENCANTO, PRÓXIMO AO BAIRRO ANTÔNIO JOAQUIM.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/462/131_2025_solicita_ao_prefeito_municipal_a_construcao_de_uma_quadra_poliesportiva_no_bairro_aquenta_sol..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/462/131_2025_solicita_ao_prefeito_municipal_a_construcao_de_uma_quadra_poliesportiva_no_bairro_aquenta_sol..pdf</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/463/132_2025_solicita_ao_prefeito_municipal_que_realize_a_pavimentacao_asfaltica_do_trecho_que_falta_entre_o_morro_do_recreio_e_o_bairro_vista_alegre..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/463/132_2025_solicita_ao_prefeito_municipal_que_realize_a_pavimentacao_asfaltica_do_trecho_que_falta_entre_o_morro_do_recreio_e_o_bairro_vista_alegre..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A PAVIMENTAÇÃO ASFÁLTICA DO TRECHO QUE FALTA ENTRE O MORRO DO RECREIO E O BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/464/133_2025_solicita_ao_prefeito_municipal_que_tome_providencias_quanto_a_construcao_de_uma_creche_no_bairro_vista_alegre..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/464/133_2025_solicita_ao_prefeito_municipal_que_tome_providencias_quanto_a_construcao_de_uma_creche_no_bairro_vista_alegre..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE TOME PROVIDÊNCIAS QUANTO À CONSTRUÇÃO DE UMA CRECHE NO BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/465/134_2025_solicita_ao_prefeito_municipal_a_instalacao_de_braco_de_luz_na_rj-125_na_entrada_principal_do_loteamento_do_taozinho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/465/134_2025_solicita_ao_prefeito_municipal_a_instalacao_de_braco_de_luz_na_rj-125_na_entrada_principal_do_loteamento_do_taozinho.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE BRAÇO DE LUZ NA RJ-125, NA ENTRADA PRINCIPAL DO LOTEAMENTO DO TÃOZINHO, QUE DÁ ACESSO TANTO AO LOTEAMENTO QUANTO À SEGUNDA ENTRADA DA FAZENDA PAU GRANDE.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/466/135_2025__realize_a_limpeza_na_rua_vereador_sidney_de_melo_freitas_que_da_seguimento_ao_centro_de_paty_do_alferes..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/466/135_2025__realize_a_limpeza_na_rua_vereador_sidney_de_melo_freitas_que_da_seguimento_ao_centro_de_paty_do_alferes..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A LIMPEZA NA RUA VEREADOR SIDNEY DE MELO FREITAS, QUE DÁ SEGUIMENTO AO CENTRO DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/467/136_2025_patrolamento_da_estrada_que_da_acesso_ao_pesque-pague_localizado_no_bairro_vista_alegre..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/467/136_2025_patrolamento_da_estrada_que_da_acesso_ao_pesque-pague_localizado_no_bairro_vista_alegre..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADO O PATROLAMENTO DA ESTRADA QUE DÁ ACESSO AO PESQUE-PAGUE, LOCALIZADO NO BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/468/137_2025__solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_do_morro_do_fama..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/468/137_2025__solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_do_morro_do_fama..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE ROÇADA E LIMPEZA DO MORRO DO FAMA.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/470/139_2025_que_seja_realizado_com_urgencia_o_patrolamento_ensaibramento_e_rocada_da_rua_k_no_bairro_arcozelo..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/470/139_2025_que_seja_realizado_com_urgencia_o_patrolamento_ensaibramento_e_rocada_da_rua_k_no_bairro_arcozelo..pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADO, COM URGÊNCIA, O PATROLAMENTO, ENSAIBRAMENTO E ROÇADA DA RUA K, NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/472/145-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/472/145-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PINTURA DE UMA VAGA EXCLUSIVA PARA A FARMÁCIA PATY, LOCALIZADA NA RUA DEPUTADO BERNARDES NETO, REFERÊNCIA EM FRENTE AO CENTRO CULTURAL E A PADARIA DO GIBRAN.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/473/146-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/473/146-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PAISAGISMO NO BARRANCO DA ESCOLA LAUDELINA BERNARDES, EM FRENTE À PADARIA DO GIBRAN.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/474/147-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/474/147-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UMA BARREIRA DE PROTEÇÃO DE ACRÍLICO NA RECEPÇÃO DO POSTO DE SAÚDE DA POAIA, SITUADO NA RUA VINTE E QUATRO, BEM COMO A INSTALAÇÃO DE UM APARELHO DE AR CONDICIONADO NO MESMO LOCAL.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/475/148-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/475/148-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UMA ACADEMIA DA SAÚDE NA PRAÇA RYAN ROSA FERNANDES, LOCALIZADA NA RUA ALTINO ANTÔNIO ROSA, BAIRRO AQUENTA SOL.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/476/149-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/476/149-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA E MANUTENÇÃO NA PRAÇA RYAN ROSA FERNANDES, LOCALIZADA NA RUA ALTINO ANTÔNIO ROSA, NO BAIRRO AQUENTA SOL.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/485/150-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/485/150-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONTINUIDADE DO CALÇAMENTO EM PARALELEPÍPEDO DO BAIRRO CHAVE DE OURO ATÉ O BAIRRO PALMARES.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/486/151-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/486/151-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE ANALISE A VIABILIDADE DE IMPLEMENTAR O FUNCIONAMENTO EM TEMPO INTEGRAL DA ESCOLA MUNICIPAL GIOCONDA BERNARDES, LOCALIZADA NO BAIRRO MARAVILHA.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/487/152-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/487/152-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PATROLAMENTO E ENSAIBRAMENTO DA RUA MAURÍCIO DOURADO LOPES, BAIRRO PEDRAS RUIVAS.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/477/153-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/477/153-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A IMPLEMENTAÇÃO DO ESTUDO EM TEMPO INTEGRAL NA ESCOLA MUNICIPAL LEOPOLDO PULLIG, NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/478/154-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/478/154-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE MANUTENÇÃO NA ESTRADA RIO PARDO/QUILOMBO, ESPECIALMENTE NO TRECHO PRÓXIMO À RESIDÊNCIA DA SENHORA CONHECIDA COMO DONA MARIA PÃO, BAIRRO RIO PARDO.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/479/155-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/479/155-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE NOVAS TELAS NOS GOLS DA QUADRA DE GRAMA SINTÉTICA, SITUADA NA RJ-125, NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/480/156-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/480/156-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CRIAÇÃO DA CASA DOS CONSELHOS, UM ESPAÇO DESTINADO A ATENDER A POPULAÇÃO, PARA QUE A MESMA TENHA SUAS DEMANDAS OUVIDAS E ATENDIDAS.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/481/157-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/481/157-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PATROLAMENTO E ENSAIBRAMENTO NA ESTRADA AQUENTA SOL/QUILOMBO.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/482/158-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/482/158-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CRIAÇÃO DE UMA CASA DE APOIO PARA PESSOAS COM CÂNCER, ASSEGURANDO A ESSAS PESSOAS PRIORIDADE NOS EXAMES E OFERECENDO SUPORTE COM PROFISSIONAIS ESPECIALIZADOS, COMO PSICÓLOGO E FISIOTERAPEUTA, PARA MELHOR ASSISTÊNCIA DURANTE O TRATAMENTO E RECUPERAÇÃO.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/488/161-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/488/161-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO PARA A ESCOLA LELÉ DO GOIABAL E PARA A IGREJA SITUADA NA RUA COMANDANTE BANDEIRA DE MELO, NO BAIRRO GOIABAL, COM O OBJETIVO DE GARANTIR A SEGURANÇA E EVITAR EXCESSOS DE VELOCIDADE NAS IMEDIAÇÕES.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/489/162-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/489/162-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE REPAROS COM MASSA ASFÁLTICA NOS BURACOS EXISTENTES NA SUBIDA DA RUA IVAN GOMES BERNARDES, NO MORRO DO CAPITÃO ZENÓBIO, CENTRO DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/490/163-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/490/163-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA E PATROLAMENTO NA TRAVESSA CELINO GOMES LISBOA, NO BAIRRO GOIABAL.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/491/164-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/491/164-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA E DESASSOREAMENTO DO RIO NO BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/492/165-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/492/165-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A PAVIMENTAÇÃO ASFÁLTICA NO TRECHO FINAL DA RUA ALTINO DE PAULA, NO BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/493/166-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/493/166-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A MANUTENÇÃO DOS APARELHOS DE AR-CONDICIONADO DO CENTRO DE ESPECIALIDADES ODONTOLÓGICAS (CEO).</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/494/167-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/494/167-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A MELHORIA E AMPLIAÇÃO DOS EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL (EPIS) FORNECIDOS AOS FUNCIONÁRIOS RESPONSÁVEIS PELA COLETA DE LIXO, INCLUINDO A DISPONIBILIZAÇÃO DE CAMISAS TÉRMICAS E PROTETOR SOLAR.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/495/168-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/495/168-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A MANUTENÇÃO DOS BRAÇOS DE ILUMINAÇÃO PÚBLICA DA RUA CAPITÃO ZENÓBIO DA COSTA, NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/496/169-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/496/169-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CRIAÇÃO E IMPLEMENTAÇÃO DE UM PROGRAMA DE ATENDIMENTO VETERINÁRIO GRATUITO PARA TUTORES DE ANIMAIS QUE NÃO POSSUEM CONDIÇÕES FINANCEIRAS DE ARCAR COM OS CUSTOS DOS CUIDADOS BÁSICOS DE SAÚDE DE SEUS BICHOS DE ESTIMAÇÃO.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/497/170-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/497/170-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM BEBEDOURO PÚBLICO NA PRAÇA GEORGE JACOB ABDUE PARA ATENDER OS FEIRANTES E FREQUENTADORES DA FEIRA AGROECOLÓGICA DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/498/171-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/498/171-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A AMPLIAÇÃO DA ESCOLA MUNICIPAL DO RIO PARDO, COM A CONSTRUÇÃO DE PELO MENOS DUAS NOVAS SALAS DE AULA.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/499/172-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/499/172-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PATROLAMENTO E ENSAIBRAMENTO NA RUA VINTE E OITO, NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/508/190-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/508/190-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a instalação de uma grade de proteção ao redor do parquinho localizado na praça do bairro Granja Califórnia, situada na RJ-125.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/509/191-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/509/191-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize a reforma da quadra da Escola Municipal Nossa Senhora das Graças, localizada no bairro Campo Verde, incluindo a instalação de cobertura para proteção contra o sol e para impedir que a bola saia da quadra.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/510/192-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/510/192-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a disponibilização de protetor solar aos Agentes de Combate às Endemias e Agentes Comunitários de Saúde.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/511/193-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/511/193-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize a limpeza no rio que corta o centro de Paty do Alferes.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/512/194-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/512/194-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a ampliação do horário de funcionamento da Farmácia Municipal de Avelar, para que funcione das 8h às 16h.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/513/195-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/513/195-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que estenda a limpeza e o desassoreamento do rio que corta o bairro Vista Alegre até bairro Avelar. Reiterando a indicação de n° 164/2025, de minha autoria.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/514/196-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/514/196-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que estude a viabilidade da criação de um banco de sangue no nosso município.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/518/198_2025_locacao_ou_aquisicao_de_uma_tenda_destinada_a_cobertura_da_feira_agroecologica_na_praca_george_jacob_abdue.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/518/198_2025_locacao_ou_aquisicao_de_uma_tenda_destinada_a_cobertura_da_feira_agroecologica_na_praca_george_jacob_abdue.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que avalie a possibilidade de locação ou aquisição de uma tenda destinada à cobertura da Feira Agroecológica, realizada na Praça George Jacob Abdue.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/519/199_2025_instalacao_de_uma_maquina_de_cafe_multibebida_na_recepcao_da_unidade_de_saude_alba_monteiro_bernardes_maternidade.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/519/199_2025_instalacao_de_uma_maquina_de_cafe_multibebida_na_recepcao_da_unidade_de_saude_alba_monteiro_bernardes_maternidade.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a instalação de duas Máquinas de Café Multibebida, uma na recepção da Unidade de Saúde Alba Monteiro Bernardes (Maternidade)e outra no Posto de Saúde de Avelar.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/520/200_2025_solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_reparo_dos_buracos_na_estrada_do_bairro_paiol_velho..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/520/200_2025_solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_reparo_dos_buracos_na_estrada_do_bairro_paiol_velho..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a realização de roçada e reparo dos buracos na Estrada do Bairro Paiol Velho.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/521/201_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_na_rua_agua_fria_localizada_no_bairro_palmares..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/521/201_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_na_rua_agua_fria_localizada_no_bairro_palmares..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize a troca de lâmpadas na Rua Água Fria, localizada no bairro Palmares.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/522/202_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_queimadas_no_corrego_dantas_localizado_no_bairro_coqueiros..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/522/202_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_queimadas_no_corrego_dantas_localizado_no_bairro_coqueiros..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize troca de lâmpadas queimadas no Córrego Dantas, localizado no bairro Coqueiros.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/523/203_2025_junto_com_o_diretor_de_ordem_publica_estude_a_possibilidade_de_implementacao_de_mao_unica_na_rua_mara_lucia_feijo.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/523/203_2025_junto_com_o_diretor_de_ordem_publica_estude_a_possibilidade_de_implementacao_de_mao_unica_na_rua_mara_lucia_feijo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que, junto com o Diretor de Ordem Pública, estude a possibilidade de implementação de mão única na Rua Mara Lúcia Feijó da Silveira, Morro do Macaco, bairro Lameirão, devido ao grande fluxo de veículos.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/524/204_2025_solicita_ao_prefeito_municipal_a_colocacao_de_massa_asfaltica_em_frente_a_escola_municipal_major_monteiro_soares.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/524/204_2025_solicita_ao_prefeito_municipal_a_colocacao_de_massa_asfaltica_em_frente_a_escola_municipal_major_monteiro_soares.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a colocação de massa asfáltica em frente à Escola Municipal Major Monteiro Soares, localizada no bairro Horizonte, na Rua Oswaldo Fernandes de Barros Filho.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Neguinho da Oficina, Edinho da Dengue</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/525/205_2025_solicita_ao_prefeito_municipal_a_realizacao_de_servicos_de_limpeza_e_manutencao_na_praca_ryan_rosa_fernandes.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/525/205_2025_solicita_ao_prefeito_municipal_a_realizacao_de_servicos_de_limpeza_e_manutencao_na_praca_ryan_rosa_fernandes.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a realização de serviços de limpeza e manutenção na Praça Ryan Rosa Fernandes, localizada na Rua Altino Antônio Rosa, no bairro Aquenta Sol.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/526/206_2025_solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_nos_bairros_rio_pardo_e_coqueiros.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/526/206_2025_solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_nos_bairros_rio_pardo_e_coqueiros.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a realização de roçada e limpeza nos bairros Rio Pardo e Coqueiros, bem como nas sub localidades próximas, incluindo Bom Jardim, Cantagalo, Mata Sapo e Quilombo.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/533/213_2025_solicita_ao_prefeito_municipal_a_instalacao_de_um_refletor_em_frente_ao_colegio_joao_abreu_localizado_no_bairro_granja_california..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/533/213_2025_solicita_ao_prefeito_municipal_a_instalacao_de_um_refletor_em_frente_ao_colegio_joao_abreu_localizado_no_bairro_granja_california..pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a instalação de um refletor em frente ao Colégio João Abreu, localizado no bairro Granja Califórnia.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/534/214_2025_solicita_ao_prefeito_municipal_que_realize_a_substituicao_das_lampadas_na_localidade_de_barra_do_encanto_bairro_encanto.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/534/214_2025_solicita_ao_prefeito_municipal_que_realize_a_substituicao_das_lampadas_na_localidade_de_barra_do_encanto_bairro_encanto.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize a substituição das lâmpadas na localidade de Barra do Encanto, Bairro Encanto, nas proximidades do curral do Sr. Miguel Domingos.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/546/218-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/546/218-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO INDICANDO O SENTIDO DA ESTRADA ANTÔNIO JOAQUIM, NO BAIRRO AVELAR, O SENTIDO DA ESTRADA ANTÔNIO ANICETO DA COSTA, NO BAIRRO SAUDADE, E O SENTIDO DO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/547/219-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/547/219-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NOS PONTOS DE ÔNIBUS DA ESTRADA VEREADOR OSWALDO FERNANDES DE BARROS FILHO, NO BAIRRO GUARIBÚ, BEM COMO INSTALAR ILUMINAÇÃO NOS LOCAIS ONDE AINDA NÃO HÁ FORNECIMENTO DE LUZ.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/548/220-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/548/220-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE INTERVENHA JUNTO À EMPRESA LIGHT VISANDO À SUBSTITUIÇÃO DE TODOS OS POSTES DE MADEIRA EXISTENTES NO MUNICÍPIO POR POSTES DE MATERIAIS MAIS RESISTENTES, COMO CONCRETO OU FIBRA DE VIDRO.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/537/221-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/537/221-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que sejam tomadas as providências necessárias para a conclusão do asfaltamento da ciclovia e a melhoria da iluminação ao longo de toda a sua extensão.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/538/222-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/538/222-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que realize a substituição das lâmpadas na Rua Damasceno, bairro Capivara, nas proximidades do Sítio do Roninho Ferrador.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/539/223-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/539/223-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a manutenção nos aparelhos de ar-condicionado, da Vigilância Sanitária.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/549/224-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/549/224-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA DE OBRAS, REALIZE A LIMPEZA E A MANUTENÇÃO DAS CALHAS LOCALIZADAS NAS LATERAIS DO ASFALTO DO BAIRRO RECANTO.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/550/225-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/550/225-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL, EM CONJUNTO COM A SECRETARIA DE OBRAS, A REALIZAÇÃO DE REPAROS NA RUA SANTO ANTÔNIO, DEVIDO À FORMAÇÃO DE UMA GRANDE CRATERA NAS PROXIMIDADES DO Nº 71, EM FRENTE À RESIDÊNCIA DO SR. VALDECIR E DA SRA. DONA MATOTA.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/540/230-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/540/230-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a reforma da Quadra da Maravilha.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/555/235-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/555/235-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PRORROGAÇÃO DO PRAZO PARA PAGAMENTO EM COTA ÚNICA DO IPTU 2025, COM DESCONTO, POR MAIS 30 DIAS ÚTEIS.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/556/236-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/556/236-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE AMPLIE OS SERVIÇOS DE PRÓTESES OFERECIDOS PELO CENTRO DE ESPECIALIDADES ODONTOLÓGICAS (CEO) DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/551/237-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/551/237-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A AQUISIÇÃO DE EQUIPAMENTOS ODONTOLÓGICOS PORTÁTEIS, VISANDO ATENDER AS NECESSIDADES DO ATENDIMENTO DOMICILIAR E HOSPITALAR DE PESSOAS COM DEFICIÊNCIA OU ACAMADAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/552/238-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/552/238-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM PLAYGROUND NA PRAÇA DO BAIRRO BELA VISTA, COM O OBJETIVO DE OFERECER UM ESPAÇO ADEQUADO PARA LAZER E RECREAÇÃO INFANTIL.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/553/239-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/553/239-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A MANUTENÇÃO DOS APARELHOS DE AR-CONDICIONADO NAS SALAS DE ATENDIMENTO AOS PACIENTES DO POSTO DE SAÚDE DE ARCOZELO.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/554/240-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/554/240-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A PODA DAS ÁRVORES LOCALIZADAS NA RUA GERALDINO PEREIRA DA COSTA, NO BAIRRO LAMEIRÃO, CUJOS GALHOS ESTÃO EM CONTATO COM OS FIOS DE ALTA TENSÃO, OCASIONANDO CURTO-CIRCUITO E COLOCANDO EM RISCO A SEGURANÇA DA POPULAÇÃO.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/557/242-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/557/242-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DA PINTURA DA ESCOLA MUNICIPAL GIOCONDA BERNARDES, LOCALIZADA NO BAIRRO MARAVILHA.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/558/243-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/558/243-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS NA RUA FRANCISCO TOSTES, NO BAIRRO ESPERANÇA, BEM COMO A REALIZAÇÃO DE OPERAÇÃO TAPA-BURACO AO LONGO DA VIA.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/577/244_2025_edinho_e_heliomar__limpeza_do_bosque_da_maravilha_bem_como_a_construcao_de_dois_banheiros_publicos.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/577/244_2025_edinho_e_heliomar__limpeza_do_bosque_da_maravilha_bem_como_a_construcao_de_dois_banheiros_publicos.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DA LIMPEZA DO BOSQUE DA MARAVILHA, BEM COMO A CONSTRUÇÃO DE DOIS BANHEIROS PÚBLICOS PARA MELHOR ATENDER OS FREQUENTADORES DO LOCAL.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/559/245-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/559/245-2025.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM QUIOSQUE NA QUADRA MUNICIPAL DO BAIRRO LAMEIRÃO.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/588/261_2025__implementacao_da_gratuidade_no_transporte_coletivo_intermunicipal_para_pacientes_encaminhados_pela_secretaria_municipal_de_saude.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/588/261_2025__implementacao_da_gratuidade_no_transporte_coletivo_intermunicipal_para_pacientes_encaminhados_pela_secretaria_municipal_de_saude.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A IMPLEMENTAÇÃO DA GRATUIDADE NO TRANSPORTE COLETIVO INTERMUNICIPAL PARA PACIENTES ENCAMINHADOS PELA SECRETARIA MUNICIPAL DE SAÚDE PARA EXAMES MÉDICOS E/OU CONSULTAS NAS CIDADES DE VASSOURAS, PARAÍBA DO SUL E TRÊS RIOS, MEDIANTE APRESENTAÇÃO DE DOCUMENTAÇÃO COMPROBATÓRIA.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/579/262_2025_solicita_ao_prefeito_municipal_a_instalacao_de_placa_identificativa_no_predio_principal_do_casario.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/579/262_2025_solicita_ao_prefeito_municipal_a_instalacao_de_placa_identificativa_no_predio_principal_do_casario.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE PLACA IDENTIFICATIVA NO PRÉDIO PRINCIPAL DO CASARIO, DENOMINADO “C4”, COM A DENOMINAÇÃO OFICIAL DE “PRÉDIO JOSÉ FERNANDES RIBEIRO”, CONFORME LEI Nº 2.999, DE 20 DE MARÇO DE 2023.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/569/263_2025_solicita_ao_prefeito_municipal_a_instalacao_de_duas_faixas_de_pedestres_na_rj-125.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/569/263_2025_solicita_ao_prefeito_municipal_a_instalacao_de_duas_faixas_de_pedestres_na_rj-125.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE DUAS FAIXAS DE PEDESTRES NA RJ-125, UMA ANTES E OUTRA DEPOIS DA DESCIDA DO MORRO ZEZÉ LOPES, TENDO COMO REFERÊNCIA A ALDEIA DE ARCOZELO, BEM COMO A DEVIDA SINALIZAÇÃO NO LOCAL.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/570/264_2025_continuidade_calcamento_para_pedestres_no_trecho_compreendido_entre_o_bairro_granja_california_e_o_bairro_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/570/264_2025_continuidade_calcamento_para_pedestres_no_trecho_compreendido_entre_o_bairro_granja_california_e_o_bairro_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONTINUIDADE DO CALÇAMENTO PARA PEDESTRES NO TRECHO COMPREENDIDO ENTRE O BAIRRO GRANJA CALIFÓRNIA E O BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/572/266_2025_providencie_a_pintura_dos_quebra-molas_existentes_na_rua_dr_mario_kroeff.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/572/266_2025_providencie_a_pintura_dos_quebra-molas_existentes_na_rua_dr_mario_kroeff.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA DE ORDEM PÚBLICA, PROVIDENCIE A PINTURA DOS QUEBRA-MOLAS EXISTENTES NA RUA DR. MÁRIO KROEFF, BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/573/267_2025_providencie_a_instalacao_de_uma_placa_de_sinalizacao_para_o_quebra-molas_existente_na_rua_dr._mario_kroeff_bairro_arcozelo.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/573/267_2025_providencie_a_instalacao_de_uma_placa_de_sinalizacao_para_o_quebra-molas_existente_na_rua_dr._mario_kroeff_bairro_arcozelo.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA DE ORDEM PÚBLICA, PROVIDENCIE A INSTALAÇÃO DE UMA PLACA DE SINALIZAÇÃO PARA O QUEBRA-MOLAS EXISTENTE NA RUA DR. MÁRIO KROEFF, BAIRRO ARCOZELO, NA ALTURA DO NÚMERO 1335.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/574/268_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_na_rua_sao_joaquim_localizada_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/574/268_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_na_rua_sao_joaquim_localizada_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A TROCA DE LÂMPADAS NA ESTRADA SÃO JOAQUIM, LOCALIZADA NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/575/269_2025_presenca_de_guardas_municipais_nos_horarios_de_entrada_e_saida_dos_alunos_da_escola_sidney_de_mello_freitas.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/575/269_2025_presenca_de_guardas_municipais_nos_horarios_de_entrada_e_saida_dos_alunos_da_escola_sidney_de_mello_freitas.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE PROVIDENCIE A PRESENÇA DE GUARDAS MUNICIPAIS NOS HORÁRIOS DE ENTRADA E SAÍDA DOS ALUNOS DA ESCOLA MUNICIPAL VEREADOR SIDNEY DE MELLO FREITAS, LOCALIZADA NO BAIRRO GOIABAL.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/576/270_2025_solicita_ao_prefeito_municipal_a_revitalizacao_do_calcadao_do_dilson.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/576/270_2025_solicita_ao_prefeito_municipal_a_revitalizacao_do_calcadao_do_dilson.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REVITALIZAÇÃO DO CALÇADÃO DO DILSON, NO CENTRO DE PATY DO ALFERES, INCLUINDO A LIMPEZA DO LOCAL, A PODA DA VEGETAÇÃO E A MELHORIA DA ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/582/275_2025_pavimentacao_asfaltica_na_rua_yolanda_cunha_de_oliveira_centro_conhecida_como_rua_do_capoteiromorro_do_capitao..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/582/275_2025_pavimentacao_asfaltica_na_rua_yolanda_cunha_de_oliveira_centro_conhecida_como_rua_do_capoteiromorro_do_capitao..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE PAVIMENTAÇÃO ASFÁLTICA NA RUA YOLANDA CUNHA DE OLIVEIRA, NO BAIRRO CENTRO, CONHECIDA POPULARMENTE COMO RUA DO CAPOTEIRO, NO MORRO DO CAPITÃO.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/584/277_2025_instalacao_de_um_quebra-molas_na_rua_deputado_bernardes_neto_no_bairro_centro_nas_proximidades_da_saida_da_mao_inglesa..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/584/277_2025_instalacao_de_um_quebra-molas_na_rua_deputado_bernardes_neto_no_bairro_centro_nas_proximidades_da_saida_da_mao_inglesa..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS NA RUA DEPUTADO BERNARDES NETO, NO BAIRRO CENTRO, ANTES DA SAÍDA DA RUA DA MÃO INGLESA.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/585/278_2025_providencie_a_aquisicao_de_uma_maquina_de_lavar_roupas_de_20kg_para_a_residencia_terapeutica_situada_na_rua_mantiquira_no_27_bairro_centro..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/585/278_2025_providencie_a_aquisicao_de_uma_maquina_de_lavar_roupas_de_20kg_para_a_residencia_terapeutica_situada_na_rua_mantiquira_no_27_bairro_centro..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA DE SAÚDE, PROVIDENCIE A AQUISIÇÃO DE UMA MÁQUINA DE LAVAR ROUPAS DE 20KG PARA A RESIDÊNCIA TERAPÊUTICA, SITUADA NA RUA MANTIQUIRA, Nº 27, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/586/279_2025_realize_a_substituicao_das_lampadas_na_estrada_da_boa_vista_no_bairro_boa_vista_tendo_como_referencia_o_numero_4700..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/586/279_2025_realize_a_substituicao_das_lampadas_na_estrada_da_boa_vista_no_bairro_boa_vista_tendo_como_referencia_o_numero_4700..docx</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/591/284_2025_solicita_ao_prefeito_municipal_a_realizacao_de_estudos_visando_o_aumento_do_valor_do_vale-feira..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/591/284_2025_solicita_ao_prefeito_municipal_a_realizacao_de_estudos_visando_o_aumento_do_valor_do_vale-feira..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE ESTUDOS VISANDO O AUMENTO DO VALOR DO VALE-FEIRA.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/592/285_2025__realize_a_reforma_na_parte_externa_do_posto_de_saude_localizado_no_bairro_coqueiros..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/592/285_2025__realize_a_reforma_na_parte_externa_do_posto_de_saude_localizado_no_bairro_coqueiros..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA MUNICIPAL DE OBRAS, REALIZE A REFORMA NA PARTE EXTERNA DO POSTO DE SAÚDE LOCALIZADO NO BAIRRO COQUEIROS.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/593/286_2025_solicita_ao_prefeito_municipal_que_realize_o_patrolamento_no_morro_da_estrada_da_bela_vista_localizado_no_bairro_bela_vista..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/593/286_2025_solicita_ao_prefeito_municipal_que_realize_o_patrolamento_no_morro_da_estrada_da_bela_vista_localizado_no_bairro_bela_vista..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE O PATROLAMENTO NO MORRO DA ESTRADA DA BELA VISTA, LOCALIZADO NO BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/595/288_2025_realizacao_de_estudo_tecnico_com_o_objetivo_de_avaliar_a_concessao_do_adicional_de_insalubridade_as_merendeiras.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/595/288_2025_realizacao_de_estudo_tecnico_com_o_objetivo_de_avaliar_a_concessao_do_adicional_de_insalubridade_as_merendeiras.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE ESTUDO TÉCNICO COM O OBJETIVO DE AVALIAR A CONCESSÃO DO ADICIONAL DE INSALUBRIDADE ÀS MERENDEIRAS QUE ATUAM NA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/600/297_2025_realize_o_patrolamento_da_estrada_porcino_borges_de_andrade_no_bairro_campo_verde__colegio_municipal_nossa_senhora_das_gracas.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/600/297_2025_realize_o_patrolamento_da_estrada_porcino_borges_de_andrade_no_bairro_campo_verde__colegio_municipal_nossa_senhora_das_gracas.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE O PATROLAMENTO DA ESTRADA PORCINO BORGES DE ANDRADE, NO BAIRRO CAMPO VERDE, TENDO COMO REFERÊNCIA O COLÉGIO MUNICIPAL NOSSA SENHORA DAS GRAÇAS.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/601/298_2025_que_seja_realizado_um_estudo_de_viabilidade_para_a_criacao_de_uma_vaga_de_carga_e_descarga_nas_proximidades_do_casario_do_alferes.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/601/298_2025_que_seja_realizado_um_estudo_de_viabilidade_para_a_criacao_de_uma_vaga_de_carga_e_descarga_nas_proximidades_do_casario_do_alferes.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADO UM ESTUDO DE VIABILIDADE PARA A CRIAÇÃO DE UMA VAGA DE CARGA E DESCARGA NAS PROXIMIDADES DO CASARIO DO ALFERES, VISANDO ATENDER ÀS DEMANDAS LOGÍSTICAS DO LOCAL.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/602/299_2025_patrolamento_da_avenida_silvino_adelio_localizada_no_bairro_capivara_tendo_como_referencia_o_numero_5552.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/602/299_2025_patrolamento_da_avenida_silvino_adelio_localizada_no_bairro_capivara_tendo_como_referencia_o_numero_5552.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE O PATROLAMENTO DA AVENIDA SILVINO ADÉLIO, LOCALIZADA NO BAIRRO CAPIVARA, TENDO COMO REFERÊNCIA O NÚMERO 5552.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/603/300_2025_a_instalacao_de_um_quebra-molas_na_rua_viuva_bastos_nas_proximidades_do_numero_1017.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/603/300_2025_a_instalacao_de_um_quebra-molas_na_rua_viuva_bastos_nas_proximidades_do_numero_1017.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS NA RUA VIÚVA BASTOS, NAS PROXIMIDADES DO NÚMERO 1017 E DA IGREJA ASSEMBLEIA DE DEUS DA POAIA.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/604/301_2025_a_realizacao_de_manutencao_nos_bracos_de_luz_existentes_na_rua_do_cantagalo_e_rua_do_quilimbo_localizadas_no_bairro_coqueiros..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/604/301_2025_a_realizacao_de_manutencao_nos_bracos_de_luz_existentes_na_rua_do_cantagalo_e_rua_do_quilimbo_localizadas_no_bairro_coqueiros..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE MANUTENÇÃO NOS BRAÇOS DE LUZ EXISTENTES NA RUA DO CANTAGALO E RUA DO QUILOMBO, LOCALIZADAS NO BAIRRO COQUEIROS.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/605/302_2025_reforma_da_pracinha_da_capivara_atencao_a_recuperacao_manutencao_substituicao_dos_brinquedos_infantis.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/605/302_2025_reforma_da_pracinha_da_capivara_atencao_a_recuperacao_manutencao_substituicao_dos_brinquedos_infantis.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A REFORMA DA PRACINHA DO BAIRRO CAPIVARA, COM ESPECIAL ATENÇÃO À RECUPERAÇÃO, MANUTENÇÃO E, SE NECESSÁRIO, SUBSTITUIÇÃO DOS BRINQUEDOS INFANTIS, VISANDO À SEGURANÇA E AO BEM-ESTAR DA POPULAÇÃO LOCAL.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/606/303_2025_tome_as_providencias_necessarias_para_a_disponibilizacao_de_colchonetes_para_as_creches_que_atendem_a_fase_pre-escolar.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/606/303_2025_tome_as_providencias_necessarias_para_a_disponibilizacao_de_colchonetes_para_as_creches_que_atendem_a_fase_pre-escolar.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA DE EDUCAÇÃO, TOME AS PROVIDÊNCIAS NECESSÁRIAS PARA A DISPONIBILIZAÇÃO DE COLCHONETES PARA AS CRECHES QUE ATENDEM A FASE PRÉ-ESCOLAR, GARANTINDO O CONFORTO E O BEM-ESTAR DAS CRIANÇAS DURANTE O PERÍODO ESCOLAR.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/607/304_2025__a_instalacao_de_dois_quebra-molas_na_rj-125_com_sinalizacao_adequada.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/607/304_2025__a_instalacao_de_dois_quebra-molas_na_rj-125_com_sinalizacao_adequada.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE DOIS QUEBRA-MOLAS NA RJ-125, COM PINTURA DOS MESMOS E SINALIZAÇÃO ADEQUADA, SENDO UM ANTES DA ENTRADA DA ESTRADA DAS MANGUEIRAS, CONHECIDA COMO RUA DO SÍTIO DO TOTONHO ROSA, E OUTRO APÓS A ENTRADA.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/609/306_2025_pagamento_do_adicional_de_insalubridade_no_percentual_de_20_calculado_sobre_o_piso_salarial_nacional_da_categoria_aos_acs_e_ace.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/609/306_2025_pagamento_do_adicional_de_insalubridade_no_percentual_de_20_calculado_sobre_o_piso_salarial_nacional_da_categoria_aos_acs_e_ace.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A ADOÇÃO DE PROVIDÊNCIAS PARA O PAGAMENTO DO ADICIONAL DE INSALUBRIDADE, NO PERCENTUAL DE 20% CALCULADO SOBRE O PISO SALARIAL NACIONAL DA CATEGORIA, AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AGENTES DE COMBATE ÀS ENDEMIAS (ACE) DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/613/313_2025__patrolamento_e_ensaibramento_nas_principais_estradas_do_bairro_rio_pardo_com_prioridade_nos_pontos_criticos.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/613/313_2025__patrolamento_e_ensaibramento_nas_principais_estradas_do_bairro_rio_pardo_com_prioridade_nos_pontos_criticos.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL PATROLAMENTO E ENSAIBRAMENTO NAS PRINCIPAIS ESTRADAS DO BAIRRO RIO PARDO, COM PRIORIDADE NOS PONTOS CRÍTICOS. REITERANDO A MINHA INDICAÇÃO DE Nº 027/2025.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/614/314_2025__solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_do_morro_do_fama.__reiterando_a_indicacao_de_no_1372025_feita_pelo_mesmo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/614/314_2025__solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_do_morro_do_fama.__reiterando_a_indicacao_de_no_1372025_feita_pelo_mesmo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE ROÇADA E LIMPEZA DO MORRO DO FAMA. REITERANDO A MINHA INDICAÇÃO DE Nº 137/2025.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/615/315_2025_limpeza_e_manutencao_da_rj_125_que_vai_de_avelar_a_andrade_pinto._reiterando_a_indicacao_de_no_0952025_feita_pelo_mesmo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/615/315_2025_limpeza_e_manutencao_da_rj_125_que_vai_de_avelar_a_andrade_pinto._reiterando_a_indicacao_de_no_0952025_feita_pelo_mesmo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL LIMPEZA E MANUTENÇÃO DA RJ 125, QUE VAI DE AVELAR A ANDRADE PINTO. REITERANDO A MINHA INDICAÇÃO DE Nº 095/2025.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/622/328_2025_a_realizacao_das_obras_necessarias_para_o_termino_da_pavimentacao_asfaltica_da_rua_antonio_lopes_de_melo.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/622/328_2025_a_realizacao_das_obras_necessarias_para_o_termino_da_pavimentacao_asfaltica_da_rua_antonio_lopes_de_melo.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DAS OBRAS NECESSÁRIAS PARA O TÉRMINO DA PAVIMENTAÇÃO ASFÁLTICA DA RUA ANTÔNIO LOPES DE MELLO, NO BAIRRO COQUEIRO, UMA VEZ QUE APENAS PARTE DA VIA ENCONTRA-SE PAVIMENTADA, E O TRECHO FINAL PERMANECE SEM ASFALTO.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/623/329_2025_realize_uma_operacao_tapa-buracos_na_rua_vicente_de_freitas_situada_no.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/623/329_2025_realize_uma_operacao_tapa-buracos_na_rua_vicente_de_freitas_situada_no.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA DE OBRAS, REALIZE UMA OPERAÇÃO TAPA-BURACOS NA RUA VICENTE DE FREITAS, SITUADA NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/624/330_2025_ampliacao_do_numero_de_mediadores_escolares_para_alunos_autistas_e_a_contratacao_de_mais_monitores_para_os_onibus_escolares.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/624/330_2025_ampliacao_do_numero_de_mediadores_escolares_para_alunos_autistas_e_a_contratacao_de_mais_monitores_para_os_onibus_escolares.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A AMPLIAÇÃO DO NÚMERO DE MEDIADORES ESCOLARES PARA ALUNOS AUTISTAS E A CONTRATAÇÃO DE MAIS MONITORES PARA OS ÔNIBUS ESCOLARES, GARANTINDO SUPORTE E SEGURANÇA NO TRANSPORTE.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/625/331_2025_realizacao_de_patrolamento_ensaibramento_e_colocacao_de_cascalho_na_rua_quatro.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/625/331_2025_realizacao_de_patrolamento_ensaibramento_e_colocacao_de_cascalho_na_rua_quatro.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PATROLAMENTO, ENSAIBRAMENTO E COLOCAÇÃO DE CASCALHO NA RUA QUATRO, LOCALIZADA NO BAIRRO ARCOZELO. REFERÊNCIA: EM FRENTE À RESIDÊNCIA DO SR. CARLINHO GASPAR.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/626/332_2025_a_troca_de_lampadas_em_toda_a_extensao_da_rua_delfim_fernandes_de_barros_no_bairro_horizonte..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/626/332_2025_a_troca_de_lampadas_em_toda_a_extensao_da_rua_delfim_fernandes_de_barros_no_bairro_horizonte..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A TROCA DE LÂMPADAS EM TODA A EXTENSÃO DA RUA DELFIM FERNANDES DE BARROS, NO BAIRRO HORIZONTE.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/627/333_2025_ampliacao_do_horario_de_funcionamento_da_farmacia_municipal_de_avelar_para_que_opere_das_8h_as_16h.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/627/333_2025_ampliacao_do_horario_de_funcionamento_da_farmacia_municipal_de_avelar_para_que_opere_das_8h_as_16h.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A AMPLIAÇÃO DO HORÁRIO DE FUNCIONAMENTO DA FARMÁCIA MUNICIPAL DE AVELAR, PARA QUE OPERE DAS 8H ÀS 16H. REITERANDO A INDICAÇÃO DE AUTORIA DO VEREADOR NEGUINHO DA OFICINA Nº 194/2025.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/628/334_2025__disponibilize_uma_ambulancia_ou_um_carro_de_apoio_para_atender_emergencias_no_posto_de_saude_do_bairro_palmares.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/628/334_2025__disponibilize_uma_ambulancia_ou_um_carro_de_apoio_para_atender_emergencias_no_posto_de_saude_do_bairro_palmares.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE DISPONIBILIZE UMA AMBULÂNCIA OU UM CARRO DE APOIO PARA ATENDER EMERGÊNCIAS NO POSTO DE SAÚDE DO BAIRRO PALMARES, CONSIDERANDO A LOCALIZAÇÃO DISTANTE DO BAIRRO E A DEMORA NO ATENDIMENTO EM CASOS DE URGÊNCIA.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/629/335_2025__a_substituicao_dos_refletores_da_quadra_de_grama_sintetica_situada_na_rj-125_no_bairro_granja_california.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/629/335_2025__a_substituicao_dos_refletores_da_quadra_de_grama_sintetica_situada_na_rj-125_no_bairro_granja_california.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A SUBSTITUIÇÃO DOS REFLETORES DA QUADRA DE GRAMA SINTÉTICA SITUADA NA RJ-125, NO BAIRRO GRANJA CALIFÓRNIA, TENDO COMO PONTO DE REFERÊNCIA A LANCHONETE COMBINADO.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/632/338_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_e_de_uma_faixa_de_pedestres_na_avenida_antao_bernardes.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/632/338_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_e_de_uma_faixa_de_pedestres_na_avenida_antao_bernardes.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) E DE UMA FAIXA DE PEDESTRES NA AVENIDA ANTÃO BERNARDES, NAS PROXIMIDADES DO NÚMERO 1599, BAIRRO LAMEIRÃO, TENDO COMO PONTO DE REFERÊNCIA A PADARIA LAMEIRÃO.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/640/354_2025__a_disponibilizacao_de_uma_ambulancia_ou_veiculo_de_apoio_para_atender_emergencias_no_posto_de_saude_do_bairro_coqueiros.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/640/354_2025__a_disponibilizacao_de_uma_ambulancia_ou_veiculo_de_apoio_para_atender_emergencias_no_posto_de_saude_do_bairro_coqueiros.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A DISPONIBILIZAÇÃO DE UMA AMBULÂNCIA OU VEÍCULO DE APOIO PARA ATENDER EMERGÊNCIAS NO POSTO DE SAÚDE DO BAIRRO COQUEIROS, CONSIDERANDO A LOCALIZAÇÃO AFASTADA DA COMUNIDADE E A NECESSIDADE DE RESPOSTA RÁPIDA EM CASOS DE URGÊNCIA.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/641/355_2025__a_instalacao_de_bancos_ao_longo_da_extensao_da_praca_george_jacob_abdue..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/641/355_2025__a_instalacao_de_bancos_ao_longo_da_extensao_da_praca_george_jacob_abdue..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE BANCOS AO LONGO DA EXTENSÃO DA PRAÇA GEORGE JACOB ABDUE.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/642/356_2025__providencie_a_conclusao_do_servico_de_limpeza_nas_ruas_do_bairro_boa_vista..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/642/356_2025__providencie_a_conclusao_do_servico_de_limpeza_nas_ruas_do_bairro_boa_vista..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA MUNICIPAL DE OBRAS, PROVIDENCIE A CONCLUSÃO DO SERVIÇO DE LIMPEZA NAS RUAS DO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/643/357_2025_a_revitalizacao_da_faixa_de_pedestres_em_frente_a_escola_municipal_gioconda_bernardes_no_bairro_maravilha..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/643/357_2025_a_revitalizacao_da_faixa_de_pedestres_em_frente_a_escola_municipal_gioconda_bernardes_no_bairro_maravilha..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REVITALIZAÇÃO DA FAIXA DE PEDESTRES EM FRENTE À ESCOLA MUNICIPAL GIOCONDA BERNARDES, NO BAIRRO MARAVILHA.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/644/358_2025_providencie_a_melhoria_da_iluminacao_publica_no_bosque_da_maravilha..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/644/358_2025_providencie_a_melhoria_da_iluminacao_publica_no_bosque_da_maravilha..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA MUNICIPAL DE OBRAS, PROVIDENCIE A MELHORIA DA ILUMINAÇÃO PÚBLICA NO BOSQUE DA MARAVILHA.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/645/359_2025_instalacao_de_um_bebedouro_publico_na_praca_george_jacob_abdue_para_atender_os_feirantes__-_reiterando.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/645/359_2025_instalacao_de_um_bebedouro_publico_na_praca_george_jacob_abdue_para_atender_os_feirantes__-_reiterando.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM BEBEDOURO PÚBLICO NA PRAÇA GEORGE JACOB ABDUE PARA ATENDER OS FEIRANTES E FREQUENTADORES DA FEIRA AGROECOLÓGICA DE PATY DO ALFERES. REITERANDO A MINHA INDICAÇÃO DE Nº 170/2025.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/646/360_2025_operacao_tapa-buracos_ruas_alferes_francisco_tavares_sidney_de_mello_freitas_e_comandante_bandeira_de_mello_paty..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/646/360_2025_operacao_tapa-buracos_ruas_alferes_francisco_tavares_sidney_de_mello_freitas_e_comandante_bandeira_de_mello_paty..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A OPERAÇÃO TAPA-BURACOS NAS RUAS: ALFERES FRANCISCO TAVARES (ANTIGA SEDE DA APAE), SIDNEY DE MELLO FREITAS (RUA DA IGREJA MONTE SIÃO) E COMANDANTE BANDEIRA DE MELLO (RUA QUE DÁ ACESSO À ESCOLA DO LELÉ), NO MUNICÍPIO DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/647/361_2025_campanha_de_incentivo_de_parte_do_imposto_de_renda_aos_fundos_municipais_da_crianca_adolescente_pessoa_idosa..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/647/361_2025_campanha_de_incentivo_de_parte_do_imposto_de_renda_aos_fundos_municipais_da_crianca_adolescente_pessoa_idosa..docx</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal que promova campanha de incentivo à destinação de parte do Imposto de Renda aos Fundos Municipais da Criança e do Adolescente e da Pessoa Idosa.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/648/362_2025_instalacao_de_quebra-molana_avenida_brasil_nas_proximidades_do_deposito_do_marcelo_da_obra_prima_proximo_ao_bairro_tres_porteiras..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/648/362_2025_instalacao_de_quebra-molana_avenida_brasil_nas_proximidades_do_deposito_do_marcelo_da_obra_prima_proximo_ao_bairro_tres_porteiras..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE QUEBRA-MOLAS (REDUTOR DE VELOCIDADE) NA AVENIDA BRASIL, NAS PROXIMIDADES DO DEPÓSITO DO MARCELO DA OBRA PRIMA, PRÓXIMO AO BAIRRO TRÊS PORTEIRAS.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/649/363_2025_abrir_a_rua_da_estacao_nos_finais_de_semana_permitir_o_acesso_e_o_descarregamento_de_mercadorias_pelos_feirantes.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/649/363_2025_abrir_a_rua_da_estacao_nos_finais_de_semana_permitir_o_acesso_e_o_descarregamento_de_mercadorias_pelos_feirantes.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE AVALIE A POSSIBILIDADE DE ABRIR A RUA SITUADA ATRÁS DA ESTAÇÃO AOS SÁBADOS, COM O OBJETIVO DE PERMITIR O ACESSO E O DESCARREGAMENTO DE MERCADORIAS PELOS FEIRANTES QUE PARTICIPAM DA FEIRA AGROECOLÓGICA DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/650/364_2025_realize_a_revitalizacao_das_faixas_de_pedestres_na_rua_coronel_manoel_bernardes_centro.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/650/364_2025_realize_a_revitalizacao_das_faixas_de_pedestres_na_rua_coronel_manoel_bernardes_centro.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA MUNICIPAL DE ORDEM PÚBLICA, REALIZE A REVITALIZAÇÃO DAS FAIXAS DE PEDESTRES NA RUA CORONEL MANOEL BERNARDES, CENTRO, NAS PROXIMIDADES DO NÚMERO 387, TENDO COMO REFERÊNCIA A CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/651/365_2025_a_troca_de_lampadas_queimadas_ou_ineficientes_na_estrada_roseiral.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/651/365_2025_a_troca_de_lampadas_queimadas_ou_ineficientes_na_estrada_roseiral.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A TROCA DE LÂMPADAS QUEIMADAS OU INEFICIENTES NA ESTRADA ROSEIRAL, BAIRRO ROSEIRAL, COM REFERÊNCIA AO NÚMERO 80.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/652/366_2025_patrolamento_e_rocada_na_estrada_boa_uniao_localizada_no_bairro_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/652/366_2025_patrolamento_e_rocada_na_estrada_boa_uniao_localizada_no_bairro_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE PATROLAMENTO E ROÇADA NA ESTRADA BOA UNIÃO, LOCALIZADA NO BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/654/368_2025_a_instalacao_de_redutor_de_velocidade_quebra-molas_na_rua_coronel_manoel_bernardes_centro_nas_proximidades_do_no_387.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/654/368_2025_a_instalacao_de_redutor_de_velocidade_quebra-molas_na_rua_coronel_manoel_bernardes_centro_nas_proximidades_do_no_387.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA RUA CORONEL MANOEL BERNARDES, CENTRO, NAS PROXIMIDADES DO Nº 387, TENDO COMO REFERÊNCIA A CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/655/369_2025_a_realizacao_de_manutencao_na_academia_da_saude_localizada_no_jardim_de_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/655/369_2025_a_realizacao_de_manutencao_na_academia_da_saude_localizada_no_jardim_de_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE MANUTENÇÃO NA ACADEMIA DA SAÚDE LOCALIZADA NO JARDIM DE AVELAR.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/656/370_2025_concessao_de_isencao_do_pagamento_de_estacionamento_rotativo_aos_feirantes.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/656/370_2025_concessao_de_isencao_do_pagamento_de_estacionamento_rotativo_aos_feirantes.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONCESSÃO DE ISENÇÃO DO PAGAMENTO DE ESTACIONAMENTO ROTATIVO AOS FEIRANTES DA FEIRA AGROECOLÓGICA DE PATY DO ALFERES, MEDIANTE EMISSÃO DE CREDENCIAL DE IDENTIFICAÇÃO, VÁLIDA NOS DIAS E HORÁRIOS DE FUNCIONAMENTO DA FEIRA.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/657/371_2025_realize_o_patrolamento_ensaibramento_e_rocada_na_rua_irma_dulce_localizada_no_bairro_monte_alegre..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/657/371_2025_realize_o_patrolamento_ensaibramento_e_rocada_na_rua_irma_dulce_localizada_no_bairro_monte_alegre..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA MUNICIPAL DE OBRAS, REALIZE O PATROLAMENTO, ENSAIBRAMENTO E ROÇADA NA RUA IRMÃ DULCE, LOCALIZADA NO BAIRRO MONTE ALEGRE.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/659/373_2025_pintura_interna_e_externa_do_posto_de_saude_avelar_e_a_instalacao_de_placa_indicativa_das_atividades_desenvolvidas.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/659/373_2025_pintura_interna_e_externa_do_posto_de_saude_avelar_e_a_instalacao_de_placa_indicativa_das_atividades_desenvolvidas.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PINTURA INTERNA E EXTERNA DO POSTO DE SAÚDE DE AVELAR E A INSTALAÇÃO DE PLACA INDICATIVA DAS ATIVIDADES DESENVOLVIDAS NOS ANDARES DA UNIDADE.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/661/375_2025_a_instalacao_de_um_redutor_de_velocidade_na_rua_doutor_peralta_proximo_ao_numero_1288.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/661/375_2025_a_instalacao_de_um_redutor_de_velocidade_na_rua_doutor_peralta_proximo_ao_numero_1288.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA DOUTOR PERALTA, PRÓXIMO AO NÚMERO 1288, NAS PROXIMIDADES DA ROTATÓRIA QUE DÁ ACESSO À PONTE EM DIREÇÃO AO CENTRO E À RUA DA MANTIQUEIRA.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/662/376_2025_a_realizacao_de_operacao_tapa-buracos_na_rua_general_cintra_localizada_no_centro_do_municipio..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/662/376_2025_a_realizacao_de_operacao_tapa-buracos_na_rua_general_cintra_localizada_no_centro_do_municipio..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE OPERAÇÃO TAPA-BURACOS NA RUA GENERAL CINTRA, LOCALIZADA NO CENTRO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/663/377_2025_rocada_e_patrolamento_nas_seguintes_vias_do_bairro_recanto_rua_barao_de_paty_rua_garcia_rodrigues_de_paes_e_rua_capitao_joao_vieira.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/663/377_2025_rocada_e_patrolamento_nas_seguintes_vias_do_bairro_recanto_rua_barao_de_paty_rua_garcia_rodrigues_de_paes_e_rua_capitao_joao_vieira.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DOS SERVIÇOS DE ROÇADA E PATROLAMENTO NAS SEGUINTES VIAS DO BAIRRO RECANTO: RUA BARÃO DE PATY, RUA GARCIA RODRIGUES DE PAES E RUA CAPITÃO JOÃO VIEIRA.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/664/378_2025__rua_sebastiao_de_lacerda_determinando_que_os_veiculos_estacionem_apenas_no_lado_direito_da_via.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/664/378_2025__rua_sebastiao_de_lacerda_determinando_que_os_veiculos_estacionem_apenas_no_lado_direito_da_via.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE ADOTE MEDIDAS DE ORGANIZAÇÃO PROVISÓRIA DO TRÂNSITO NA RUA SEBASTIÃO DE LACERDA, DETERMINANDO QUE OS VEÍCULOS ESTACIONEM APENAS NO LADO DIREITO DA VIA, LIBERANDO O LADO ESQUERDO, QUE SE ENCONTRA EM MELHORES CONDIÇÕES, PARA CIRCULAÇÃO DE VEÍCULOS.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/665/379_2025_a_realizacao_de_dedetizacao_nos_pontos_de_onibus_do_bairro_arcozelo_com_o_objetivo_de_eliminar_aranhas.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/665/379_2025_a_realizacao_de_dedetizacao_nos_pontos_de_onibus_do_bairro_arcozelo_com_o_objetivo_de_eliminar_aranhas.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE DEDETIZAÇÃO NOS PONTOS DE ÔNIBUS DO BAIRRO ARCOZELO, COM O OBJETIVO DE ELIMINAR ARANHAS E GARANTIR A SEGURANÇA DOS USUÁRIOS DO TRANSPORTE PÚBLICO.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/666/380_2025_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rj-125_nas_proximidades_da_saida_da_ponte_do_bibi..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/666/380_2025_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rj-125_nas_proximidades_da_saida_da_ponte_do_bibi..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA RJ-125, NAS PROXIMIDADES DA SAÍDA DA PONTE DO BIBI.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/667/381_2025_solicita_ao_prefeito_municipal_a_realizacao_de_patrolamento_na_rua_antonio_aniceto_da_costa_bairro_saudade..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/667/381_2025_solicita_ao_prefeito_municipal_a_realizacao_de_patrolamento_na_rua_antonio_aniceto_da_costa_bairro_saudade..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PATROLAMENTO NA RUA ANTÔNIO ANICETO DA COSTA, BAIRRO SAUDADE.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/668/382_2025_providencie_a_disponibilizacao_de_fisioterapeutas_para_atendimento_nos_postos_de_saude_dos_bairros_do_municipio..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/668/382_2025_providencie_a_disponibilizacao_de_fisioterapeutas_para_atendimento_nos_postos_de_saude_dos_bairros_do_municipio..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA MUNICIPAL DE SAÚDE, PROVIDENCIE A DISPONIBILIZAÇÃO DE FISIOTERAPEUTAS PARA ATENDIMENTO NOS POSTOS DE SAÚDE DOS BAIRROS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/669/383_2025_a_realizacao_de_manutencao_nos_bracos_de_iluminacao_da_pracinha_localizada_no_bairro_granja_california_situada_as_margens_da_rj-125..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/669/383_2025_a_realizacao_de_manutencao_nos_bracos_de_iluminacao_da_pracinha_localizada_no_bairro_granja_california_situada_as_margens_da_rj-125..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE MANUTENÇÃO NOS BRAÇOS DE ILUMINAÇÃO DA PRACINHA LOCALIZADA NO BAIRRO GRANJA CALIFÓRNIA, SITUADA ÀS MARGENS DA RJ-125.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/672/387_2025_a_pavimentacao_asfaltica_nas_principais_ruas_do_bairro_rio_pardo_rio_pardo_de_cima_e_rio_pardo_de_baixo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/672/387_2025_a_pavimentacao_asfaltica_nas_principais_ruas_do_bairro_rio_pardo_rio_pardo_de_cima_e_rio_pardo_de_baixo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PAVIMENTAÇÃO ASFÁLTICA NAS PRINCIPAIS RUAS DO BAIRRO RIO PARDO (RIO PARDO DE CIMA E RIO PARDO DE BAIXO).</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/673/388_2025_que_realize_a_manutencao_nos_bracos_de_iluminacao_publica_da_avenida_silvino_adelio_localizada_no_bairro_barro_branco..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/673/388_2025_que_realize_a_manutencao_nos_bracos_de_iluminacao_publica_da_avenida_silvino_adelio_localizada_no_bairro_barro_branco..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A MANUTENÇÃO NOS BRAÇOS DE ILUMINAÇÃO PÚBLICA DA AVENIDA SILVINO ADÉLIO, LOCALIZADA NO BAIRRO BARRO BRANCO.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/674/389_2025_instalacao_de_dois_pontos_de_onibus_na_rua_lucio_teixeira.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/674/389_2025_instalacao_de_dois_pontos_de_onibus_na_rua_lucio_teixeira.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE DOIS PONTOS DE ÔNIBUS NA SAÍDA DA RUA LÚCIO TEIXEIRA, NA RJ-125, NAS PROXIMIDADES DA ANTIGA CHURRASCARIA DO BARRO BRANCO, SENDO UM NO SENTIDO AVELAR E OUTRO NO SENTIDO ARCOZELO.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/675/390_2025_prorrogacao_do_prazo_previsto_na_lei_municipal_no_3.132.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/675/390_2025_prorrogacao_do_prazo_previsto_na_lei_municipal_no_3.132.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PRORROGAÇÃO DO PRAZO PREVISTO NA LEI MUNICIPAL Nº 3.132, DE 15 DE MAIO DE 2024, QUE “CONCEDE PRAZO PARA LEGALIZAÇÃO DE CONSTRUÇÕES EM DESACORDO COM O DISPOSTO NO CÓDIGO MUNICIPAL DE OBRAS DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/676/391_2025_a_poda_de_arvores_que_estao_em_contato_com_a_rede_eletrica_na_rua_dona_mariana_no_235_bairro_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/676/391_2025_a_poda_de_arvores_que_estao_em_contato_com_a_rede_eletrica_na_rua_dona_mariana_no_235_bairro_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PODA DE ÁRVORES QUE ESTÃO EM CONTATO COM A REDE ELÉTRICA NA RUA DONA MARIANA, Nº 235, BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/677/392_2025_a_limpeza_e_desobstrucao_do_corrego_que_passa_por_tras_das_residencias_situadas_na_rua_jose_de_barros_franco_no_bairro_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/677/392_2025_a_limpeza_e_desobstrucao_do_corrego_que_passa_por_tras_das_residencias_situadas_na_rua_jose_de_barros_franco_no_bairro_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A LIMPEZA E DESOBSTRUÇÃO DO CÓRREGO QUE PASSA POR TRÁS DAS RESIDÊNCIAS SITUADAS NA RUA JOSÉ DE BARROS FRANCO, NO BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/678/393_2025_que_sejam_realizadas_acoes_de_limpeza_e_desobstrucao_do_corrego_situado_na_avenida_vereador_aloisio_ferreira_gomes.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/678/393_2025_que_sejam_realizadas_acoes_de_limpeza_e_desobstrucao_do_corrego_situado_na_avenida_vereador_aloisio_ferreira_gomes.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJAM REALIZADAS AÇÕES DE LIMPEZA E DESOBSTRUÇÃO DO CÓRREGO SITUADO NA AVENIDA VEREADOR ALOÍSIO FERREIRA GOMES, NO BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/679/394_2025_disponibilizacao_de_um_professor_de_futebol_para_ministrar_aulas.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/679/394_2025_disponibilizacao_de_um_professor_de_futebol_para_ministrar_aulas.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A DISPONIBILIZAÇÃO DE UM PROFESSOR DE FUTEBOL PARA MINISTRAR AULAS NA QUADRA SITUADA NA PRAÇA JULIANA MARIA DA SILVEIRA DUARTE NOGUEIRA, LOCALIZADA NA RUA DOUTOR MÁRIO KROEFF, NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/683/399_2025_a_gratuidade_no_parque_da_festa_do_tomate_no_dia_da_abertura_para_estudantes_uniformizados_acompanhados_dos_responsaveis..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/683/399_2025_a_gratuidade_no_parque_da_festa_do_tomate_no_dia_da_abertura_para_estudantes_uniformizados_acompanhados_dos_responsaveis..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A GRATUIDADE NO PARQUE DA FESTA DO TOMATE, NO DIA DA ABERTURA, PARA ESTUDANTES UNIFORMIZADOS ACOMPANHADOS DOS RESPONSÁVEIS.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/684/400_2025_limpeza_e_manutencao_da_rj_125_que_vai_de_avelar_a_andrade_pinto._reiterando_a_indicacao_de_no_3152025_feita_pelo_mesmo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/684/400_2025_limpeza_e_manutencao_da_rj_125_que_vai_de_avelar_a_andrade_pinto._reiterando_a_indicacao_de_no_3152025_feita_pelo_mesmo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL LIMPEZA E MANUTENÇÃO DA RJ 125, QUE VAI DE AVELAR A ANDRADE PINTO. REITERANDO MINHA INDICAÇÃO Nº 315/2025.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/685/401_2025_operacao_tapa-buracos_e_servicos_de_limpeza_urbana_na_rua_dr._mario_kroeff.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/685/401_2025_operacao_tapa-buracos_e_servicos_de_limpeza_urbana_na_rua_dr._mario_kroeff.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE OPERAÇÃO TAPA-BURACOS E SERVIÇOS DE LIMPEZA URBANA NA RUA DR. MÁRIO KROEFF, LOCALIZADA NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/686/402_2025_realizacao_de_patrolamento_na_localidade_ultimo_gole.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/686/402_2025_realizacao_de_patrolamento_na_localidade_ultimo_gole.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PATROLAMENTO NA LOCALIDADE ÚLTIMO GOLE, NO BAIRRO MONTE ALEGRE, BEM COMO A REMOÇÃO DE UMA BARREIRA QUE ESTÁ OBSTRUINDO A VIA PÚBLICA.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>Vinicinho</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/687/403_2025_realizacao_de_processo_seletivo_para_contratacao_de_professores_na_rede_municipal_de_ensino.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/687/403_2025_realizacao_de_processo_seletivo_para_contratacao_de_professores_na_rede_municipal_de_ensino.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PROCESSO SELETIVO PARA CONTRATAÇÃO DE PROFESSORES NA REDE MUNICIPAL DE ENSINO, DIANTE DA ATUAL CARÊNCIA DE PROFISSIONAIS.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/688/404_2025_a_reforma_do_posto_de_saude_localizado_no_bairro_maravilha._reiterando.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/688/404_2025_a_reforma_do_posto_de_saude_localizado_no_bairro_maravilha._reiterando.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REFORMA DO POSTO DE SAÚDE LOCALIZADO NO BAIRRO MARAVILHA. REITERANDO MINHA INDICAÇÃO Nº 061/2025.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/689/405_2025_obras_de_patrolamento_e_ensaibramento_nas_principais_de_palmares._reiterando.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/689/405_2025_obras_de_patrolamento_e_ensaibramento_nas_principais_de_palmares._reiterando.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE INTERCEDA JUNTO AO SECRETÁRIO MUNICIPAL DE OBRAS, PARA QUE SEJAM REALIZADAS OBRAS DE PATROLAMENTO, ENSAIBRAMENTO E ROÇADA NAS PRINCIPAIS RUAS E ALAMEDAS DO BAIRRO PALMARES. REITERANDO A MINHA INDICAÇÃO Nº 003/2025.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/715/407_2025_instalacao_de_poste_e_refletores_na_servidao_nelson_goncalves.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/715/407_2025_instalacao_de_poste_e_refletores_na_servidao_nelson_goncalves.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE POSTE E REFLETORES NA SERVIDÃO NELSON GONÇALVES – MORRO DO MACACO, BAIRRO LAMEIRÃO.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/716/408_2025_realizados_os_servicos_de_rocada_patrolamento_e_limpeza_na_rua_do_sossego_localizada_no_bairro_maravilha._reiterando.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/716/408_2025_realizados_os_servicos_de_rocada_patrolamento_e_limpeza_na_rua_do_sossego_localizada_no_bairro_maravilha._reiterando.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJAM REALIZADOS OS SERVIÇOS DE ROÇADA, PATROLAMENTO E LIMPEZA NA RUA DO SOSSEGO, LOCALIZADA NO BAIRRO MARAVILHA. REITERANDO A MINHA INDICAÇÃO DE Nº 008/2025.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/717/409_2025_realizacao_de_servicos_de_rocada_e_limpeza_no_morro_do_macaco_localizado_no_bairro_lameirao_2.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/717/409_2025_realizacao_de_servicos_de_rocada_e_limpeza_no_morro_do_macaco_localizado_no_bairro_lameirao_2.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE ROÇADA E LIMPEZA NO MORRO DO MACACO, LOCALIZADO NO BAIRRO LAMEIRÃO.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/691/410_2025_rocada_e_patrolamento_na__rua_garcia_rodrigues_de_paes.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/691/410_2025_rocada_e_patrolamento_na__rua_garcia_rodrigues_de_paes.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DOS SERVIÇOS DE ROÇADA E PATROLAMENTO NA RUA GARCIA RODRIGUES DE PAES. REITERANDO A MINHA INDICAÇÃO DE Nº 377/2025.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/692/411_2025_colocacao_de_manilhas_e_implantacao_de_rede_de_esgoto_na_rua_das_mangueiras_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/692/411_2025_colocacao_de_manilhas_e_implantacao_de_rede_de_esgoto_na_rua_das_mangueiras_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A COLOCAÇÃO DE MANILHAS E IMPLANTAÇÃO DE REDE DE ESGOTO NA RUA DAS MANGUEIRAS, BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/693/412_2025_realizacao_de_servicos_de_limpeza_rocada_e_retirada_de_lixo_nas_ruas_das_casinhas_populares.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/693/412_2025_realizacao_de_servicos_de_limpeza_rocada_e_retirada_de_lixo_nas_ruas_das_casinhas_populares.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA, ROÇADA E RETIRADA DE LIXO NAS RUAS DAS CASINHAS POPULARES, PRÓXIMAS AO “DEMIZINHO”, NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/694/413_2025_substituicao_da_manilha_na_ponte_ao_lado_da_pracinha_da_bela_vista_na_rua_humberto_candido.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/694/413_2025_substituicao_da_manilha_na_ponte_ao_lado_da_pracinha_da_bela_vista_na_rua_humberto_candido.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A SUBSTITUIÇÃO DA MANILHA NA PONTE AO LADO DA PRACINHA DA BELA VISTA, NA RUA HUMBERTO CÂNDIDO, COM INSTALAÇÃO DE MANILHA DE UM METRO DE DIÂMETRO E BOCA MAIS LARGA.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/697/416_2025_instalacao_de_sistemas_de_energia_solar_com_baterias_de_armazenamento_nos_postos_de_saude_e_na_maternidade.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/697/416_2025_instalacao_de_sistemas_de_energia_solar_com_baterias_de_armazenamento_nos_postos_de_saude_e_na_maternidade.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE SISTEMAS DE ENERGIA SOLAR COM BATERIAS DE ARMAZENAMENTO NOS POSTOS DE SAÚDE E NA MATERNIDADE DO MUNICÍPIO QUE ACONDICIONAM VACINAS.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/698/417_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_nas_proximidades_do_bosque_localizado_no_bairro_maravilha..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/698/417_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_nas_proximidades_do_bosque_localizado_no_bairro_maravilha..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NAS PROXIMIDADES DO BOSQUE, LOCALIZADO NO BAIRRO MARAVILHA.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/699/418_2025_realizacao_de_servicos_de_rocada_limpeza_e_um_container_para_descarte_adequado_do_lixo_na_rua_nova_mantiquira.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/699/418_2025_realizacao_de_servicos_de_rocada_limpeza_e_um_container_para_descarte_adequado_do_lixo_na_rua_nova_mantiquira.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE ROÇADA, LIMPEZA E A DISPONIBILIZAÇÃO DE UM CONTAINER PARA DESCARTE ADEQUADO DO LIXO NA RUA NOVA MANTIQUEIRA, NAS PROXIMIDADES DO Nº 630.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/700/419_2025_disponibilizacao_de_transporte_universitario_para_os_alunos_que_frequentam_instituicoes_de_ensino_superior_na_cidade_de_tres_rios..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/700/419_2025_disponibilizacao_de_transporte_universitario_para_os_alunos_que_frequentam_instituicoes_de_ensino_superior_na_cidade_de_tres_rios..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A DISPONIBILIZAÇÃO DE TRANSPORTE UNIVERSITÁRIO PARA OS ALUNOS RESIDENTES NO MUNICÍPIO QUE FREQUENTAM INSTITUIÇÕES DE ENSINO SUPERIOR NA CIDADE DE TRÊS RIOS.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/701/420_2025_realizacao_de_servicos_de_limpeza_urbana_poda_de_arvores_e_substituicao_de_lampadas_queimadas_na_rua_lucio_teixeira.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/701/420_2025_realizacao_de_servicos_de_limpeza_urbana_poda_de_arvores_e_substituicao_de_lampadas_queimadas_na_rua_lucio_teixeira.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA URBANA, PODA DE ÁRVORES E SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS NA RUA LÚCIO TEIXEIRA, BAIRRO TRÊS PORTEIRAS.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/702/421_2025_pavimentacao_asfaltica_na_rua_wintor_barbosa_de_godoi_localizada_no_bairro_pedras_ruivas._1.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/702/421_2025_pavimentacao_asfaltica_na_rua_wintor_barbosa_de_godoi_localizada_no_bairro_pedras_ruivas._1.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA PROVIDENCIADA, COM A MÁXIMA URGÊNCIA, A PAVIMENTAÇÃO ASFÁLTICA NA RUA WINTOR BARBOSA DE GODÓI, LOCALIZADA NO BAIRRO PEDRAS RUIVAS.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/703/422_2025__a_instalacao_de_uma_placa_indicativa_com_o_sentido_do_posto_de_saude_do_bairro_granja_california_na_rodovia_rj-125..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/703/422_2025__a_instalacao_de_uma_placa_indicativa_com_o_sentido_do_posto_de_saude_do_bairro_granja_california_na_rodovia_rj-125..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UMA PLACA INDICATIVA COM O SENTIDO DO POSTO DE SAÚDE DO BAIRRO GRANJA CALIFÓRNIA, NA RODOVIA RJ-125.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/706/426_2025_solicita_ao_prefeito_municipal_a_troca_de_lampadas_nas_ruas_das_casinhas_populares_do_bairro_arcozelo_nas_proximidades_do_demizinho..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/706/426_2025_solicita_ao_prefeito_municipal_a_troca_de_lampadas_nas_ruas_das_casinhas_populares_do_bairro_arcozelo_nas_proximidades_do_demizinho..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A TROCA DE LÂMPADAS NAS RUAS DAS CASINHAS POPULARES DO BAIRRO ARCOZELO, NAS PROXIMIDADES DO “DEMIZINHO”.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/707/427_2025_instalacao_de_redutor_de_velocidade_quebra-mola_na_avenida_roberto_silveira_nas_proximidades_do_numero_284_centro..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/707/427_2025_instalacao_de_redutor_de_velocidade_quebra-mola_na_avenida_roberto_silveira_nas_proximidades_do_numero_284_centro..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA-MOLA) NA AVENIDA ROBERTO SILVEIRA, NAS PROXIMIDADES DO NÚMERO 284, CENTRO.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/709/429_2025_a_instalacao_de_rede_de_internet_na_subprefeitura_situada_no_bairro_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/709/429_2025_a_instalacao_de_rede_de_internet_na_subprefeitura_situada_no_bairro_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE REDE DE INTERNET NA SUBPREFEITURA (DISTRITAL) SITUADA NO BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/710/430_2025_a_instalacao_de_dois_quebra-molas_em_frente_a_aldeia_de_arcozelo_na_rj-125..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/710/430_2025_a_instalacao_de_dois_quebra-molas_em_frente_a_aldeia_de_arcozelo_na_rj-125..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE DOIS REDUTORES DE VELOCIDADE (QUEBRA-MOLAS) NA RJ-125, EM FRENTE À ALDEIA DE ARCOZELO — SENDO UM NAS PROXIMIDADES DA ENTRADA PRINCIPAL E OUTRO PRÓXIMO À ENTRADA SECUNDÁRIA DA ALDEIA.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/711/431_2025_a_troca_de_lampadas_na_rua_leopoldo_pullig_nas_proximidades_do_no_619_bairro_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/711/431_2025_a_troca_de_lampadas_na_rua_leopoldo_pullig_nas_proximidades_do_no_619_bairro_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A TROCA DE LÂMPADAS NA RUA LEOPOLDO PULLIG, NAS PROXIMIDADES DO Nº 619, BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/712/432_2025_que_realize_melhorias_na_iluminacao_publica_da_antiga_estacao_ferroviaria_de_avelar._2.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/712/432_2025_que_realize_melhorias_na_iluminacao_publica_da_antiga_estacao_ferroviaria_de_avelar._2.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE MELHORIAS NA ILUMINAÇÃO PÚBLICA DA ANTIGA ESTAÇÃO FERROVIÁRIA DE AVELAR.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/713/433_2025_a_pavimentacao_asfaltica_do_morro_que_liga_o_bairro_capivara_ao_bairro_coqueiro..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/713/433_2025_a_pavimentacao_asfaltica_do_morro_que_liga_o_bairro_capivara_ao_bairro_coqueiro..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PAVIMENTAÇÃO ASFÁLTICA DO MORRO QUE LIGA O BAIRRO CAPIVARA AO BAIRRO COQUEIRO.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/714/434_2025_pavimentacao_asfaltica_na_estrada_arcozelomaravilha_no_trecho_entre_as_casinhas_populares_do_roseiral_e_o_bairro_maravilha..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/714/434_2025_pavimentacao_asfaltica_na_estrada_arcozelomaravilha_no_trecho_entre_as_casinhas_populares_do_roseiral_e_o_bairro_maravilha..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA ARCOZELO–MARAVILHA, NO TRECHO ENTRE AS CASINHAS POPULARES DO ROSEIRAL E O BAIRRO MARAVILHA.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/718/435_2025_a_conclusao_do_servico_de_escoamento_de_esgoto_na_rua_vinte_e_dois_lote_95_bairro_acampamento.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/718/435_2025_a_conclusao_do_servico_de_escoamento_de_esgoto_na_rua_vinte_e_dois_lote_95_bairro_acampamento.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONCLUSÃO DO SERVIÇO DE ESCOAMENTO DE ESGOTO NA RUA VINTE E DOIS, LOTE 95, BAIRRO ACAMPAMENTO, COM A DEVIDA FINALIZAÇÃO DO MANILHAMENTO, EVITANDO ESGOTO A CÉU ABERTO.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/719/436_2025_revitalizacao_da_pracinha_vicente_de_freitas_situada_nas_proximidades_da_igreja_monte_siao..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/719/436_2025_revitalizacao_da_pracinha_vicente_de_freitas_situada_nas_proximidades_da_igreja_monte_siao..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REVITALIZAÇÃO DA PRACINHA VICENTE DE FREITAS, SITUADA NAS PROXIMIDADES DA IGREJA MONTE SIÃO.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/720/437_2025_manutencao_nos_bracos_de_iluminacao_publica_localizados_nos_bairros_coqueiros_e_rio_pardo.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/720/437_2025_manutencao_nos_bracos_de_iluminacao_publica_localizados_nos_bairros_coqueiros_e_rio_pardo.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADA MANUTENÇÃO NOS BRAÇOS DE ILUMINAÇÃO PÚBLICA LOCALIZADOS NOS BAIRROS COQUEIROS E RIO PARDO, ESPECIFICAMENTE NOS DOIS BRAÇOS PRÓXIMOS AO MERCADINHO PINHEIRO. REITERANDO MINHA INDICAÇÃO Nº 028/2025.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/721/438_2025_a_instalacao_de_dois_redutores_de_velocidade_quebra-molas_na_rj-125.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/721/438_2025_a_instalacao_de_dois_redutores_de_velocidade_quebra-molas_na_rj-125.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE DOIS REDUTORES DE VELOCIDADE (QUEBRA-MOLAS) NA RJ-125, SENDO UM NAS PROXIMIDADES DO POSTO DE GASOLINA DO BAIRRO MONTE ALEGRE E OUTRO NAS IMEDIAÇÕES DA CABINE DA DEFESA CIVIL.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/722/439_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_avenida_irineu_reis_nas_proximidades_da_creche_municipal.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/722/439_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_avenida_irineu_reis_nas_proximidades_da_creche_municipal.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLA) NA AVENIDA IRINEU REIS, NAS PROXIMIDADES DA CRECHE MUNICIPAL, NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/726/448_2025_solicita_que_realize_com_a_secretaria_de_obras_patrolamento_e_ensaibramento_das_principais_ruas_do_bairro_prata_edinho_e_neguinho..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/726/448_2025_solicita_que_realize_com_a_secretaria_de_obras_patrolamento_e_ensaibramento_das_principais_ruas_do_bairro_prata_edinho_e_neguinho..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE, EM CONJUNTO COM A SECRETARIA DE OBRAS, O PATROLAMENTO E ENSAIBRAMENTO DAS PRINCIPAIS RUAS DO BAIRRO PRATA. REITERANDO A INDICAÇÃO DE Nº 114/2025, DE AUTORIA DO VEREADOR EDINHO.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/727/449_2025_a_troca_de_lampadas_queimadas_na_travessa_dona_herminia.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/727/449_2025_a_troca_de_lampadas_queimadas_na_travessa_dona_herminia.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A TROCA DE LÂMPADAS QUEIMADAS NA TRAVESSA DONA HERMÍNIA, PRÓXIMO AO NÚMERO 325, BAIRRO ARAÇÁ, ATRÁS DO CIEP, EM ARCOZELO.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/728/450_2025_o_patrolamento_da_rua_quatro_situada_no_bairro_arcozelo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/728/450_2025_o_patrolamento_da_rua_quatro_situada_no_bairro_arcozelo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL O PATROLAMENTO DA RUA QUATRO, SITUADA NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/730/452_2025__a_inclusao_de_brinquedos_adaptados_para_criancas_com_transtorno_do_espectro_autista_tea_nas_pracas_publicas_do_municipio_de_paty_do_alferes..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/730/452_2025__a_inclusao_de_brinquedos_adaptados_para_criancas_com_transtorno_do_espectro_autista_tea_nas_pracas_publicas_do_municipio_de_paty_do_alferes..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INCLUSÃO DE BRINQUEDOS ADAPTADOS PARA CRIANÇAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) NAS PRAÇAS PÚBLICAS DO MUNICÍPIO DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/736/459_2025_que_viabilize_a_instalacao_de_uma_unidade_da_farmacia_popular_no_bairro_coqueiros.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/736/459_2025_que_viabilize_a_instalacao_de_uma_unidade_da_farmacia_popular_no_bairro_coqueiros.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE VIABILIZE A INSTALAÇÃO DE UMA UNIDADE DA FARMÁCIA POPULAR NO BAIRRO COQUEIROS.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/737/460_2025_a_instalacao_de_um_banner_ou_de_uma_placa_com_a_identificacao_do_nome_oficial_do_posto_de_saude_localizado_no_bairro_coqueiros.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/737/460_2025_a_instalacao_de_um_banner_ou_de_uma_placa_com_a_identificacao_do_nome_oficial_do_posto_de_saude_localizado_no_bairro_coqueiros.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM BANNER OU DE UMA PLACA COM A IDENTIFICAÇÃO DO NOME OFICIAL DO POSTO DE SAÚDE LOCALIZADO NO BAIRRO COQUEIROS, O QUAL FOI OFICIALMENTE DENOMINADO “UNIDADE DE SAÚDE ADHEMAR DE CARVALHO RIVELLO” POR MEIO DA LEI MUNICIPAL Nº 2.098, DE 07 DE JULHO DE 2014, (EM ANEXO).</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/738/461_2025_neguinho_e_macarrao_a_construcao_de_uma_quadra_de_areia_e_a_instalacao_de_aparelhos_de_ginastica_ao_ar_livre.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/738/461_2025_neguinho_e_macarrao_a_construcao_de_uma_quadra_de_areia_e_a_instalacao_de_aparelhos_de_ginastica_ao_ar_livre.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA QUADRA DE AREIA E A INSTALAÇÃO DE APARELHOS DE GINÁSTICA AO AR LIVRE NA ÁREA LOCALIZADA ATRÁS DA QUADRA DA ESCOLA DO BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/739/462_2025_marco_aurelio__e_guilherme_realizacao_de_patrolamento_ensaibramento_e_manutencao_geral_do_morro_que_liga_o_bairro_capivara_ao_bairro_coqueiros..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/739/462_2025_marco_aurelio__e_guilherme_realizacao_de_patrolamento_ensaibramento_e_manutencao_geral_do_morro_que_liga_o_bairro_capivara_ao_bairro_coqueiros..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PATROLAMENTO, ENSAIBRAMENTO E MANUTENÇÃO GERAL DO MORRO QUE LIGA O BAIRRO CAPIVARA AO BAIRRO COQUEIROS.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/740/463_2025_a_realizacao_de_patrolamento_limpeza_e_rocada_na_rua_colonia_do_centro_localizada_no_bairro_guaribu..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/740/463_2025_a_realizacao_de_patrolamento_limpeza_e_rocada_na_rua_colonia_do_centro_localizada_no_bairro_guaribu..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PATROLAMENTO, LIMPEZA E ROÇADA NA RUA COLÔNIA DO CENTRO, LOCALIZADA NO BAIRRO GUARIBU.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/741/464_2025_a_realizacao_de_patrolamento_ensaibramento_e_limpeza_no_corrego_dantas_localizado_no_bairro_coqueiros..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/741/464_2025_a_realizacao_de_patrolamento_ensaibramento_e_limpeza_no_corrego_dantas_localizado_no_bairro_coqueiros..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PATROLAMENTO, ENSAIBRAMENTO E LIMPEZA NO CÓRREGO DANTAS, LOCALIZADO NO BAIRRO COQUEIROS.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/742/465_2025_a_troca_de_lampadas_patrolamento_ensaibramento_e_limpeza_na_rua_agua_fria_localizada_no_bairro_palmares..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/742/465_2025_a_troca_de_lampadas_patrolamento_ensaibramento_e_limpeza_na_rua_agua_fria_localizada_no_bairro_palmares..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A TROCA DE LÂMPADAS, PATROLAMENTO, ENSAIBRAMENTO E LIMPEZA NA RUA ÁGUA FRIA, LOCALIZADA NO BAIRRO PALMARES.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/743/466_2025_realizacao_de_poda_das_arvores_e_vegetacao_que_se_encontram_sobre_a_fiacao_eletrica_na_rua_quatorze.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/743/466_2025_realizacao_de_poda_das_arvores_e_vegetacao_que_se_encontram_sobre_a_fiacao_eletrica_na_rua_quatorze.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PODA DAS ÁRVORES E VEGETAÇÃO QUE SE ENCONTRAM SOBRE A FIAÇÃO ELÉTRICA NA RUA QUATORZE, PRÓXIMO AO QUIOSQUE DA MARAVILHA, NO BAIRRO MARAVILHA.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/744/467_2025_realizacao_de_patrolamento_na_rua_bueno_de_andrade_e_na_rua_vinte_no_bairro_arcozelo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/744/467_2025_realizacao_de_patrolamento_na_rua_bueno_de_andrade_e_na_rua_vinte_no_bairro_arcozelo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PATROLAMENTO NA RUA BUENO DE ANDRADE E NA RUA VINTE, NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/746/470_2025_instalacao_de_dois_redutores_de_velocidade_quebra-molas_na_rodovia_ary_schiavo.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/746/470_2025_instalacao_de_dois_redutores_de_velocidade_quebra-molas_na_rodovia_ary_schiavo.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE DOIS REDUTORES DE VELOCIDADE (QUEBRA-MOLAS) NA RODOVIA ARY SCHIAVO, SENDO UM ANTES E OUTRO APÓS A ENTRADA DO BAIRRO ROSEIRAL, TENDO COMO PONTO DE REFERÊNCIA O PARQUE INFANTIL DE ARCOZELO.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/749/471_2025_a_realizacao_de_reparos_urgentes_em_uma_cratera_localizada_nas_proximidades_da_ponte_do_bairro_coqueiros..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/749/471_2025_a_realizacao_de_reparos_urgentes_em_uma_cratera_localizada_nas_proximidades_da_ponte_do_bairro_coqueiros..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE REPAROS URGENTES EM UMA CRATERA LOCALIZADA NAS PROXIMIDADES DA PONTE DO BAIRRO COQUEIROS.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/747/472_2025_a_realizacao_de_patrolamento_e_rocada_na_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/747/472_2025_a_realizacao_de_patrolamento_e_rocada_na_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PATROLAMENTO E ROÇADA NA RUA EUNICE DA SILVA, LOCALIZADA NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/748/473_2025_a_instalacao_de_braco_de_luz_nas_proximidades_da_igreja_catolica_na_rua_antonio_aniceto_da_costa_bairro_saudade..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/748/473_2025_a_instalacao_de_braco_de_luz_nas_proximidades_da_igreja_catolica_na_rua_antonio_aniceto_da_costa_bairro_saudade..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE BRAÇO DE LUZ NAS PROXIMIDADES DA IGREJA CATÓLICA, NA RUA ANTÔNIO ANICETO DA COSTA, BAIRRO SAUDADE.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/753/477_2025_aplicacao_de_po_de_pedra_nas_ruas_do_bairro_boa_vista..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/753/477_2025_aplicacao_de_po_de_pedra_nas_ruas_do_bairro_boa_vista..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A APLICAÇÃO DE PÓ DE PEDRA NAS RUAS DO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/754/478_2025_a_construcao_de_uma_quadra_de_areia_e_de_uma_academia_ao_ar_livre_na_praca_localizada_ao_lado_do_bar_do_vivinha..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/754/478_2025_a_construcao_de_uma_quadra_de_areia_e_de_uma_academia_ao_ar_livre_na_praca_localizada_ao_lado_do_bar_do_vivinha..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA QUADRA DE AREIA E DE UMA ACADEMIA AO AR LIVRE NA PRAÇA LOCALIZADA AO LADO DO BAR DO VIVINHA.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/757/481_2025_a_implantacao_de_faixa_de_pedestres_na_rua_coronel_avelar_no_bairro_avelar_na_esquina_do_jardim_de_avelar.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/757/481_2025_a_implantacao_de_faixa_de_pedestres_na_rua_coronel_avelar_no_bairro_avelar_na_esquina_do_jardim_de_avelar.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DE UMA FAIXA DE PEDESTRES NA RUA CORONEL AVELAR, NO BAIRRO AVELAR, NA ESQUINA DO JARDIM DE AVELAR, EM FRENTE AO ANTIGO BAR “ENCONTRINHO”.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/758/482_2025_a_instalacao_de_um_braco_de_iluminacao_publica_na_rua_quatro_nas_proximidades_da_igreja_crista_renovada_situada_no_bairro_clube_velho..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/758/482_2025_a_instalacao_de_um_braco_de_iluminacao_publica_na_rua_quatro_nas_proximidades_da_igreja_crista_renovada_situada_no_bairro_clube_velho..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM BRAÇO DE ILUMINAÇÃO PÚBLICA NA RUA QUATRO, NAS PROXIMIDADES DA IGREJA CRISTÃ RENOVADA, SITUADA NO BAIRRO CLUBE VELHO.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/759/483_2025_a_realizacao_de_servicos_de_limpeza_patrolamento_e_ensaibramento_na_rua_quatro_localizada_no_bairro_clube_velho..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/759/483_2025_a_realizacao_de_servicos_de_limpeza_patrolamento_e_ensaibramento_na_rua_quatro_localizada_no_bairro_clube_velho..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA, PATROLAMENTO E ENSAIBRAMENTO NA RUA QUATRO, LOCALIZADA NO BAIRRO CLUBE VELHO.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/760/484_2025_a_aplicacao_de_massa_asfaltica_na_rua_joaquim_alves_louzada_localizada_no_bairro_biriba._referencia_rua_do_sase..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/760/484_2025_a_aplicacao_de_massa_asfaltica_na_rua_joaquim_alves_louzada_localizada_no_bairro_biriba._referencia_rua_do_sase..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A APLICAÇÃO DE MASSA ASFÁLTICA NA RUA JOAQUIM ALVES LOUZADA, LOCALIZADA NO BAIRRO BIRIBA. REFERÊNCIA: RUA DO SASE.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/761/485_2025_solicita_ao_prefeito_municipal_a_construcao_de_um_portico_com_a_tematica_da_raca_mangalarga.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/761/485_2025_solicita_ao_prefeito_municipal_a_construcao_de_um_portico_com_a_tematica_da_raca_mangalarga.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM PÓRTICO COM A TEMÁTICA DA RAÇA MANGALARGA, EM HOMENAGEM AO LEGADO HISTÓRICO E CULTURAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/762/486_2025_a_aplicacao_de_escoria_nas_ruas_do_bairro_boa_vista.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/762/486_2025_a_aplicacao_de_escoria_nas_ruas_do_bairro_boa_vista.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A APLICAÇÃO DE ESCÓRIA NAS RUAS DO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/763/487_2025_a_realizacao_de_servicos_de_limpeza_no_bairro_lameirao_com_especial_atencao_a_area_conhecida_como_morro_do_macaco.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/763/487_2025_a_realizacao_de_servicos_de_limpeza_no_bairro_lameirao_com_especial_atencao_a_area_conhecida_como_morro_do_macaco.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA NO BAIRRO LAMEIRÃO, COM ESPECIAL ATENÇÃO À ÁREA CONHECIDA COMO MORRO DO MACACO. REITERANDO A MINHA INDICAÇÃO DE Nº 409/2025.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/764/488_2025_a_aplicacao_de_po_de_pedra_no_morro_situado_na_rua_humberto_candido_no_bairro_bela_vista..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/764/488_2025_a_aplicacao_de_po_de_pedra_no_morro_situado_na_rua_humberto_candido_no_bairro_bela_vista..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A APLICAÇÃO DE PÓ DE PEDRA NOS MORROS SITUADOS NA RUA HUMBERTO CÂNDIDO, NO BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/765/489_2025_a_reforma_da_passarela_situada_atras_da_aldeia_de_arcozelo._reiterando_a_minha_indicacao_de_no_0112025..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/765/489_2025_a_reforma_da_passarela_situada_atras_da_aldeia_de_arcozelo._reiterando_a_minha_indicacao_de_no_0112025..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REFORMA DA PASSARELA SITUADA ATRÁS DA ALDEIA DE ARCOZELO. REITERANDO A MINHA INDICAÇÃO DE Nº 011/2025.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/766/490_2025_o_corte_de_agua_na_via_publica_e_a_desobstrucao_de_bueiro_na_estrada_da_enfermaria.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/766/490_2025_o_corte_de_agua_na_via_publica_e_a_desobstrucao_de_bueiro_na_estrada_da_enfermaria.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL O CORTE DE ÁGUA NA VIA PÚBLICA E A DESOBSTRUÇÃO DE BUEIRO NA ESTRADA DA ENFERMARIA, Nº 48, BAIRRO BELA VISTA, PRÓXIMO À IGREJA ASSEMBLEIA DE DEUS, SENTIDO FAZENDA SIMPATIA.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/767/491_2025_a_municipalizacao_do_clube_monte_alegre_para_que_o_espaco_possa_abrigar_um_salao_de_eventos_academia_publica.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/767/491_2025_a_municipalizacao_do_clube_monte_alegre_para_que_o_espaco_possa_abrigar_um_salao_de_eventos_academia_publica.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A MUNICIPALIZAÇÃO DO CLUBE MONTE ALEGRE, PARA QUE O ESPAÇO POSSA ABRIGAR UM SALÃO DE EVENTOS, ACADEMIA PÚBLICA, QUADRA DE AREIA E OUTRAS ESTRUTURAS DE USO COLETIVO.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/770/494_2025__a_realizacao_de_servico_de_rocada_na_rua_vinte.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/770/494_2025__a_realizacao_de_servico_de_rocada_na_rua_vinte.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇO DE ROÇADA NA ESTRADA TRÊS PORTEIRAS 20 BUENO DE ANDRADE, RUA QUE DÁ ACESSO À SECRETARIA DE OBRAS.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/771/495_2025_a_pintura_da_quadra_de_grama_sintetica_situada_na_praca_do_bairro_granja_california.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/771/495_2025_a_pintura_da_quadra_de_grama_sintetica_situada_na_praca_do_bairro_granja_california.docx</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a pintura da quadra de grama sintética situada na praça do bairro Granja Califórnia, incluindo também a pintura do muro e das paredes do entorno, que se encontram com a pintura desgastada.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/772/499_2025_a_realizacao_de_manutencao_nos_bracos_de_luz_existentes_na_rua_do_cantagalo_e_rua_do_quilimbo_localizadas_no_bairro_coqueiros._reiterando.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/772/499_2025_a_realizacao_de_manutencao_nos_bracos_de_luz_existentes_na_rua_do_cantagalo_e_rua_do_quilimbo_localizadas_no_bairro_coqueiros._reiterando.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE MANUTENÇÃO NOS BRAÇOS DE LUZ EXISTENTES NA RUA DO CANTAGALO E RUA DO QUILOMBO, LOCALIZADAS NO BAIRRO COQUEIROS. REITERANDO MINHA INDICAÇÃO DE N° 301/2025.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/773/500_2025_a_realizacao_de_poda_dos_galhos_de_arvores_que_estao_atingindo_a_rede_eletrica_na_rua_c.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/773/500_2025_a_realizacao_de_poda_dos_galhos_de_arvores_que_estao_atingindo_a_rede_eletrica_na_rua_c.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PODA DOS GALHOS DE ÁRVORES QUE ESTÃO ATINGINDO A REDE ELÉTRICA NA RUA C, CONHECIDA COMO RUA DO CAMPO, NO BAIRRO CLUBE VELHO.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/774/501_2025_edinho_e_macarraomanutencao_nos_bracos_de_iluminacao_publica_nos_bairros_vista_alegre_e_aquenta_sol.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/774/501_2025_edinho_e_macarraomanutencao_nos_bracos_de_iluminacao_publica_nos_bairros_vista_alegre_e_aquenta_sol.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE MANUTENÇÃO NOS BRAÇOS DE ILUMINAÇÃO PÚBLICA NOS BAIRROS VISTA ALEGRE E AQUENTA SOL.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/775/502_2025_a_realizacao_de_reforma_urgente_na_ponte_localizada_na_rj_que_liga_o_bairro_vista_alegre_ao_sertao_do_calixto.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/775/502_2025_a_realizacao_de_reforma_urgente_na_ponte_localizada_na_rj_que_liga_o_bairro_vista_alegre_ao_sertao_do_calixto.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE REFORMA URGENTE NA PONTE LOCALIZADA NA RJ QUE LIGA O BAIRRO VISTA ALEGRE AO SERTÃO DO CALIXTO, NAS PROXIMIDADES DO ANTIGO COLÉGIO JOÃO CARLOS MONTE MOR.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/776/503_2025_instalacao_de_iluminacao_publica_no_trecho_entre_a_secretaria_de_obras_e_o_bairro_granja_california.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/776/503_2025_instalacao_de_iluminacao_publica_no_trecho_entre_a_secretaria_de_obras_e_o_bairro_granja_california.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A DESTINAÇÃO DE PARTE DO VALOR INVESTIDO PELA EMPRESA LIGHT NO MUNICÍPIO PARA A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO TRECHO ENTRE A SECRETARIA DE OBRAS E O BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/777/504_2025_solicita_ao_prefeito_municipal_a_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_rj-125_apos_a_aldeia_de_arcozelo_sentido_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/777/504_2025_solicita_ao_prefeito_municipal_a_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_rj-125_apos_a_aldeia_de_arcozelo_sentido_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE PONTO DE ÔNIBUS NA ENTRADA DO MORRO ZEZÉ LOPES, RJ-125, APÓS A ALDEIA DE ARCOZELO, SENTIDO AVELAR. REITERANDO MINHA INDICAÇÃO DE Nº 094/2025.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/778/505_2025_a_realizacao_de_servico_de_rocada_e_limpeza_nas_vias_publicas_do_bairro_mantiquira..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/778/505_2025_a_realizacao_de_servico_de_rocada_e_limpeza_nas_vias_publicas_do_bairro_mantiquira..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇO DE ROÇADA E LIMPEZA NAS VIAS PÚBLICAS DO BAIRRO MANTIQUIRA.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/779/506_2025__a_realizacao_de_manutencao_no_telhado_do_ponto_de_onibus_localizado_no_chale_de_avelar.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/779/506_2025__a_realizacao_de_manutencao_no_telhado_do_ponto_de_onibus_localizado_no_chale_de_avelar.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE MANUTENÇÃO NO TELHADO DO PONTO DE ÔNIBUS LOCALIZADO NO CHALÉ DE AVELAR.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/780/507_2025__a_troca_ou_o_reparo_de_aparelho_de_ginastica_bem_como_a_substituicao_de_um_banco_quebrado_no_jardim_de_avelar.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/780/507_2025__a_troca_ou_o_reparo_de_aparelho_de_ginastica_bem_como_a_substituicao_de_um_banco_quebrado_no_jardim_de_avelar.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A TROCA OU O REPARO DE APARELHO DE GINÁSTICA, BEM COMO A SUBSTITUIÇÃO DE UM BANCO QUEBRADO NO JARDIM DE AVELAR.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/781/508_2025_a_realizacao_de_limpeza_na_rua_vereador_caio_figueira_de_vasconcelos_centro_nas_proximidades_do_colegio_dedica_i..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/781/508_2025_a_realizacao_de_limpeza_na_rua_vereador_caio_figueira_de_vasconcelos_centro_nas_proximidades_do_colegio_dedica_i..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE LIMPEZA NA RUA VEREADOR CAIO FIGUEIRA DE VASCONCELOS, CENTRO, NAS PROXIMIDADES DO COLÉGIO DEDICA I.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/782/509_2025_a_realizacao_de_poda_de_arvores_sobre_a_fiacao_eletrica_e_o_reparo_nos_bracos_de_iluminacao_publica_com_a_troca_de_lampadas_queimadas.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/782/509_2025_a_realizacao_de_poda_de_arvores_sobre_a_fiacao_eletrica_e_o_reparo_nos_bracos_de_iluminacao_publica_com_a_troca_de_lampadas_queimadas.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PODA DE ÁRVORES SOBRE A FIAÇÃO ELÉTRICA E O REPARO NOS BRAÇOS DE ILUMINAÇÃO PÚBLICA, COM A TROCA DE LÂMPADAS QUEIMADAS, NA RUA YOLANDA CUNHA DE OLIVEIRA, BAIRRO ZENOBIÓPOLIS.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/785/513_2025_instalacao_de_um_bueiro_na_estrada_do_batatal.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/785/513_2025_instalacao_de_um_bueiro_na_estrada_do_batatal.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM BUEIRO NA ESTRADA DO BATATAL, NAS PROXIMIDADES DO Nº 2037, TENDO COMO REFERÊNCIA A ASSEMBLEIA, NO BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/786/514_2025_aplicacao_de_po_de_pedra_na_localidade_marmelos_apos_o_bairro_palmares..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/786/514_2025_aplicacao_de_po_de_pedra_na_localidade_marmelos_apos_o_bairro_palmares..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A APLICAÇÃO DE PÓ DE PEDRA NA LOCALIDADE MARMELOS, APÓS O BAIRRO PALMARES.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/789/518_2025__a_instalacao_urgente_de_tampas_nas_caixas_de_esgoto_situadas_na_rua_dr._mario_kroeff.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/789/518_2025__a_instalacao_urgente_de_tampas_nas_caixas_de_esgoto_situadas_na_rua_dr._mario_kroeff.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO URGENTE DE TAMPAS NAS CAIXAS DE ESGOTO SITUADAS NA RUA DR. MÁRIO KROEFF, NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/790/519_2025_a_substituicao_das_lampadas_queimadas_na_rj_125_nas_proximidades_da_fazenda_monte_alegre_e_do_posto_de_gasolina.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/790/519_2025_a_substituicao_das_lampadas_queimadas_na_rj_125_nas_proximidades_da_fazenda_monte_alegre_e_do_posto_de_gasolina.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A SUBSTITUIÇÃO DAS LÂMPADAS QUEIMADAS NA RJ-125, NAS PROXIMIDADES DA FAZENDA MONTE ALEGRE E DO POSTO DE GASOLINA.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/792/522_2025_a_aplicacao_de_po_de_pedra_na_rua_vinte_e_tres_no_bairro_acampamento.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/792/522_2025_a_aplicacao_de_po_de_pedra_na_rua_vinte_e_tres_no_bairro_acampamento.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A APLICAÇÃO DE PÓ DE PEDRA NA RUA VINTE E TRÊS, NO BAIRRO ACAMPAMENTO, NAS PROXIMIDADES DA POUSADA DO SENHOR ZÉ CARLOS.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/793/523_2025_o_fechamento_dos_bueiros_abertos_localizados_na_alameda_do_ipe_e_alameda_do_inga.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/793/523_2025_o_fechamento_dos_bueiros_abertos_localizados_na_alameda_do_ipe_e_alameda_do_inga.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL O FECHAMENTO DOS BUEIROS ABERTOS LOCALIZADOS NA ALAMEDA DO IPÊ E ALAMEDA DO INGÁ, BAIRRO PALMARES, PRÓXIMO À RESIDÊNCIA DO PASTOR MÁRCIO, BEM COMO EM FRENTE À CASA DO SENHOR JORGE DA ARINA.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/794/524_2025_a_realizacao_de_patrolamento_e_ensaibramento_na_rua_17.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/794/524_2025_a_realizacao_de_patrolamento_e_ensaibramento_na_rua_17.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PATROLAMENTO E ENSAIBRAMENTO NA RUA 17, NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/795/525_2025__a_instalacao_de_dois_quebra-molas_na_rj-125_com_sinalizacao_adequada_reiterando.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/795/525_2025__a_instalacao_de_dois_quebra-molas_na_rj-125_com_sinalizacao_adequada_reiterando.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE DOIS QUEBRA-MOLAS NA RJ-125, COM PINTURA DOS MESMOS E SINALIZAÇÃO ADEQUADA, SENDO UM ANTES DA ENTRADA DA ESTRADA DAS MANGUEIRAS, REFERÊNCIA, PRÓXIMO À RUA DO SÍTIO DO TOTONHO ROSA, E OUTRO APÓS A ENTRADA. REITERANDO MINHA INDICAÇÃO DE Nº 304/2025.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/796/526_2025__a_realizacao_de_reparos_na_rede_de_esgoto_localizada_na_rua_das_mangueiras.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/796/526_2025__a_realizacao_de_reparos_na_rede_de_esgoto_localizada_na_rua_das_mangueiras.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE DETERMINE, COM URGÊNCIA, A REALIZAÇÃO DE REPAROS NA REDE DE ESGOTO LOCALIZADA NA RUA DAS MANGUEIRAS, BAIRRO GRANJA CALIFÓRNIA, ONDE HÁ ESGOTO CORRENDO A CÉU ABERTO.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/797/527_2025_a_realizacao_de_reforma_da_ponte_situada_na_estrada_do_guaribu_velho.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/797/527_2025_a_realizacao_de_reforma_da_ponte_situada_na_estrada_do_guaribu_velho.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE REFORMA DA PONTE SITUADA NA ESTRADA DO GUARIBU VELHO, NAS PROXIMIDADES DO CURRAL DO JOÃO LUIZ, PRÓXIMO À RESIDÊNCIA DO SENHOR MIGUELZINHO.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/798/528_2025_a_realizacao_de_reforma_e_melhorias_nos_pontos_de_onibus_do_municipio_de_paty_do_alferes..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/798/528_2025_a_realizacao_de_reforma_e_melhorias_nos_pontos_de_onibus_do_municipio_de_paty_do_alferes..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE REFORMA E MELHORIAS NOS PONTOS DE ÔNIBUS DO MUNICÍPIO DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/800/530_2025_que_tome_as_devidas_providencias_quanto_a_uma_valeta_localizada_proxima_a_pracinha_na_rua_doutor_peralta..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/800/530_2025_que_tome_as_devidas_providencias_quanto_a_uma_valeta_localizada_proxima_a_pracinha_na_rua_doutor_peralta..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE TOME AS DEVIDAS PROVIDÊNCIAS QUANTO A UMA VALETA LOCALIZADA PRÓXIMA À PRACINHA, NA RUA DOUTOR PERALTA.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/804/534_2025_pintura_de_todos_os_quebra-molas_localizados_nos_bairros_acampamento_mantiquira_esperanca_e_mato_grosso..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/804/534_2025_pintura_de_todos_os_quebra-molas_localizados_nos_bairros_acampamento_mantiquira_esperanca_e_mato_grosso..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PINTURA DE TODOS OS QUEBRA-MOLAS LOCALIZADOS NOS BAIRROS ACAMPAMENTO, MANTIQUIRA, ESPERANÇA E MATO GROSSO.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/805/535_2025_construcao_de_uma_quadra_de_areia_no_bairro_tres_porteiras..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/805/535_2025_construcao_de_uma_quadra_de_areia_no_bairro_tres_porteiras..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADA A CONSTRUÇÃO DE UMA QUADRA DE AREIA NO BAIRRO TRÊS PORTEIRAS.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/806/536_2025_realizacao_de_manutencao_na_rede_de_iluminacao_publica_da_rua_santos_dumont_localizada_no_bairro_pedras_ruivas..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/806/536_2025_realizacao_de_manutencao_na_rede_de_iluminacao_publica_da_rua_santos_dumont_localizada_no_bairro_pedras_ruivas..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE MANUTENÇÃO NA REDE DE ILUMINAÇÃO PÚBLICA DA RUA SANTOS DUMONT, LOCALIZADA NO BAIRRO PEDRAS RUIVAS.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/807/537_2025__a_colocacao_de_po_de_pedra_na_estrada_sitio_barreiros.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/807/537_2025__a_colocacao_de_po_de_pedra_na_estrada_sitio_barreiros.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A APLICAÇÃO DE PÓ DE PEDRA NA ESTRADA SÍTIO BARREIROS, LOCALIZADA NO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/808/538_2025_ampliacao_do_numero_de_mediadores_escolares_para_alunos_autistas_e_a_contratacao_de_mais_monitores_para_os_onibus_escolares_reiterando.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/808/538_2025_ampliacao_do_numero_de_mediadores_escolares_para_alunos_autistas_e_a_contratacao_de_mais_monitores_para_os_onibus_escolares_reiterando.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A AMPLIAÇÃO DO NÚMERO DE MEDIADORES ESCOLARES PARA ALUNOS AUTISTAS E A CONTRATAÇÃO DE MAIS MONITORES PARA OS ÔNIBUS ESCOLARES, GARANTINDO SUPORTE E SEGURANÇA NO TRANSPORTE. REITERANDO MINHA INDICAÇÃO DE Nº 330/2025.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/809/539_2025_que_estude_a_viabilidade_de_criacao_de_estacionamento_na_rua_dr._mario_kroeff.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/809/539_2025_que_estude_a_viabilidade_de_criacao_de_estacionamento_na_rua_dr._mario_kroeff.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE ESTUDE A VIABILIDADE DE CRIAÇÃO DE ESTACIONAMENTO NA RUA DR. MÁRIO KROEFF, NO TRECHO PRÓXIMO À IGREJA E AO CAMPO, A FIM DE ATENDER À DEMANDA LOCAL.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/810/540_2025_a_realizacao_de_pavimentacao_asfaltica_na_rua_maravilha_boa_vista_situada_no_bairro_boa_vista..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/810/540_2025_a_realizacao_de_pavimentacao_asfaltica_na_rua_maravilha_boa_vista_situada_no_bairro_boa_vista..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NA RUA MARAVILHA BOA VISTA, SITUADA NO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/811/541_2025_a_pavimentacao_asfaltica_do_corrego_dantas_situado_no_bairro_coqueiros..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/811/541_2025_a_pavimentacao_asfaltica_do_corrego_dantas_situado_no_bairro_coqueiros..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PAVIMENTAÇÃO ASFÁLTICA DO CÓRREGO DANTAS, SITUADO NO BAIRRO COQUEIROS.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/814/544_2025_a_realizacao_de_reparo_em_uma_tampa_de_esgoto_quebrada_localizada_na_estrada_do_batatal_no_2650_bairro_bela_vista..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/814/544_2025_a_realizacao_de_reparo_em_uma_tampa_de_esgoto_quebrada_localizada_na_estrada_do_batatal_no_2650_bairro_bela_vista..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE REPARO EM UMA TAMPA DE ESGOTO QUEBRADA LOCALIZADA NA ESTRADA DO BATATAL, Nº 2650, BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/815/545_2025_a_construcao_de_um_ponto_de_onibus_nas_proximidades_da_pousada_nova_gironda_localizada_no_bairro_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/815/545_2025_a_construcao_de_um_ponto_de_onibus_nas_proximidades_da_pousada_nova_gironda_localizada_no_bairro_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM PONTO DE ÔNIBUS NA RJ-125, NAS PROXIMIDADES DA POUSADA NOVA GIRONDA, SITUADA NO BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/816/549_2025__guilherme_e_marco_aurelio_revitalizacao_e_reforma_da_sede_administrativa_das_unidades_de_conservacao_municipais.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/816/549_2025__guilherme_e_marco_aurelio_revitalizacao_e_reforma_da_sede_administrativa_das_unidades_de_conservacao_municipais.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REVITALIZAÇÃO E REFORMA DA SEDE ADMINISTRATIVA DAS UNIDADES DE CONSERVAÇÃO MUNICIPAIS DE PATY DO ALFERES, SITUADA NO BAIRRO PALMARES.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/817/550_2025_guilherme_e_marco_aurelio_criacao_de_um_museu_da_raca_mangalarga_marchador_no_municipio_de_paty_do_alferes..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/817/550_2025_guilherme_e_marco_aurelio_criacao_de_um_museu_da_raca_mangalarga_marchador_no_municipio_de_paty_do_alferes..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CRIAÇÃO DE UM MUSEU DA RAÇA MANGALARGA MARCHADOR NO MUNICÍPIO DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/818/551_2025_construcao_de_uma_praca_publica_no_horizonte_com_parque_infantil_tambem_os_bairros_vizinhos_guaribu_e_saudade..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/818/551_2025_construcao_de_uma_praca_publica_no_horizonte_com_parque_infantil_tambem_os_bairros_vizinhos_guaribu_e_saudade..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA PRAÇA PÚBLICA NO BAIRRO HORIZONTE, COM PARQUE INFANTIL, VISANDO ATENDER TAMBÉM OS BAIRROS VIZINHOS GUARIBU E SAUDADE.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/819/552_2025_a_realizacao_de_servicos_de_limpeza_e_manutencao_da_iluminacao_publica_na_rua_warlindo_rangel_bairro_mantiquira._1.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/819/552_2025_a_realizacao_de_servicos_de_limpeza_e_manutencao_da_iluminacao_publica_na_rua_warlindo_rangel_bairro_mantiquira._1.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA E MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA WARLINDO RANGEL, BAIRRO MANTIQUIRA.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/820/553_2025_a_realizacao_de_servicos_de_manutencao_na_iluminacao_publica_da_rua_elvira_de_oliveira_goulart.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/820/553_2025_a_realizacao_de_servicos_de_manutencao_na_iluminacao_publica_da_rua_elvira_de_oliveira_goulart.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE MANUTENÇÃO NA ILUMINAÇÃO PÚBLICA DA RUA ELVIRA DE OLIVEIRA GOULART, NAS PROXIMIDADES DO NÚMERO 740, NO BAIRRO MARAVILHA.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/821/554_2025_a_instalacao_de_um_bebedouro_na_praca_esportiva_denominada_juliana_maria_da_silveira_duarte_nogueira.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/821/554_2025_a_instalacao_de_um_bebedouro_na_praca_esportiva_denominada_juliana_maria_da_silveira_duarte_nogueira.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM BEBEDOURO NA PRAÇA ESPORTIVA DENOMINADA JULIANA MARIA DA SILVEIRA DUARTE NOGUEIRA, LOCALIZADA NA RUA DOUTOR MÁRIO KROEFF, NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/825/562_2025_a_reforma_da_escola_municipal_jose_eulalio_de_andrade_localizada_no_bairro_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/825/562_2025_a_reforma_da_escola_municipal_jose_eulalio_de_andrade_localizada_no_bairro_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REFORMA DA ESCOLA MUNICIPAL JOSÉ EULÁLIO DE ANDRADE, LOCALIZADA NO BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/826/563_2025_reforma_da_quadra_coberta_situada_no_bairro_avelar.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/826/563_2025_reforma_da_quadra_coberta_situada_no_bairro_avelar.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL REFORMA DA QUADRA COBERTA SITUADA NO BAIRRO AVELAR, NA ALAMEDA ANTÔNIO DA LUZ FERNANDES, TENDO COMO REFERÊNCIA O PARQUE DE EXPOSIÇÃO.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/827/564_2025__construcao_de_um_posto_de_saude_no_bairro_barro_branco..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/827/564_2025__construcao_de_um_posto_de_saude_no_bairro_barro_branco..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM POSTO DE SAÚDE NO BAIRRO BARRO BRANCO.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/831/568_2025_a_instalacao_de_um_redutor_de_velocidade_na_rua_jose_eugenio_pinheiro.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/831/568_2025_a_instalacao_de_um_redutor_de_velocidade_na_rua_jose_eugenio_pinheiro.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA JOSÉ EUGÊNIO PINHEIRO, BAIRRO ESPERANÇA, NAS PROXIMIDADES DA LOJA DE DOCES.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/832/569_2025_a_realizacao_de_poda_dos_galhos_de_arvores_que_estejam_proximos_ou_em_contato_com_a_rede_eletrica_nos_bairros_coqueiros_e_rio_pardo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/832/569_2025_a_realizacao_de_poda_dos_galhos_de_arvores_que_estejam_proximos_ou_em_contato_com_a_rede_eletrica_nos_bairros_coqueiros_e_rio_pardo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PODA DOS GALHOS DE ÁRVORES QUE ESTEJAM PRÓXIMOS OU EM CONTATO COM A REDE ELÉTRICA NOS BAIRROS COQUEIROS E RIO PARDO.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/833/570_2025_a_realizacao_de_limpeza_e_patrolamento_na_rua_farid_tamer_localizada_no_bairro_zenobiopolis..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/833/570_2025_a_realizacao_de_limpeza_e_patrolamento_na_rua_farid_tamer_localizada_no_bairro_zenobiopolis..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE LIMPEZA E PATROLAMENTO NA RUA FARID TAMER, LOCALIZADA NO BAIRRO ZENOBIÓPOLIS.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/834/571_2025_a_realizacao_da_poda_de_arvores_que_estao_atingindo_a_rede_de_iluminacao_publica_no_bairro_boa_vista..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/834/571_2025_a_realizacao_da_poda_de_arvores_que_estao_atingindo_a_rede_de_iluminacao_publica_no_bairro_boa_vista..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PODA DOS GALHOS DE ÁRVORES QUE ESTÃO ATINGINDO A REDE DE ILUMINAÇÃO PÚBLICA NO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/835/572_2025__a_reforma_da_quadra_de_areia_da_praca_oswaldo_gaspar_no_bairro_arcozelo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/835/572_2025__a_reforma_da_quadra_de_areia_da_praca_oswaldo_gaspar_no_bairro_arcozelo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REFORMA DA QUADRA DE AREIA LOCALIZADA NA PRAÇA OSWALDO GASPAR, BEM COMO A PINTURA GERAL DA REFERIDA PRAÇA, SITUADA NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/838/575_2025_a_realizacao_de_patrolamento_e_rocada_na_travessa_quindins_km_38_bairro_maravilha..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/838/575_2025_a_realizacao_de_patrolamento_e_rocada_na_travessa_quindins_km_38_bairro_maravilha..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PATROLAMENTO E ROÇADA NA TRAVESSA QUINDINS, KM 38, BAIRRO MARAVILHA. REFERÊNCIA: PRIMEIRA RUA À DIREITA APÓS O HOTEL QUINDINS, SENTIDO COQUEIROS.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/848/586_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rj-125_nas_imediacoes_da_pousada_nova_gironda.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/848/586_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rj-125_nas_imediacoes_da_pousada_nova_gironda.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA RJ-125, NAS IMEDIAÇÕES DA POUSADA NOVA GIRONDA, SITUADA NO BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/849/587_2025_a_reforma_do_posto_de_saude_localizado_no_bairro_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/849/587_2025_a_reforma_do_posto_de_saude_localizado_no_bairro_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REFORMA DO POSTO DE SAÚDE LOCALIZADO NO BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/850/588_2025_a_revitalizacao_da_academia_da_saude_situada_no_morro_joao_malandro_1.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/850/588_2025_a_revitalizacao_da_academia_da_saude_situada_no_morro_joao_malandro_1.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REVITALIZAÇÃO DA ACADEMIA DA SAÚDE SITUADA NO MORRO JOÃO MALANDRO, BAIRRO GRANJA CALIFÓRNIA, BEM COMO A COLOCAÇÃO DE MEIO-FIO EM SEU ENTORNO.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/851/589_2025__a_substituicao_das_manilhas_na_rua_antonio_aniceto_da_costa.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/851/589_2025__a_substituicao_das_manilhas_na_rua_antonio_aniceto_da_costa.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A SUBSTITUIÇÃO DAS MANILHAS NA RUA ANTÔNIO ANICETO DA COSTA, LOCALIZADA NO BAIRRO SAUDADE, ESPECIFICAMENTE NO TRECHO PRÓXIMO À VENDA DO NELSINHO.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/854/592_2025_a_instalacao_de_um_bueiro_na_estrada_rj-125_no_72200_bairro_granja_california_3.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/854/592_2025_a_instalacao_de_um_bueiro_na_estrada_rj-125_no_72200_bairro_granja_california_3.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM BUEIRO NA ESTRADA RJ-125, Nº 72200, BAIRRO GRANJA CALIFÓRNIA, NAS PROXIMIDADES DA POUSADA NOVA GIRONDA.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/855/593_2025_que_viabilize_o_retorno_do_atendimento_aos_servidores_publicos_do_municipio.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/855/593_2025_que_viabilize_o_retorno_do_atendimento_aos_servidores_publicos_do_municipio.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE VIABILIZE O RETORNO DO ATENDIMENTO AOS SERVIDORES PÚBLICOS DO MUNICÍPIO QUE, EMBORA RESIDAM FORA DE PATY DO ALFERES, EXERCEM SUAS FUNÇÕES LABORAIS EM REPARTIÇÕES PÚBLICAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/857/595_2025_a_aplicacao_de_po_de_pedra_na_rua_14_situada_no_bairro_maravilha..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/857/595_2025_a_aplicacao_de_po_de_pedra_na_rua_14_situada_no_bairro_maravilha..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A APLICAÇÃO DE PÓ DE PEDRA NA RUA 14, SITUADA NO BAIRRO MARAVILHA.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/866/611_2025_realizacao_de_uma_revisao_geral_nos_planos_de_cargos_carreiras_e_remuneracao_pccr_de_todos_os_servidores_publicos_municipais.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/866/611_2025_realizacao_de_uma_revisao_geral_nos_planos_de_cargos_carreiras_e_remuneracao_pccr_de_todos_os_servidores_publicos_municipais.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE UMA REVISÃO GERAL NOS PLANOS DE CARGOS, CARREIRAS E REMUNERAÇÃO (PCCR) DE TODOS OS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/867/612_2025_pavimentacao_asfaltica_na_estrada_das_mangueiras.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/867/612_2025_pavimentacao_asfaltica_na_estrada_das_mangueiras.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA DAS MANGUEIRAS – PARQUE DAS ACÁCIAS, CONHECIDA COMO RUA DO SÍTIO DO TOTONHO ROSA.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/871/619_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rua_coronel_manoel_bernardes.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/871/619_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rua_coronel_manoel_bernardes.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLA) NA RUA CORONEL MANOEL BERNARDES, EM FRENTE À PAPELARIA DO LELEI.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/872/620_2025__a_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/872/620_2025__a_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA RJ-125, NAS IMEDIAÇÕES DA LOJA CONHECIDA COMO LOJA DO TATU.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/881/630_2025_a_reforma_da_quadra_do_bairro_coqueiros..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/881/630_2025_a_reforma_da_quadra_do_bairro_coqueiros..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REFORMA DA QUADRA DO BAIRRO COQUEIROS.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/883/632_2025__a_instalacao_de_rede_de_esgoto_na_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/883/632_2025__a_instalacao_de_rede_de_esgoto_na_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE REDE DE ESGOTO NA RUA EUNICE DA SILVA, LOCALIZADA NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/884/633_2025__a_pavimentacao_asfaltica_da_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/884/633_2025__a_pavimentacao_asfaltica_da_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PAVIMENTAÇÃO ASFÁLTICA DA RUA EUNICE DA SILVA, LOCALIZADA NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/887/636_2025_a_construcao_de_um_centro_esportivo_no_bairro_monte_alegre_neste_municipio..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/887/636_2025_a_construcao_de_um_centro_esportivo_no_bairro_monte_alegre_neste_municipio..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM CENTRO ESPORTIVO NO BAIRRO MONTE ALEGRE.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/891/646_2025__a_pavimentacao_asfaltica_da_rua_das_mangueiras_localizada_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/891/646_2025__a_pavimentacao_asfaltica_da_rua_das_mangueiras_localizada_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PAVIMENTAÇÃO ASFÁLTICA DA RUA DAS MANGUEIRAS, LOCALIZADA NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/892/647_2025_a_instalacao_de_rede_de_esgoto_na_rua_joel_cabral_da_silva_localizada_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/892/647_2025_a_instalacao_de_rede_de_esgoto_na_rua_joel_cabral_da_silva_localizada_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE REDE DE ESGOTO NA RUA JOEL CABRAL DA SILVA, LOCALIZADA NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/893/648_2025_a_pavimentacao_asfaltica_da_rua_joel_cabral_da_silva_e_da_rua_das_mangueiras_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/893/648_2025_a_pavimentacao_asfaltica_da_rua_joel_cabral_da_silva_e_da_rua_das_mangueiras_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PAVIMENTAÇÃO ASFÁLTICA DA RUA JOEL CABRAL DA SILVA, NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/898/653_2025_a_pavimentacao_asfaltica_da_rua_que_interliga_o_bairro_arcozelo_ao_bairro_capivara.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/898/653_2025_a_pavimentacao_asfaltica_da_rua_que_interliga_o_bairro_arcozelo_ao_bairro_capivara.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADA A PAVIMENTAÇÃO ASFÁLTICA DA RUA QUE INTERLIGA O BAIRRO ARCOZELO AO BAIRRO CAPIVARA.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/899/654_2025_faixa_de_pedestres_proxima_ao_redutor_de_velocidade_quebra-molas_na_rj-125.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/899/654_2025_faixa_de_pedestres_proxima_ao_redutor_de_velocidade_quebra-molas_na_rj-125.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA INSTALADA UMA FAIXA DE PEDESTRES PRÓXIMA AO REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA RJ-125, NAS PROXIMIDADES DA SAÍDA DA PONTE DO BIBI.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/900/655_2025_a_realizacao_de_manutencao_nos_bracos_de_iluminacao_publica_existentes_na_rua_wintor_barbosa_de_godoi_2.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/900/655_2025_a_realizacao_de_manutencao_nos_bracos_de_iluminacao_publica_existentes_na_rua_wintor_barbosa_de_godoi_2.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE MANUTENÇÃO NOS BRAÇOS DE ILUMINAÇÃO PÚBLICA EXISTENTES NA RUA WINTOR BARBOSA DE GODÓI, LOCALIZADA NO BAIRRO PEDRAS RUIVAS.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/901/656_2025__pedido_para_realizacao_de_avaliacaovistoria_na_ponte_situada_em_frente_a_igreja_monte_siao__rua_vereador_sidnei_melo_de_freitas..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/901/656_2025__pedido_para_realizacao_de_avaliacaovistoria_na_ponte_situada_em_frente_a_igreja_monte_siao__rua_vereador_sidnei_melo_de_freitas..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE ENCAMINHE À SECRETARIA MUNICIPAL DE OBRAS OU A ENGENHEIRO DESIGNADO, PEDIDO PARA REALIZAÇÃO DE AVALIAÇÃO/VISTORIA NA PONTE SITUADA AO LADO DA IGREJA MONTE SIÃO, PATY DO ALFERES.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/907/663_2025__a_revitalizacao_da_pracinha_localizada_na_rua_antonio_l._fernandes.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/907/663_2025__a_revitalizacao_da_pracinha_localizada_na_rua_antonio_l._fernandes.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REVITALIZAÇÃO DA PRACINHA LOCALIZADA NA RUA ANTÔNIO L. FERNANDES, EM FRENTE AO JARDIM DE AVELAR, BAIRRO AVELAR, INCLUINDO MELHORIAS NOS QUIOSQUES, BRINQUEDOS E ESTRUTURA GERAL.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/908/664_2025__que_seja_realizada_a_reforma_da_capela_mortuaria_do_cemiterio_localizado_no_bairro_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/908/664_2025__que_seja_realizada_a_reforma_da_capela_mortuaria_do_cemiterio_localizado_no_bairro_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADA A REFORMA DA CAPELA MORTUÁRIA PRÓXIMA AO CEMITÉRIO LOCALIZADO NO BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/909/665_2025_a_revitalizacao_da_praca_localizada_no_bairro_saudade..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/909/665_2025_a_revitalizacao_da_praca_localizada_no_bairro_saudade..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REVITALIZAÇÃO DA PRAÇA LOCALIZADA NO BAIRRO SAUDADE.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/911/667_2025_manutencao_na_iluminacao_estr_verr_oswaldo_fer_de_b_filho_na_estr_antonio_joaquim_e_na_rua_aniceto.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/911/667_2025_manutencao_na_iluminacao_estr_verr_oswaldo_fer_de_b_filho_na_estr_antonio_joaquim_e_na_rua_aniceto.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A MANUTENÇÃO NA ILUMINAÇÃO PÚBLICA NA ESTRADA VEREADOR OSWALDO FERNANDES DE BARROS FILHO E NA ESTRADA ANTÔNIO JOAQUIM, NO BAIRRO GUARIBÚ, E NA RUA ANTÔNIO ANICETO DA COSTA, NO BAIRRO SAUDADE.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/912/668_2025__a_poda_das_arvores_que_estao_sobre_a_fiacao_na_estrada_jose_monteiro.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/912/668_2025__a_poda_das_arvores_que_estao_sobre_a_fiacao_na_estrada_jose_monteiro.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PODA DAS ÁRVORES QUE ESTÃO SOBRE A FIAÇÃO NA ESTRADA JOSÉ MONTEIRO, PRÓXIMO AO Nº 321, BAIRRO MARAVILHA, EM CIMA DA QUITANDA.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/913/669_2025_a_construcao_de_uma_quadra_coberta_em_anexo_a_escola_localizada_no_bairro_rio_pardo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/913/669_2025_a_construcao_de_uma_quadra_coberta_em_anexo_a_escola_localizada_no_bairro_rio_pardo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA QUADRA COBERTA EM ANEXO À ESCOLA LOCALIZADA NO BAIRRO RIO PARDO.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/914/670_2025a_disponibilizacao_do_castramovel_para_atendimento_nos_bairros_coqueiros_e_maravilha..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/914/670_2025a_disponibilizacao_do_castramovel_para_atendimento_nos_bairros_coqueiros_e_maravilha..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A DISPONIBILIZAÇÃO DO CASTRAMÓVEL PARA ATENDIMENTO NOS BAIRROS COQUEIROS E MARAVILHA.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/915/671_2025_edinho_e_lenice_patrolamento_e_ensaibramento_da_rua_irma_dulce_na_localidade_de_vile_de_monte_alegre_bairro_monte_alegre..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/915/671_2025_edinho_e_lenice_patrolamento_e_ensaibramento_da_rua_irma_dulce_na_localidade_de_vile_de_monte_alegre_bairro_monte_alegre..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL O PATROLAMENTO E ENSAIBRAMENTO NA LOCALIDADE DE VILE DE MONTE ALEGRE, RUA IRMÃ DULCE, BAIRRO MONTE ALEGRE.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/916/672_2025_projeto_de_saude_em_domicilio_sad__servico_de_atencao_domiciliar.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/916/672_2025_projeto_de_saude_em_domicilio_sad__servico_de_atencao_domiciliar.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE CRIAR, NO MUNICÍPIO, O PROJETO DE SAÚDE EM DOMICÍLIO (SAD – SERVIÇO DE ATENÇÃO DOMICILIAR), COM O OBJETIVO DE AMPLIAR E MELHORAR O ATENDIMENTO ÀS PESSOAS ACAMADAS OU COM MOBILIDADE REDUZIDA.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/918/674_2025___a_revitalizacao_do_portico_de_entrada_localizado_no_bairro_monte_alegre..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/918/674_2025___a_revitalizacao_do_portico_de_entrada_localizado_no_bairro_monte_alegre..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REVITALIZAÇÃO DO PÓRTICO DE ENTRADA DA CIDADE, LOCALIZADO NO BAIRRO MONTE ALEGRE.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/919/675_2025___a_instalacao_de_um_redutor_de_velocidade_quebra-mola_em_frente_ao_portao_lateral_da_escola_municipal_vereador_sidney_de_mello_freitas.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/919/675_2025___a_instalacao_de_um_redutor_de_velocidade_quebra-mola_em_frente_ao_portao_lateral_da_escola_municipal_vereador_sidney_de_mello_freitas.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE, (QUEBRA-MOLAS) EM FRENTE AO PORTÃO LATERAL DA ESCOLA MUNICIPAL VEREADOR SIDNEY DE MELLO FREITAS, NA RUA COMANDANTE BANDEIRA DE MELO, BAIRRO GOIABAL, ONDE O ÔNIBUS ESCOLAR DESEMBARCA OS ALUNOS, PRÓXIMO À FAIXA DE PEDESTRES.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/923/683_2025_rua_cantagalo_bom_jardim_bairro_coqueiros_com_posterior_aplicacao_de_po_de_pedra_ou_escoria..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/923/683_2025_rua_cantagalo_bom_jardim_bairro_coqueiros_com_posterior_aplicacao_de_po_de_pedra_ou_escoria..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL O PATROLAMENTO DA RUA CANTAGALO, NA LOCALIDADE BOM JARDIM, NO BAIRRO COQUEIROS, COM POSTERIOR APLICAÇÃO DE PÓ DE PEDRA OU ESCÓRIA.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/926/686_2025__a_construcao_de_uma_capela_mortuaria_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/926/686_2025__a_construcao_de_uma_capela_mortuaria_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/927/687_2025__a_instalacao_de_um_quebra-molas_na_rua_barao_de_capivari.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/927/687_2025__a_instalacao_de_um_quebra-molas_na_rua_barao_de_capivari.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS NA RUA BARÃO DE CAPIVARI, NO BAIRRO AVELAR, EM FRENTE À PADARIA CANNÃ E PRÓXIMO À FARMÁCIA UNIBORGES.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/932/694_2025_que_estude_a_viabilidade_de_implantar_um_ponto_de_onibus_sentido_arcozelo_no_centro_da_cidade.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/932/694_2025_que_estude_a_viabilidade_de_implantar_um_ponto_de_onibus_sentido_arcozelo_no_centro_da_cidade.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE ESTUDE A VIABILIDADE DE IMPLANTAR UM PONTO DE ÔNIBUS, SENTIDO ARCOZELO, NO CENTRO DA CIDADE, EM SUBSTITUIÇÃO AO ESPAÇO ATUALMENTE UTILIZADO EM FRENTE À PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/933/695_2025_que_seja_estudada_a_viabilidade_do_retorno_da_mao_dupla_na_avenida_osorio_duque_estrada_na_rua_do_posto_de_gas..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/933/695_2025_que_seja_estudada_a_viabilidade_do_retorno_da_mao_dupla_na_avenida_osorio_duque_estrada_na_rua_do_posto_de_gas..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA ESTUDADA A VIABILIDADE DO RETORNO DA MÃO DUPLA NA AVENIDA OSÓRIO DUQUE ESTRADA, NA RJ- 125, RUA DO POSTO DE GÁS.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/943/707_2025_a_instalacao_de_faixa_de_pedestre_e_dois_redutores_de_velocidade_em_frente_ao_quiosque_do_vivinha..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/943/707_2025_a_instalacao_de_faixa_de_pedestre_e_dois_redutores_de_velocidade_em_frente_ao_quiosque_do_vivinha..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UMA FAIXA DE PEDESTRE E DOIS REDUTORES DE VELOCIDADE EM FRENTE AO QUIOSQUE DO VIVINHA, LOCALIZADO NA AVENIDA OSÓRIO DUQUE ESTRADA.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/944/708_2025_a_revitalizacao_da_pintura_dos_quebra-molas_no_bairro_recanto..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/944/708_2025_a_revitalizacao_da_pintura_dos_quebra-molas_no_bairro_recanto..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REVITALIZAÇÃO DA PINTURA DOS QUEBRA-MOLAS NO BAIRRO RECANTO.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/946/710_2025_continuidade_calcamento_para_pedestres_no_trecho_compreendido_entre_o_bairro_granja_california_e_o_bairro_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/946/710_2025_continuidade_calcamento_para_pedestres_no_trecho_compreendido_entre_o_bairro_granja_california_e_o_bairro_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONTINUIDADE DO CALÇAMENTO PARA PEDESTRES NO TRECHO COMPREENDIDO ENTRE O BAIRRO GRANJA CALIFÓRNIA E O BAIRRO AVELAR. REITERANDO MINHA INDICAÇÃO DE Nº 264/2025.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/947/711_2025_a_instalacao_de_uma_faixa_de_pedestre_na_avenida_irineu_reis_nas_proximidades_da_creche_municipal_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/947/711_2025_a_instalacao_de_uma_faixa_de_pedestre_na_avenida_irineu_reis_nas_proximidades_da_creche_municipal_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UMA FAIXA DE PEDESTRE NA AVENIDA IRINEU REIS, NAS PROXIMIDADES DA CRECHE MUNICIPAL, NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/948/712_2025_que_seja_feita_a_retirada_do_mato_arvores_e_bambus_que_ficaram_no_local_apos_a_rocada_realizada_no_bairro_bela_vista.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/948/712_2025_que_seja_feita_a_retirada_do_mato_arvores_e_bambus_que_ficaram_no_local_apos_a_rocada_realizada_no_bairro_bela_vista.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA FEITA A RETIRADA DO MATO, ÁRVORES E BAMBUS QUE FICARAM NO LOCAL APÓS A ROÇADA REALIZADA NO BAIRRO BELA VISTA, BEM COMO A COLOCAÇÃO DE PEDRA NOS BURACOS DO MORRO DA ESTRADA DA BELA VISTA.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/951/715_2025___a_construcao_de_uma_praca_com_instalacao_da_academia_da_saude_na_estrada_antonio_joaquim_bairro_antonio_joaquim..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/951/715_2025___a_construcao_de_uma_praca_com_instalacao_da_academia_da_saude_na_estrada_antonio_joaquim_bairro_antonio_joaquim..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA PRAÇA COM INSTALAÇÃO DA ACADEMIA DA SAÚDE NA ESTRADA ANTÔNIO JOAQUIM, BAIRRO ANTÔNIO JOAQUIM.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/952/716_2025___instalacao_de_faixa_de_pedestre_no_inicio_da_travessa_osvaldo_tamer..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/952/716_2025___instalacao_de_faixa_de_pedestre_no_inicio_da_travessa_osvaldo_tamer..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE FAIXA DE PEDESTRE NO INÍCIO DA TRAVESSA OSVALDO TAMER.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/953/717_2025_que_seja_analisada_em_conjunto_com_a_secretaria_de_ordem_publica_a_possibilidade_de_remocao_do_semaforo.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/953/717_2025_que_seja_analisada_em_conjunto_com_a_secretaria_de_ordem_publica_a_possibilidade_de_remocao_do_semaforo.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA ANALISADA, EM CONJUNTO COM A SECRETARIA DE ORDEM PÚBLICA, A POSSIBILIDADE DE REMOÇÃO DO SEMÁFORO LOCALIZADO NO CENTRO DA CIDADE, SUBSTITUINDO-O, SE VIÁVEL, PELA ATUAÇÃO DE UM GUARDA DE TRÂNSITO.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/955/727_2025_a_implantacao_de_uma_academia_da_saude_e_de_um_parquinho_infantil_no_bairro_sao_joaquim..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/955/727_2025_a_implantacao_de_uma_academia_da_saude_e_de_um_parquinho_infantil_no_bairro_sao_joaquim..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DE UMA ACADEMIA DA SAÚDE E DE UM PARQUINHO INFANTIL NO BAIRRO SÃO JOAQUIM.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/956/728_2025_a_aquisicao_de_equipamentos_de_mobilidade_e_apoio.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/956/728_2025_a_aquisicao_de_equipamentos_de_mobilidade_e_apoio.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A AQUISIÇÃO DE EQUIPAMENTOS DE MOBILIDADE E APOIO, TAIS COMO CADEIRAS DE RODAS, CADEIRAS HIGIÊNICAS, ANDADORES, MULETAS E BENGALAS, DESTINADOS A PESSOAS COM DEFICIÊNCIA E MOBILIDADE REDUZIDA NO MUNICÍPIO DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/957/729_2025_a_realizacao_da_reforma_da_ciclovia_que_liga_o_centro_de_paty_do_alferes_ate_o_bairro_monte_alegre..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/957/729_2025_a_realizacao_da_reforma_da_ciclovia_que_liga_o_centro_de_paty_do_alferes_ate_o_bairro_monte_alegre..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UMA FAIXA DE PEDESTRE NA AVENIDA IRINEU REIS, NAS PROXIMIDADES DA CRECHE MUNICIPAL, NO BAIRRO GRANJA CALIFÓRNIA. REITERANDO MINHA INDICAÇÃO DE Nº 035/2025.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/960/733_2025_instalacao_de_um_redutor_de_velocidade_quebra-molas_em_frente_a_clinica_dr._mackson.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/960/733_2025_instalacao_de_um_redutor_de_velocidade_quebra-molas_em_frente_a_clinica_dr._mackson.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) EM FRENTE À CLÍNICA DR. MACKSON, SITUADA NA RUA VEREADOR SIDNEI MELO DE FREITAS, CENTRO.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/965/740_2025_a_implantacao_da_farmacia_popular_na_unidade_de_saude_do_bairro_coqueiros._reiterando_minha_indicacao.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/965/740_2025_a_implantacao_da_farmacia_popular_na_unidade_de_saude_do_bairro_coqueiros._reiterando_minha_indicacao.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DA FARMÁCIA POPULAR NA UNIDADE DE SAÚDE DO BAIRRO COQUEIROS. REITERANDO MINHA INDICAÇÃO DE Nº 459/2025.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/967/742_2025_reforma_do_campo_de_grama_sintetica_na_praca_noemia_rosa_no_bairro_granja_com_a_substituicao_da_grama.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/967/742_2025_reforma_do_campo_de_grama_sintetica_na_praca_noemia_rosa_no_bairro_granja_com_a_substituicao_da_grama.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DA REFORMA DO CAMPO DE GRAMA SINTÉTICA SITUADO NA PRAÇA NOÊMIA ROSA, NO BAIRRO GRANJA CALIFÓRNIA, COM A SUBSTITUIÇÃO DA GRAMA E A ADAPTAÇÃO DO VESTIÁRIO EXISTENTE PARA A CRIAÇÃO DE DOIS VESTIÁRIOS.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/968/743_2025_troca_das_lampadas_de_iluminacao_publica_na_rua_professor_cornelio_neto_nas_proximidades_dos_numeros_216_e_526_no_bairro_grotao..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/968/743_2025_troca_das_lampadas_de_iluminacao_publica_na_rua_professor_cornelio_neto_nas_proximidades_dos_numeros_216_e_526_no_bairro_grotao..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A TROCA DAS LÂMPADAS DE ILUMINAÇÃO PÚBLICA NA RUA PROFESSOR CORNÉLIO NETO, NAS PROXIMIDADES DOS NÚMEROS 216 E 526, NO BAIRRO GROTÃO.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/969/744_2025_a_instalacao_de_um_quebra-molas_na_estrada_coqueiros_prata_no_550_no_bairro_coqueiros.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/969/744_2025_a_instalacao_de_um_quebra-molas_na_estrada_coqueiros_prata_no_550_no_bairro_coqueiros.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS NA ESTRADA COQUEIROS PRATA, Nº 550, NO BAIRRO COQUEIROS, EM FRENTE À LOJA DE MATERIAL DE CONSTRUÇÃO DO SENHOR ANDERSON CARVALHO.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/970/745_2025_a_implantacao_de_uma_academia_da_saude_no_bairro_boa_vista..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/970/745_2025_a_implantacao_de_uma_academia_da_saude_no_bairro_boa_vista..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DE UMA ACADEMIA DA SAÚDE NO BAIRRO BOA VISTA.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/972/747_2025__implantacao_de_uma_base_do_samu_em_local_estrategico_entre_os_bairros_granja_california_e_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/972/747_2025__implantacao_de_uma_base_do_samu_em_local_estrategico_entre_os_bairros_granja_california_e_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE ANALISE A POSSIBILIDADE DE IMPLANTAÇÃO DE UMA BASE DO SAMU ENTRE OS BAIRROS GRANJA CALIFÓRNIA E AVELAR.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/974/749_2025_implantacao_de_uma_faixa_de_pedestres_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/974/749_2025_implantacao_de_uma_faixa_de_pedestres_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DE UMA FAIXA DE PEDESTRES NA RJ-125, NAS IMEDIAÇÕES DA LOJA CONHECIDA COMO “LOJA DO TATU”.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/975/750_2025__a_construcao_de_um_ponto_de_onibus_em_frente_a_igreja_assembleia_de_deus_localizada_no_bairro_granja_california.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/975/750_2025__a_construcao_de_um_ponto_de_onibus_em_frente_a_igreja_assembleia_de_deus_localizada_no_bairro_granja_california.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM PONTO DE ÔNIBUS EM FRENTE À IGREJA ASSEMBLEIA DE DEUS, LOCALIZADA NO BAIRRO GRANJA CALIFÓRNIA, CONHECIDA COMO IGREJA DO PASTOR ZEQUINHA.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/981/758_2025_a_poda_de_uma_arvore_localizada_no_bairro_rio_pardo.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/981/758_2025_a_poda_de_uma_arvore_localizada_no_bairro_rio_pardo.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL, PODA DE UMA ÁRVORE LOCALIZADA NO BAIRRO RIO PARDO, AO LADO DO PONTO DE ÔNIBUS SITUADO NA SUBIDA QUE DÁ ACESSO AO CANTAGALO.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/982/759_2025__a_instalacao_da_academia_da_saude_ja_disponivel_na_secretaria_de_obras_no_bairro_acampamento..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/982/759_2025__a_instalacao_da_academia_da_saude_ja_disponivel_na_secretaria_de_obras_no_bairro_acampamento..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DA ACADEMIA DA SAÚDE, JÁ DISPONÍVEL NA SECRETARIA DE OBRAS, NO BAIRRO ACAMPAMENTO.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/983/760_2025__a_implantacao_de_um_redutor_de_velocidade_quebra-molas_e_uma_faixa_de_pedestres_em_cada_acesso_da_vila_barros.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/983/760_2025__a_implantacao_de_um_redutor_de_velocidade_quebra-molas_e_uma_faixa_de_pedestres_em_cada_acesso_da_vila_barros.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) E UMA FAIXA DE PEDESTRES EM CADA ACESSO DA VILA BARRO, BAIRRO GRANJA CALIFÓRNIA, AMBOS LOCALIZADOS NA RJ-125, NAS PROXIMIDADES DA FAZENDA PAU GRANDE.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/984/761_2025_que_seja_disponibilizado_um_caminhao_pipa_para_passar_no_bairro_da_prata.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/984/761_2025_que_seja_disponibilizado_um_caminhao_pipa_para_passar_no_bairro_da_prata.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA DISPONIBILIZADO UM CAMINHÃO PIPA PARA PASSAR NO BAIRRO DA PRATA, DEVIDO À GRANDE QUANTIDADE DE POEIRA QUE VEM PREJUDICANDO OS MORADORES.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/985/762_2025_a_revitalizacao_das_faixas_de_pedestre_situadas_na_rua_deputado_bernardes_neto.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/985/762_2025_a_revitalizacao_das_faixas_de_pedestre_situadas_na_rua_deputado_bernardes_neto.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REVITALIZAÇÃO DAS FAIXAS DE PEDESTRE SITUADAS NA RUA DEPUTADO BERNARDES NETO, SENDO UMA LOCALIZADA EM FRENTE À MATERNIDADE E OUTRA EM FRENTE À PADARIA DO JARDIM.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/987/764_2025_realize_o_plantio_de_mudas_de_ipe_na_subida_do_cemiterio_de_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/987/764_2025_realize_o_plantio_de_mudas_de_ipe_na_subida_do_cemiterio_de_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM AS SECRETARIAS COMPETENTES, REALIZE O PLANTIO DE MUDAS DE IPÊ NA SUBIDA DO CEMITÉRIO DE AVELAR.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1003/766_2025__o_patrolamento_da_estrada_do_canavial_rua_da_ponte_do_bibi_trecho_que_se_estende_ate_o_bairro_poaia..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1003/766_2025__o_patrolamento_da_estrada_do_canavial_rua_da_ponte_do_bibi_trecho_que_se_estende_ate_o_bairro_poaia..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL O PATROLAMENTO DA ESTRADA DO CANAVIAL (RUA DA PONTE DO BIBI), TRECHO QUE SE ESTENDE ATÉ O BAIRRO POAIA.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1004/767_2025__que_o_desfile_civico_de_7_de_setembro_seja_realizado_no_sabado.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1004/767_2025__que_o_desfile_civico_de_7_de_setembro_seja_realizado_no_sabado.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE O DESFILE CÍVICO DE 7 DE SETEMBRO SEJA REALIZADO NO SÁBADO IMEDIATAMENTE ANTERIOR OU SUBSEQUENTE À DATA OFICIAL E QUE SEJA PROMOVIDA A DEVIDA ORGANIZAÇÃO E ISOLAMENTO DO ESPAÇO DESTINADO AO DESFILE, GARANTINDO A ORDEM E SEGURANÇA DO EVENTO.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/989/768_2025__disponibilizar_transporte_escolar_para_as_criancas_do_bairro_maravilha.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/989/768_2025__disponibilizar_transporte_escolar_para_as_criancas_do_bairro_maravilha.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA MUNICIPAL DE EDUCAÇÃO, ESTUDE A POSSIBILIDADE DE DISPONIBILIZAR TRANSPORTE ESCOLAR PARA AS CRIANÇAS DO BAIRRO MARAVILHA, QUE PRECISAM SE DESLOCAR ATÉ AS CRECHES LOCALIZADAS NOS BAIRROS POIA E ARCOZELO.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/990/769_2025_a_realizacao_de_reparos_na_ponte_situada_no_inicio_da_estrada_antonio_joaquim_no_bairro_guaribu..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/990/769_2025_a_realizacao_de_reparos_na_ponte_situada_no_inicio_da_estrada_antonio_joaquim_no_bairro_guaribu..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE REPAROS NA PONTE SITUADA NO INÍCIO DA ESTRADA ANTÔNIO JOAQUIM, NO BAIRRO GUARIBU.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/992/771_2025_marco_aurelio_e_neguinho_a_realizacao_de_reforma_da_ponte_situada_na_estrada_do_guaribu_velho_-_reiterando.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/992/771_2025_marco_aurelio_e_neguinho_a_realizacao_de_reforma_da_ponte_situada_na_estrada_do_guaribu_velho_-_reiterando.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE REFORMA DA PONTE SITUADA NA ESTRADA DO GUARIBU VELHO, NAS PROXIMIDADES DO CURRAL DO JOÃO LUIZ, PRÓXIMO À RESIDÊNCIA DO SENHOR MIGUELZINHO. REITERANDO A INDICAÇÃO DE Nº 527/2025, FEITA PELO VEREADOR MARCO AURÉLIO.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/993/772_2025_colocacao_placa_indicativa_de_curva_de_perigo_um_guarda-corpo_na_curva_na_rj_125_conhecida_como_curva_do_campo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/993/772_2025_colocacao_placa_indicativa_de_curva_de_perigo_um_guarda-corpo_na_curva_na_rj_125_conhecida_como_curva_do_campo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A COLOCAÇÃO/FIXAÇÃO DE UMA PLACA INDICATIVA DE CURVA PERIGOSA, BEM COMO UM GUARDA-CORPO NA CURVA SITUADA NA RJ 125, CONHECIDA COMO CURVA DO CAMPO, BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1005/776_2025__a_substituicao_das_lampadas_queimadas_na_rua_custodio_domingues_correa.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1005/776_2025__a_substituicao_das_lampadas_queimadas_na_rua_custodio_domingues_correa.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A SUBSTITUIÇÃO DAS LÂMPADAS QUEIMADAS NA RUA CUSTÓDIO DOMINGUES CORRÊA, NO BAIRRO CHAVE DE OURO, Nº 210, PRÓXIMO AO PRIMEIRO PONTO DE ÔNIBUS NA ESTRADA PATY–PALMARES.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/997/777_2025__a_limpeza_do_rio_uba_e_do_corrego_localizado_no_bairro_granja_california.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/997/777_2025__a_limpeza_do_rio_uba_e_do_corrego_localizado_no_bairro_granja_california.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A LIMPEZA DO RIO UBÁ, NO TRECHO QUE COMPREENDE DO BAIRRO AVELAR ATÉ O BAIRRO GRANJA CALIFÓRNIA, BEM COMO A LIMPEZA DO CÓRREGO LOCALIZADO NO BAIRRO GRANJA CALIFÓRNIA, QUE FAZ A LIGAÇÃO DO BAIRRO ATÉ A RUA GUARIBU VELHO.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/998/778_2025__a_implantacao_de_um_polo_de_equoterapia_entre_os_bairros_granja_california_e_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/998/778_2025__a_implantacao_de_um_polo_de_equoterapia_entre_os_bairros_granja_california_e_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DE UM POLO DE EQUOTERAPIA ENTRE OS BAIRROS GRANJA CALIFÓRNIA E AVELAR.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/999/779_2025_a_manutencao_da_iluminacao_publica_dos_pontos_de_onibus_situados_no_trajeto_entre_o_bairro_monte_alegre_e_o_bairro_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/999/779_2025_a_manutencao_da_iluminacao_publica_dos_pontos_de_onibus_situados_no_trajeto_entre_o_bairro_monte_alegre_e_o_bairro_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DOS PONTOS DE ÔNIBUS SITUADOS NO TRAJETO ENTRE O BAIRRO MONTE ALEGRE E O BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1000/780_2025_solicita_ao_prefeito_municipal_que_realize_a_pavimentacao_asfaltica_do_trecho_que_falta_entre_o_morro_do_recreio_e_o_bairro_vista_alegre..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1000/780_2025_solicita_ao_prefeito_municipal_que_realize_a_pavimentacao_asfaltica_do_trecho_que_falta_entre_o_morro_do_recreio_e_o_bairro_vista_alegre..docx</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1001/781_2025_a_instalacao_de_bracos_de_luz_na_rua_da_saibreira_no_bairro_granja_california_mestre_xisto..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1001/781_2025_a_instalacao_de_bracos_de_luz_na_rua_da_saibreira_no_bairro_granja_california_mestre_xisto..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE BRAÇOS DE LUZ NOS POSTES JÁ EXISTENTES NA RUA DA SAIBREIRA, PRÓXIMO AO Nº 503, NO BAIRRO GRANJA CALIFÓRNIA/MESTRE XISTO.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1006/783_2025__a_instalacao_de_postes_com_iluminacao_solar_no_morro_do_recreio..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1006/783_2025__a_instalacao_de_postes_com_iluminacao_solar_no_morro_do_recreio..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE POSTES COM ILUMINAÇÃO SOLAR NO MORRO DO RECREIO.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1007/784_2025_a_aquisicao_de_smartphones_para_as_equipes_de_combate_as_endemias_deste_municipio.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1007/784_2025_a_aquisicao_de_smartphones_para_as_equipes_de_combate_as_endemias_deste_municipio.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL, EM CONJUNTO COM O SECRETÁRIO MUNICIPAL DE SAÚDE, QUE AVALIE A POSSIBILIDADE DE REALIZAR A AQUISIÇÃO DE SMARTPHONES PARA AS EQUIPES DE COMBATE ÀS ENDEMIAS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1008/785_2025_recapeamento_da_rua_do_recanto.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1008/785_2025_recapeamento_da_rua_do_recanto.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DO RECAPEAMENTO DA RUA DO RECANTO, LOCALIZADA NO BAIRRO RECANTO, NO TRAJETO QUE DÁ ACESSO À SECRETARIA MUNICIPAL DE MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1009/786_2025_a_instalacao_de_um_quebra-molas_e_faixa_em_frente_a_casa_creche.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1009/786_2025_a_instalacao_de_um_quebra-molas_e_faixa_em_frente_a_casa_creche.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS E A PINTURA DE UMA FAIXA DE PEDESTRES EM FRENTE À CASA CRECHE — ESTRADA SERTÃO DO CALIXTO, Nº 2465, BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1010/787_2025_realize_a_devida_sinalizacao_no_morro_do_recreio.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1010/787_2025_realize_a_devida_sinalizacao_no_morro_do_recreio.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DA DEVIDA SINALIZAÇÃO NO MORRO DO RECREIO, RECENTEMENTE ASFALTADO, CONTEMPLANDO A PINTURA DE FAIXAS, A INSTALAÇÃO DE PLACAS E OUTRAS MEDIDAS NECESSÁRIAS.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1011/788_2025_a_disponibilizacao_de_professores_de_educacao_fisica_nos_bairros_com_quadras_poliesportivas.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1011/788_2025_a_disponibilizacao_de_professores_de_educacao_fisica_nos_bairros_com_quadras_poliesportivas.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A DISPONIBILIZAÇÃO DE PROFESSORES DE EDUCAÇÃO FÍSICA NOS BAIRROS COM QUADRAS POLIESPORTIVAS E ACADEMIAS AO AR LIVRE, VISANDO ESTIMULAR A PRÁTICA DE ATIVIDADES FÍSICAS, E PREVENÇÃO DE DOENÇAS E O BEM-ESTAR DA POPULAÇÃO.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1014/789_2025_a_construcao_de_um_quiosque_no_bosque_da_maravilha..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1014/789_2025_a_construcao_de_um_quiosque_no_bosque_da_maravilha..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM QUIOSQUE NO BOSQUE DA MARAVILHA.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1018/795_2025_a_reforma_da_praca_situada_na_alameda_leonidia_murce_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1018/795_2025_a_reforma_da_praca_situada_na_alameda_leonidia_murce_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REFORMA DA PRAÇA SITUADA NA ALAMEDA LEONÍDIA MURCE, NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1019/796_2025__a_manutencao_dos_brinquedos_da_praca_noemia_rosa_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1019/796_2025__a_manutencao_dos_brinquedos_da_praca_noemia_rosa_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A MANUTENÇÃO DOS BRINQUEDOS DA PRAÇA NOÊMIA ROSA, NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1021/798_2025__a_revitalizacao_da_faixa_de_pedestres_em_frente_ao_ponto_de_onibus_no_bairro_tres_porteiras..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1021/798_2025__a_revitalizacao_da_faixa_de_pedestres_em_frente_ao_ponto_de_onibus_no_bairro_tres_porteiras..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REVITALIZAÇÃO DA FAIXA DE PEDESTRES EM FRENTE AO PONTO DE ÔNIBUS NO BAIRRO TRÊS PORTEIRAS.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1022/799_2025_a_manutencao_do_ponto_de_onibus_localizado_na_entrada_da_estrada_sao_joaquim_no_bairro_granja_california.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1022/799_2025_a_manutencao_do_ponto_de_onibus_localizado_na_entrada_da_estrada_sao_joaquim_no_bairro_granja_california.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A MANUTENÇÃO DO PONTO DE ÔNIBUS LOCALIZADO NA ENTRADA DA ESTRADA SÃO JOAQUIM, NO BAIRRO GRANJA CALIFÓRNIA, COM A SUBSTITUIÇÃO OU CONSERTO DOS BANCOS.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1023/800_2025_a_instalacao_de_iluminacao_publica_na_rj-125_no_trecho_que_compreende_da_aldeia_de_arcozelo_ate_o_balaeiro.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1023/800_2025_a_instalacao_de_iluminacao_publica_na_rj-125_no_trecho_que_compreende_da_aldeia_de_arcozelo_ate_o_balaeiro.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA RJ-125, NO TRECHO QUE COMPREENDE DA ALDEIA DE ARCOZELO ATÉ O BALAEIRO, NA GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1024/801_2025_a_realizacao_de_patrolamento_e_a_colocacao_de_po_de_pedra_na_rua_virginia_rangel_no_bairro_mantiquira..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1024/801_2025_a_realizacao_de_patrolamento_e_a_colocacao_de_po_de_pedra_na_rua_virginia_rangel_no_bairro_mantiquira..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PATROLAMENTO E COLOCAÇÃO DE PÓ DE PEDRA NA RUA VIRGÍNIA RANGEL, NO BAIRRO MANTIQUIRA.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>Feijão</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1026/803_2025_poda_das_arvores_que_estao_encostando_na_rede_eletrica_na_avenida_silvino_adelio.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1026/803_2025_poda_das_arvores_que_estao_encostando_na_rede_eletrica_na_avenida_silvino_adelio.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PODA DAS ÁRVORES QUE ESTÃO ENCOSTANDO NA REDE ELÉTRICA NA AVENIDA SILVINO ADÉLIO, NA ALTURA DO Nº 2164, LOCALIZADA NO BAIRRO BARRO BRANCO.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1027/804_2025_reparo_de_bueiro_localizado_na_rua_projetada_no_27_no_morro_do_joao_malandro_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1027/804_2025_reparo_de_bueiro_localizado_na_rua_projetada_no_27_no_morro_do_joao_malandro_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL O REPARO DE BUEIRO LOCALIZADO NA RUA PROJETADA Nº 27, NO MORRO DO JOÃO MALANDRO, BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1028/805_2025_a_realizacao_de_pavimentacao_asfaltica_na_alameda_dos_patis_localizada_no_bairro_recanto..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1028/805_2025_a_realizacao_de_pavimentacao_asfaltica_na_alameda_dos_patis_localizada_no_bairro_recanto..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NA ALAMEDA DOS PATIS, LOCALIZADA NO BAIRRO RECANTO.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1033/844_2025__que_seja_realizada_a_pavimentacao_asfaltica_na_rua_antonio_aniceto_da_costa_localizada_no_bairro_saudade.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1033/844_2025__que_seja_realizada_a_pavimentacao_asfaltica_na_rua_antonio_aniceto_da_costa_localizada_no_bairro_saudade.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADA A PAVIMENTAÇÃO ASFÁLTICA NA RUA ANTÔNIO ANICETO DA COSTA, LOCALIZADA NO BAIRRO SAUDADE</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1034/845_2025_a_construcao_de_dois_bueiros_na_rua_abilio_murce_situada_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1034/845_2025_a_construcao_de_dois_bueiros_na_rua_abilio_murce_situada_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE DOIS BUEIROS NA RUA ABÍLIO MURCE, SITUADA NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1035/846_2025_a_manutencao_da_iluminacao_publica_da_calcada_que_liga_o_centro_da_granja_ate_o_campo_do_joao_malandro..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1035/846_2025_a_manutencao_da_iluminacao_publica_da_calcada_que_liga_o_centro_da_granja_ate_o_campo_do_joao_malandro..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA CALÇADA QUE LIGA O CENTRO DA GRANJA ATÉ O CAMPO DO JOÃO MALANDRO.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1036/847_2025_a_troca_de_lampadas_na_estrada_bom_jardim_no_3995_bairro_coqueiros_ao_lado_do_condominio_javary..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1036/847_2025_a_troca_de_lampadas_na_estrada_bom_jardim_no_3995_bairro_coqueiros_ao_lado_do_condominio_javary..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A TROCA DE LÂMPADAS NA ESTRADA BOM JARDIM, Nº 3995, BAIRRO COQUEIROS, AO LADO DO CONDOMÍNIO JAVARY.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1037/848_2025__a_implantacao_do_projeto_casa_creche_no_bairro_maravilha..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1037/848_2025__a_implantacao_do_projeto_casa_creche_no_bairro_maravilha..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DO PROJETO CASA CRECHE NO BAIRRO MARAVILHA.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1038/849_2025_a_implantacao_do_projeto_casa_creche_no_bairro_palmares..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1038/849_2025_a_implantacao_do_projeto_casa_creche_no_bairro_palmares..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DO PROJETO CASA CRECHE NO BAIRRO PALMARES.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1039/850_2025_a_instalacao_de_um_quebra-molas_na_rua_leopoldo_pullig_no_bairro_avelar_em_frente_a_antiga_cedae..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1039/850_2025_a_instalacao_de_um_quebra-molas_na_rua_leopoldo_pullig_no_bairro_avelar_em_frente_a_antiga_cedae..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS NA RUA LEOPOLDO PULLIG, NO BAIRRO AVELAR, EM FRENTE À ANTIGA CEDAE.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1043/857_2025_a_implantacao_do_projeto_casa_creche_nos_bairros_coqueiros_e_rio_pardo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1043/857_2025_a_implantacao_do_projeto_casa_creche_nos_bairros_coqueiros_e_rio_pardo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DO PROJETO CASA CRECHE NOS BAIRROS COQUEIROS E RIO PARDO.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1045/859_2025_realizacao_de_campanha_de_vacinacao_dos_animais_atencao_aos_animais_de_rua_risco_de_transmissao_de_doencas..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1045/859_2025_realizacao_de_campanha_de_vacinacao_dos_animais_atencao_aos_animais_de_rua_risco_de_transmissao_de_doencas..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE UMA CAMPANHA DE VACINAÇÃO DOS ANIMAIS, COM ESPECIAL ATENÇÃO AOS ANIMAIS DE RUA, CONSIDERANDO O RISCO DE TRANSMISSÃO DE DIVERSAS DOENÇAS.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1046/860_2025_a_ampliacao_da_ponte_situada_na_rj-123.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1046/860_2025_a_ampliacao_da_ponte_situada_na_rj-123.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A AMPLIAÇÃO DA PONTE SITUADA NA RJ-123, TENDO COMO REFERÊNCIA A FAZENDA DAS ANTAS, DE MODO QUE PERMITA A PASSAGEM DE DOIS VEÍCULOS SIMULTANEAMENTE.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1047/861_2025_a_disponibilizacao_de_um_caminhao_de_exames_de_imagem_especialmente_para_realizacao_de_mamografia_e_ressonancia.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1047/861_2025_a_disponibilizacao_de_um_caminhao_de_exames_de_imagem_especialmente_para_realizacao_de_mamografia_e_ressonancia.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A DISPONIBILIZAÇÃO DE UM CAMINHÃO DE EXAMES DE IMAGEM, ESPECIALMENTE PARA REALIZAÇÃO DE MAMOGRAFIA E RESSONÂNCIA, NA PRAÇA CENTRAL DO MUNICÍPIO, DURANTE A CAMPANHA OUTUBRO ROSA.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1048/862_2025__a_realizacao_da_poda_de_duas_arvores_situadas_na_rua_da_saibreira_no_morro_do_joao_malandro_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1048/862_2025__a_realizacao_da_poda_de_duas_arvores_situadas_na_rua_da_saibreira_no_morro_do_joao_malandro_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DA PODA DE DUAS ÁRVORES SITUADAS NA RUA DA SAIBREIRA, NO MORRO DO JOÃO MALANDRO, BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1049/863_2025__a_instalacao_de_uma_farmacia_popular_no_posto_de_saude_do_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1049/863_2025__a_instalacao_de_uma_farmacia_popular_no_posto_de_saude_do_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UMA FARMÁCIA POPULAR NO POSTO DE SAÚDE DO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1050/864_2025_a_pavimentacao_asfaltica_na_estrada_antonio_joaquim.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1050/864_2025_a_pavimentacao_asfaltica_na_estrada_antonio_joaquim.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA ANTÔNIO JOAQUIM, NO TRECHO COMPREENDIDO ENTRE A IGREJA CATÓLICA E A PONTE DE MADEIRA, NO BAIRRO GUARIBU.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1051/865_2025_pavimentacao_asfaltica_de_aproximadamente_150_metros_na_estrada_vereador_oswaldo_fernandes_de_barros_filho.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1051/865_2025_pavimentacao_asfaltica_de_aproximadamente_150_metros_na_estrada_vereador_oswaldo_fernandes_de_barros_filho.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PAVIMENTAÇÃO ASFÁLTICA DE APROXIMADAMENTE 150 METROS NA ESTRADA VEREADOR OSWALDO FERNANDES DE BARROS FILHO, EM FRENTE À ASSEMBLEIA DE DEUS, NAS PROXIMIDADES DA ENTRADA DA ESTRADA ANTÔNIO JOAQUIM, NO BAIRRO GUARIBU.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1052/866_2025_a_construcao_de_uma_quadra_poliesportiva_no_bairro_bela_vista..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1052/866_2025_a_construcao_de_uma_quadra_poliesportiva_no_bairro_bela_vista..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NO BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1053/867_2025_a_instalacao_de_dois_quebra-molas_na_rua_deputado_bernardes_neto_no_bairro_centro.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1053/867_2025_a_instalacao_de_dois_quebra-molas_na_rua_deputado_bernardes_neto_no_bairro_centro.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE DOIS QUEBRA-MOLAS NA RUA DEPUTADO BERNARDES NETO, NO BAIRRO CENTRO, SENDO UM LOGO APÓS A ENTRADA DO PONTILHÃO E OUTRO MAIS À FRENTE, ANTES DA PONTE.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1063/877_2025_que_realize_a_rocada_na_avenida_silvino_adelio_no_bairro_barro_branco..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1063/877_2025_que_realize_a_rocada_na_avenida_silvino_adelio_no_bairro_barro_branco..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A ROÇADA NA AVENIDA SILVINO ADÉLIO, NO BAIRRO BARRO BRANCO.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1064/878_2025__a_implantacao_de_uma_academia_da_saude_no_bosque_da_maravilha..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1064/878_2025__a_implantacao_de_uma_academia_da_saude_no_bosque_da_maravilha..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DE UMA ACADEMIA DA SAÚDE NO BOSQUE DA MARAVILHA.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1065/879_2025__a_troca_das_lampadas_de_iluminacao_publica_na_rua_professor_cornelio_neto_nas_proximidades_dos_numeros_216_e_526_no_bairro_grotao._reiterando.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1065/879_2025__a_troca_das_lampadas_de_iluminacao_publica_na_rua_professor_cornelio_neto_nas_proximidades_dos_numeros_216_e_526_no_bairro_grotao._reiterando.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A TROCA DAS LÂMPADAS DE ILUMINAÇÃO PÚBLICA NA RUA PROFESSOR CORNÉLIO NETO, NAS PROXIMIDADES DOS NÚMEROS 216 E 526, NO BAIRRO GROTÃO. REITERANDO MINHA INDICAÇÃO DE Nº 743/2025.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1066/880_2025_colocacao_de_escoria_na_estrada_antonio_aniceto_da_costa_no_bairro_saudade_nas_proximidades_da_residencia_do_senhor_adao.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1066/880_2025_colocacao_de_escoria_na_estrada_antonio_aniceto_da_costa_no_bairro_saudade_nas_proximidades_da_residencia_do_senhor_adao.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A COLOCAÇÃO DE ESCÓRIA NA ESTRADA ANTÔNIO ANICETO DA COSTA, NO BAIRRO SAUDADE, NAS PROXIMIDADES DA RESIDÊNCIA DO SENHOR ADÃO (PEDREIRO), E NA ESTRADA ANTÔNIO JOAQUIM, NO BAIRRO GUARIBU, NAS PROXIMIDADES DA RESIDÊNCIA DO SENHOR BENTO ELIAS.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1067/881_2025_a_aplicacao_de_massa_asfaltica_na_rua_vinte_e_um_localizada_no_bairro_arcozelo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1067/881_2025_a_aplicacao_de_massa_asfaltica_na_rua_vinte_e_um_localizada_no_bairro_arcozelo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A APLICAÇÃO DE MASSA ASFÁLTICA NA RUA VINTE E UM, LOCALIZADA NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1069/885_2025_a_poda_dos_galhos_na_alameda_paty_uba_proximo_ao_no_2300_bairro_palmares..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1069/885_2025_a_poda_dos_galhos_na_alameda_paty_uba_proximo_ao_no_2300_bairro_palmares..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PODA DOS GALHOS NA ALAMEDA PATY UBÁ, PRÓXIMO AO Nº 2300, BAIRRO PALMARES.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1070/886_2025_a_instalacao_de_lixeiras_nos_pontos_de_onibus_do_municipio..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1070/886_2025_a_instalacao_de_lixeiras_nos_pontos_de_onibus_do_municipio..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE LIXEIRAS NOS PONTOS DE ÔNIBUS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1071/887_2025_a_manutencao_nos_bracos_de_iluminacao_da_rua_caio_figueira_bairro_centro..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1071/887_2025_a_manutencao_nos_bracos_de_iluminacao_da_rua_caio_figueira_bairro_centro..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A MANUTENÇÃO NOS BRAÇOS DE ILUMINAÇÃO DA RUA VEREADOR CAIO FIGUEIRA DE VASCONCELOS, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1073/889_2025_a_reforma_geral_no_posto_de_saude_da_granja_california.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1073/889_2025_a_reforma_geral_no_posto_de_saude_da_granja_california.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REFORMA GERAL NO POSTO DE SAÚDE DA GRANJA CALIFÓRNIA, COM MELHORIAS NA ESTRUTURA E AQUISIÇÃO DE EQUIPAMENTOS ESSENCIAIS AO BOM FUNCIONAMENTO DA UNIDADE.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1075/891_2025_a_instalacao_de_tampas_nos_bueiros_abertos_localizados_no_morro_do_joao_malandro_bairro_granja_california.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1075/891_2025_a_instalacao_de_tampas_nos_bueiros_abertos_localizados_no_morro_do_joao_malandro_bairro_granja_california.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE TAMPAS NOS BUEIROS ABERTOS LOCALIZADOS NO MORRO DO JOÃO MALANDRO, BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1076/892_2025_a_construcao_de_passarela_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1076/892_2025_a_construcao_de_passarela_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE PASSARELA NA RJ-125, NAS IMEDIAÇÕES DA LOJA CONHECIDA COMO “LOJA DO TATU”, VISANDO GARANTIR A SEGURANÇA DOS PEDESTRES.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1078/894_2025_a_implantacao_do_projeto_casa_creche_no_bairro_guaribu..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1078/894_2025_a_implantacao_do_projeto_casa_creche_no_bairro_guaribu..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A IMPLANTAÇÃO DO PROJETO CASA CRECHE NO BAIRRO GUARIBÚ.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1079/895_2025_a_limpeza_e_retirada_de_entulhos_no_morro_do_joao_malandro_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1079/895_2025_a_limpeza_e_retirada_de_entulhos_no_morro_do_joao_malandro_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A LIMPEZA E RETIRADA DE ENTULHOS NO MORRO DO JOÃO MALANDRO, BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1082/899_2025_a_limpeza_da_rua_elza_alves_paz_bairro_maravilha..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1082/899_2025_a_limpeza_da_rua_elza_alves_paz_bairro_maravilha..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A LIMPEZA DA RUA ELZA ALVES PAZ, BAIRRO MARAVILHA.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1083/900_2025__a_reforma_da_quadra_esportiva_e_da_pista_de_skate_do_bairro_monte_alegre..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1083/900_2025__a_reforma_da_quadra_esportiva_e_da_pista_de_skate_do_bairro_monte_alegre..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REFORMA DA QUADRA ESPORTIVA E DA PISTA DE SKATE DO BAIRRO MONTE ALEGRE.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1084/901_2025__a_colocacao_de_po_de_pedra_na_estrada_vereador_oswaldo_fernandes_de_barros_filho_nas_proximidades_do_acude_da_fazenda_das_antas..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1084/901_2025__a_colocacao_de_po_de_pedra_na_estrada_vereador_oswaldo_fernandes_de_barros_filho_nas_proximidades_do_acude_da_fazenda_das_antas..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A COLOCAÇÃO DE PÓ DE PEDRA NA ESTRADA VEREADOR OSWALDO FERNANDES DE BARROS FILHO, NAS PROXIMIDADES DO AÇUDE DA FAZENDA DAS ANTAS.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1085/902_2025__a_limpeza_patrolamento_e_colocacao_de_po_de_pedra_na_rua_comandante_geraldo_sa_no_bairro_pedras_ruivas..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1085/902_2025__a_limpeza_patrolamento_e_colocacao_de_po_de_pedra_na_rua_comandante_geraldo_sa_no_bairro_pedras_ruivas..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A LIMPEZA, PATROLAMENTO E COLOCAÇÃO DE PÓ DE PEDRA NA RUA COMANDANTE GERALDO SÁ, NO BAIRRO PEDRAS RUIVAS.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1086/903_2025__o_patrolamento_da_estrada_arcozelo__maravilha..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1086/903_2025__o_patrolamento_da_estrada_arcozelo__maravilha..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL O PATROLAMENTO DA ESTRADA ARCOZELO – MARAVILHA.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1087/904_2025__a_instalacao_de_bancos_ao_longo_da_extensao_da_praca_george_jacob_abdue_reiterando_minha_indicacao_355_2025..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1087/904_2025__a_instalacao_de_bancos_ao_longo_da_extensao_da_praca_george_jacob_abdue_reiterando_minha_indicacao_355_2025..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE BANCOS AO LONGO DA EXTENSÃO DA PRAÇA GEORGE JACOB ABDUE. REITERANDO MINHA INDICAÇÃO DE Nº 355/2025.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1088/905_2025_a_colocacao_de_manilhas_ensaibramento_colocacao_de_escoria_e_troca_das_lampadas_na_estrada_humberto_candido_sentido_sitio_das_estrelas..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1088/905_2025_a_colocacao_de_manilhas_ensaibramento_colocacao_de_escoria_e_troca_das_lampadas_na_estrada_humberto_candido_sentido_sitio_das_estrelas..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A COLOCAÇÃO DE MANILHAS, ENSAIBRAMENTO, COLOCAÇÃO DE ESCÓRIA E TROCA DAS LÂMPADAS NA ESTRADA HUMBERTO CÂNDIDO, NAS PROXIMIDADES DO Nº 591, SENTIDO SÍTIO DAS ESTRELAS.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1089/906_2025_a_manutencao_dos_bueiros_entupidos_e_a_substituicao_das_lampadas_queimadas_na_rua_dr._mario_kroeff_no_bairro_arcozelo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1089/906_2025_a_manutencao_dos_bueiros_entupidos_e_a_substituicao_das_lampadas_queimadas_na_rua_dr._mario_kroeff_no_bairro_arcozelo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A MANUTENÇÃO DOS BUEIROS ENTUPIDOS E A SUBSTITUIÇÃO DAS LÂMPADAS QUEIMADAS NA RUA DR. MÁRIO KROEFF, NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1090/908_2025__limpeza_e_manutencao_da_escadaria_localizada_no_morro_joao_malandro_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1090/908_2025__limpeza_e_manutencao_da_escadaria_localizada_no_morro_joao_malandro_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADA A LIMPEZA E MANUTENÇÃO DA ESCADARIA LOCALIZADA NO MORRO JOÃO MALANDRO, NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1097/918_2025_colocacao_de_po_de_pedra_na_estrada_da_bela_vista_nas_proximidades_dos_numeros_846_847_848_e_855_bela_vista..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1097/918_2025_colocacao_de_po_de_pedra_na_estrada_da_bela_vista_nas_proximidades_dos_numeros_846_847_848_e_855_bela_vista..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A COLOCAÇÃO DE PÓ DE PEDRA NA ESTRADA DA BELA VISTA, PRINCIPALMENTE NAS PROXIMIDADES DOS NÚMEROS 846, 847, 848 E 855, NO BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1098/919_2025_possibilidade_de_reorganizar_os_feriados_municipais.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1098/919_2025_possibilidade_de_reorganizar_os_feriados_municipais.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE REORGANIZAR OS FERIADOS MUNICIPAIS, AVALIANDO A TRANSFERÊNCIA DAQUELES QUE CAEM NO MEIO DA SEMANA PARA AS SEGUNDAS-FEIRAS, DE FORMA PLANEJADA E EM DIÁLOGO COM O COMÉRCIO LOCAL.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1100/921_2025_construcao_de_um_muro_de_contencao_na_rua_sao_sebastiao_no_bairro_granja_california_proximo_ao_no_435..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1100/921_2025_construcao_de_um_muro_de_contencao_na_rua_sao_sebastiao_no_bairro_granja_california_proximo_ao_no_435..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM MURO DE CONTENÇÃO NA RUA SÃO SEBASTIÃO, NO BAIRRO GRANJA CALIFÓRNIA, PRÓXIMO AO Nº 435.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1101/922_2025_construcao_de_uma_cobertura_na_area_externa_da_creche_da_granja_california.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1101/922_2025_construcao_de_uma_cobertura_na_area_externa_da_creche_da_granja_california.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA COBERTURA NA ÁREA EXTERNA DA CRECHE DA GRANJA CALIFÓRNIA, POSSIBILITANDO QUE AS CRIANÇAS POSSAM BRINCAR FORA DA EXPOSIÇÃO DIRETA AO SOL.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1102/923_2025_patrolamento_no_bairro_antonio_joaquim_no_trecho_compreendido_entre_a_igreja_catolica_e_a_ponte_de_madeira..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1102/923_2025_patrolamento_no_bairro_antonio_joaquim_no_trecho_compreendido_entre_a_igreja_catolica_e_a_ponte_de_madeira..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL O PATROLAMENTO NO BAIRRO ANTÔNIO JOAQUIM, NO TRECHO COMPREENDIDO ENTRE A IGREJA CATÓLICA E A PONTE DE MADEIRA.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>Guilherme Rosa, Marco Aurelio</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1103/924_2025_instalacao_de_redutor_de_velocidade_na_rua_coronel_manoel_bernardes_referencia_o_bar_do_paulinho_guilherme_e_marc.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1103/924_2025_instalacao_de_redutor_de_velocidade_na_rua_coronel_manoel_bernardes_referencia_o_bar_do_paulinho_guilherme_e_marc.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA RUA CORONEL MANOEL BERNARDES, EM FRENTE AO BAR DO PAULINHO.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1104/925_2025_guilherme_edinho_e_marco_aurelio_solicita_ao_prefeito_municipal_a_construcao_de_um_predio_proprio_para_o_funcionamento_do_tea_ame.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1104/925_2025_guilherme_edinho_e_marco_aurelio_solicita_ao_prefeito_municipal_a_construcao_de_um_predio_proprio_para_o_funcionamento_do_tea_ame.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO DE UM PRÉDIO PRÓPRIO PARA O FUNCIONAMENTO DO TEA AME — ATENDIMENTO MULTIDISCIPLINAR ESPECIALIZADO AO ESTUDANTE COM TRANSTORNO DO ESPECTRO AUTISTA.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1111/934_2025__providencias_quanto_a_rede_eletrica_do_bairro_recanto.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1111/934_2025__providencias_quanto_a_rede_eletrica_do_bairro_recanto.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE INTERVENHA JUNTO À CONCESSIONÁRIA LIGHT PARA QUE SEJAM ADOTADAS PROVIDÊNCIAS QUANTO À REDE ELÉTRICA DO BAIRRO RECANTO, COM AUMENTO DA CAPACIDADE DE ENERGIA E SUBSTITUIÇÃO DO TRANSFORMADOR EXISTENTE.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1112/935_2025_sistema_de_transporte_coletivo_por_meio_de_vans.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1112/935_2025_sistema_de_transporte_coletivo_por_meio_de_vans.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA AVALIADA, JUNTO À EQUIPE TÉCNICA COMPETENTE, A POSSIBILIDADE DE IMPLANTAÇÃO DE UM SISTEMA DE TRANSPORTE COLETIVO POR MEIO DE VANS, COM O OBJETIVO DE ATENDER AS LOCALIDADES MAIS DISTANTES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1113/936_2025_a_aplicacao_de_po_de_pedra_nas_principais_ruas_do_bairro_prata_neste_municipio..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1113/936_2025_a_aplicacao_de_po_de_pedra_nas_principais_ruas_do_bairro_prata_neste_municipio..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A APLICAÇÃO DE PÓ DE PEDRA NAS PRINCIPAIS RUAS DO BAIRRO PRATA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1118/941_2025_saneamento_basico_na_estrada_sertao_do_calixto_bairro_vista_alegre_na_localidade_conhecida_como_rua_do_japao.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1118/941_2025_saneamento_basico_na_estrada_sertao_do_calixto_bairro_vista_alegre_na_localidade_conhecida_como_rua_do_japao.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE OBRAS DE SANEAMENTO BÁSICO NA ESTRADA SERTÃO DO CALIXTO, BAIRRO VISTA ALEGRE, NA LOCALIDADE CONHECIDA COMO RUA DO JAPÃO, NAS PROXIMIDADES DA IGREJA FILIAL DO JARDIM.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1119/942_2025_natal_de_luz_e_tradicao_2025_nas_pracas_do_centro_da_cidade.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1119/942_2025_natal_de_luz_e_tradicao_2025_nas_pracas_do_centro_da_cidade.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE ANALISE A POSSIBILIDADE DE REALIZAR O “NATAL DE LUZ E TRADIÇÃO – PATY DO ALFERES 2025” NAS PRAÇAS GEORGE JACOB ABDUE E MANOEL CONGO, AMBAS NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1120/943_2025_que_realize_a_aquisicao_de_um_equipamento_de_raio-x_moderno_acompanhado_de_computador_para_o_posto_de_saude_do_bairro_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1120/943_2025_que_realize_a_aquisicao_de_um_equipamento_de_raio-x_moderno_acompanhado_de_computador_para_o_posto_de_saude_do_bairro_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A AQUISIÇÃO DE UM EQUIPAMENTO DE RAIO-X MODERNO, ACOMPANHADO DE COMPUTADOR, PARA O POSTO DE SAÚDE DO BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1121/944_2025_colocacao_de_escoria_na_avenida_silvino_adelio_na_altura_do_no_1985_apos_a_escola_do_bairro_barro_branco..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1121/944_2025_colocacao_de_escoria_na_avenida_silvino_adelio_na_altura_do_no_1985_apos_a_escola_do_bairro_barro_branco..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A COLOCAÇÃO DE ESCÓRIA NA AVENIDA SILVINO ADÉLIO, NA ALTURA DO Nº 1985, APÓS A ESCOLA DO BAIRRO BARRO BRANCO.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1122/945_2025_recapeamento_ou_uma_operacao_tapa-buracos_na_rua_sao_sebastiao_nas_proximidades_da_igreja_catolica_granja..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1122/945_2025_recapeamento_ou_uma_operacao_tapa-buracos_na_rua_sao_sebastiao_nas_proximidades_da_igreja_catolica_granja..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE O RECAPEAMENTO OU UMA OPERAÇÃO TAPA-BURACOS NA RUA SÃO SEBASTIÃO, NAS PROXIMIDADES DA IGREJA CATÓLICA, NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1123/952_2025_recapeamento_da_rua_do_recanto._reiterando.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1123/952_2025_recapeamento_da_rua_do_recanto._reiterando.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DO RECAPEAMENTO DA RUA DO RECANTO, LOCALIZADA NO BAIRRO RECANTO, NO TRAJETO QUE DÁ ACESSO À SECRETARIA MUNICIPAL DE MEIO AMBIENTE. REITERANDO MINHA INDICAÇÃO DE Nº 785/2025.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1124/953_2025_a_aplicacao_de_po_de_pedra_na_rua_14_situada_no_bairro_maravilha._reiterando.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1124/953_2025_a_aplicacao_de_po_de_pedra_na_rua_14_situada_no_bairro_maravilha._reiterando.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A APLICAÇÃO DE PÓ DE PEDRA NA RUA QUATORZE, SITUADA NO BAIRRO MARAVILHA. REITERANDO MINHA INDICAÇÃO DE Nº 595/2025.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1127/956_2025__a_colocacao_de_escoria_na_rua_barao_de_paty_nas_proximidades_do_no_258_no_bairro_recanto..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1127/956_2025__a_colocacao_de_escoria_na_rua_barao_de_paty_nas_proximidades_do_no_258_no_bairro_recanto..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A COLOCAÇÃO DE ESCÓRIA NA RUA BARÃO DE PATY, NAS PROXIMIDADES DO Nº 258, NO BAIRRO RECANTO.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1128/957_2025_recapeamento_da_rua_filomena_da_silva_figueira_localizada_no_bairro_esperanca..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1128/957_2025_recapeamento_da_rua_filomena_da_silva_figueira_localizada_no_bairro_esperanca..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE O RECAPEAMENTO DA RUA FILOMENA DA SILVA FIGUEIRA, LOCALIZADA NO BAIRRO ESPERANÇA.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1129/958_2025_guilherme_e_marco_aurelio_retome_a_realizacao_do_campeonato_regional_e_do_torneio_taca_emancipacao.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1129/958_2025_guilherme_e_marco_aurelio_retome_a_realizacao_do_campeonato_regional_e_do_torneio_taca_emancipacao.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A SECRETARIA DE ESPORTE, RETOME A REALIZAÇÃO DO CAMPEONATO REGIONAL E DO TORNEIO “TAÇA EMANCIPAÇÃO”.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1132/959_2025_recapeamento_da_alameda_leonidia_murce_e_da_entrada_do_guaribu_velho.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1132/959_2025_recapeamento_da_alameda_leonidia_murce_e_da_entrada_do_guaribu_velho.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE O RECAPEAMENTO DA ALAMEDA LEONÍDIA MURCE E DA ENTRADA DO GUARIBU VELHO, AMBAS LOCALIZADAS NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1139/972_2025_rua_cantagalo_bom_jardim_bairro_coqueiros_com_posterior_aplicacao_de_po_de_pedra_ou_escoria._reiterando.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1139/972_2025_rua_cantagalo_bom_jardim_bairro_coqueiros_com_posterior_aplicacao_de_po_de_pedra_ou_escoria._reiterando.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL O PATROLAMENTO DA RUA CANTAGALO, NA LOCALIDADE BOM JARDIM, NO BAIRRO COQUEIROS, COM POSTERIOR APLICAÇÃO DE PÓ DE PEDRA OU ESCÓRIA. REITERANDO A MINHA INDICAÇÃO DE N° 683/2025.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1140/973_2025_que_providencie_a_instalacao_de_ventiladores_ou_aparelho_de_ar-condicionado_na_unidade_de_saude_do_bairro_coqueiros..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1140/973_2025_que_providencie_a_instalacao_de_ventiladores_ou_aparelho_de_ar-condicionado_na_unidade_de_saude_do_bairro_coqueiros..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE PROVIDENCIE A INSTALAÇÃO DE VENTILADORES OU APARELHO DE AR-CONDICIONADO NA UNIDADE DE SAÚDE DO BAIRRO COQUEIROS.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1141/974_2025_a_poda_de_uma_arvore_localizada_no_bairro_rio_pardo._reiterando.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1141/974_2025_a_poda_de_uma_arvore_localizada_no_bairro_rio_pardo._reiterando.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PODA DE UMA ÁRVORE LOCALIZADA NO BAIRRO RIO PARDO, AO LADO DO PONTO DE ÔNIBUS SITUADO NA SUBIDA QUE DÁ ACESSO AO CANTAGALO. REITERANDO A MINHA INDICAÇÃO DE Nº 758/2025.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1152/975_2025__notifique_o_proprietario_do_terreno_particular_localizado_no_bairro_lameirao_rj-117.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1152/975_2025__notifique_o_proprietario_do_terreno_particular_localizado_no_bairro_lameirao_rj-117.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE, EM CONJUNTO COM A DEFESA CIVIL, NOTIFIQUE O PROPRIETÁRIO DO TERRENO LOCALIZADO NO BAIRRO LAMEIRÃO, RJ-117, NA ALTURA DO Nº 1826, PARA QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS QUANTO À ÁRVORE QUE APRESENTA RISCO IMINENTE DE QUEDA.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1142/976_2025__a_instalacao_dos_aparelhos_de_ar-condicionado_na_escola_municipal_major_monteiro_soares_localizada_no_bairro_horizonte..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1142/976_2025__a_instalacao_dos_aparelhos_de_ar-condicionado_na_escola_municipal_major_monteiro_soares_localizada_no_bairro_horizonte..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DOS APARELHOS DE AR-CONDICIONADO NA ESCOLA MUNICIPAL MAJOR MONTEIRO SOARES, LOCALIZADA NO BAIRRO HORIZONTE.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1143/977_2025__limpeza_no_campo_de_futebol_do_bairro_poaia.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1143/977_2025__limpeza_no_campo_de_futebol_do_bairro_poaia.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DA LIMPEZA NO CAMPO DE FUTEBOL DO BAIRRO POAIA, BEM COMO A INSTALAÇÃO DE DUAS NOVAS TRAVES, TENDO EM VISTA QUE AS EXISTENTES SE ENCONTRAM QUEBRADAS.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1144/978_2025_mocao_de_aplausos_a_equipe_de_corredores_rusticos.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1144/978_2025_mocao_de_aplausos_a_equipe_de_corredores_rusticos.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À EQUIPE DE CORREDORES RÚSTICOS, EM RECONHECIMENTO PELA DEDICAÇÃO E PELO EMPENHO COM QUE TÊM REPRESENTADO O MUNICÍPIO DE PATY DO ALFERES EM PROVAS DE CORRIDA REALIZADAS DENTRO E FORA DO ESTADO DO RIO DE JANEIRO.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1145/979_2025_recapeamento_da_rua_abilio_murce_localizada_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1145/979_2025_recapeamento_da_rua_abilio_murce_localizada_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADO O RECAPEAMENTO DA RUA ABÍLIO MURCE, LOCALIZADA NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1146/980_2025_recapeamento_do_inicio_da_rua_visconde_de_uba_situada_no_bairro_de_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1146/980_2025_recapeamento_do_inicio_da_rua_visconde_de_uba_situada_no_bairro_de_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADO O RECAPEAMENTO DO INÍCIO DA RUA VISCONDE DE UBÁ, SITUADA NO BAIRRO DE AVELAR.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1148/982_2025_aplicacao_de_po_de_pedra_no_morro_da_estrada_da_bela_vista_e_na_rua_humberto_candido_ambas_localizadas_no_bairro_bela_vista..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1148/982_2025_aplicacao_de_po_de_pedra_no_morro_da_estrada_da_bela_vista_e_na_rua_humberto_candido_ambas_localizadas_no_bairro_bela_vista..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A APLICAÇÃO DE PÓ DE PEDRA NO MORRO DA ESTRADA DA BELA VISTA E NA RUA HUMBERTO CÂNDIDO, AMBAS LOCALIZADAS NO BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1149/983_2025__que_realize_a_limpeza_da_quadra_situada_no_bairro_lameirao..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1149/983_2025__que_realize_a_limpeza_da_quadra_situada_no_bairro_lameirao..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A LIMPEZA DA QUADRA SITUADA NO BAIRRO LAMEIRÃO.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1150/984_2025__a_troca_das_lampadas_queimadas_no_morro_do_fama_bairro_maravilha_tendo_como_referencia_a_residencia_do_senhor_edinho_da_pedreira..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1150/984_2025__a_troca_das_lampadas_queimadas_no_morro_do_fama_bairro_maravilha_tendo_como_referencia_a_residencia_do_senhor_edinho_da_pedreira..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A TROCA DAS LÂMPADAS QUEIMADAS NO MORRO DO FAMA, BAIRRO MARAVILHA, TENDO COMO REFERÊNCIA A RESIDÊNCIA DO SENHOR EDINHO DA PEDREIRA.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1154/987_2025_realizacao_do_recapeamento_de_uma_parte_da_rua_antonio_porreca.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1154/987_2025_realizacao_do_recapeamento_de_uma_parte_da_rua_antonio_porreca.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DO RECAPEAMENTO DE UMA PARTE DA RUA ANTÔNIO PORRECA (MAIS CONHECIDA COMO RUA DA CACHOEIRINHA), NAS PROXIMIDADES DO Nº 269, NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1155/988_2025_instalacao_de_um_quebra-mola_na_rua_vereador_aloisio_ferreira_gomes_no_bairro_avelar_proximo_ao_no_478..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1155/988_2025_instalacao_de_um_quebra-mola_na_rua_vereador_aloisio_ferreira_gomes_no_bairro_avelar_proximo_ao_no_478..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS NA RUA VEREADOR ALOÍSIO FERREIRA GOMES, NO BAIRRO AVELAR, PRÓXIMO AO Nº 478.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1156/989_2025_instalacao_um_quebra-molas_na_avenida_silvino_adelio_na_altura_do_no_1196_bairro_barro_branco..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1156/989_2025_instalacao_um_quebra-molas_na_avenida_silvino_adelio_na_altura_do_no_1196_bairro_barro_branco..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS NA AVENIDA SILVINO ADÉLIO, NA ALTURA DO Nº 1196, BAIRRO BARRO BRANCO.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1157/990_2025_aplicacao_de_po_de_pedra_na_rua_altino_de_paula_tendo_como_referencia_o_no_602_no_bairro_vista_alegre..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1157/990_2025_aplicacao_de_po_de_pedra_na_rua_altino_de_paula_tendo_como_referencia_o_no_602_no_bairro_vista_alegre..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A APLICAÇÃO DE PÓ DE PEDRA NA RUA ALTINO DE PAULA, TENDO COMO REFERÊNCIA O Nº 602, NO BAIRRO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1158/991_2025_a_instalacao_de_lixeiras_na_praca_george_jacob_abdue.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1158/991_2025_a_instalacao_de_lixeiras_na_praca_george_jacob_abdue.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE LIXEIRAS NA PRAÇA GEORGE JACOB ABDUE, COM O OBJETIVO DE ATENDER OS USUÁRIOS DA FEIRA QUE OCORRE NO LOCAL.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1159/992_2025_solicita_ao_prefeito_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_apos_a_aldei_sentido_avelar.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1159/992_2025_solicita_ao_prefeito_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_apos_a_aldei_sentido_avelar.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE PONTO DE ÔNIBUS NA ENTRADA DO MORRO ZÉZÉ LOPES, RJ-125, APÓS A ALDEIA DE ARCOZELO, SENTIDO AVELAR. REITERANDO MINHA INDICAÇÃO DE Nº 504/2025.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1160/993_2025_realizacao_de_recapeamento_e_reparos_na_avenida_vereador_aloisio_ferreira_gomes_no_bairro_avelar.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1160/993_2025_realizacao_de_recapeamento_e_reparos_na_avenida_vereador_aloisio_ferreira_gomes_no_bairro_avelar.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE RECAPEAMENTO E REPAROS NA RUA VEREADOR ALOÍSIO FERREIRA GOMES, NO BAIRRO AVELAR, PRINCIPALMENTE NO TRECHO CONHECIDO COMO MORRO DA TETEIA.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1161/994_2025_substituicao_das_lampadas_queimadas_na_rua_dr._mario_kroeff_localizada_no_bairro_arcozelo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1161/994_2025_substituicao_das_lampadas_queimadas_na_rua_dr._mario_kroeff_localizada_no_bairro_arcozelo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A SUBSTITUIÇÃO DAS LÂMPADAS QUEIMADAS NA RUA DR. MÁRIO KROEFF, LOCALIZADA NO BAIRRO ARCOZELO. REITERANDO MINHA INDICAÇÃO DE Nº 906/2025.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1162/995_2025_reforma_do_campo_de_grama_sintetica_situado_na_rj-125_granja_california_com_instalacao_de_cobertura_em_tela.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1162/995_2025_reforma_do_campo_de_grama_sintetica_situado_na_rj-125_granja_california_com_instalacao_de_cobertura_em_tela.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REFORMA DO CAMPO DE GRAMA SINTÉTICA SITUADO NA RJ-125, GRANJA CALIFÓRNIA, COM INSTALAÇÃO DE COBERTURA EM TELA PARA IMPEDIR QUE A BOLA SAIA E REPARO DE BURACOS NO GRAMADO. TENDO COMO REFERÊNCIA A LANCHONETE COMBINADO. REITERANDO MINHA INDICAÇÃO DE Nº 066/2025.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1163/996_2025_recapeamento_asfaltico_na_rua_vicente_de_freitas_situada_no_bairro_centro..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1163/996_2025_recapeamento_asfaltico_na_rua_vicente_de_freitas_situada_no_bairro_centro..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE O RECAPEAMENTO ASFÁLTICO NA RUA VICENTE DE FREITAS, SITUADA NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1168/1004_2025__a_realizacao_de_pavimentacao_asfaltica_nas_principais_ruas_do_bairro_parque_alto_do_recanto.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1168/1004_2025__a_realizacao_de_pavimentacao_asfaltica_nas_principais_ruas_do_bairro_parque_alto_do_recanto.docx</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal a realização de pavimentação asfáltica nas principais ruas do Bairro Parque Alto do Recanto, popularmente conhecido como Morro do Ney.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1169/1005_2025_a_aplicacao_de_po_de_pedra_ou_escoria_na_rua_cantagalo_bairro_coqueiros_bem_como_nas_principais_estradas_dos_bairros_rio_pardo_e_prata..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1169/1005_2025_a_aplicacao_de_po_de_pedra_ou_escoria_na_rua_cantagalo_bairro_coqueiros_bem_como_nas_principais_estradas_dos_bairros_rio_pardo_e_prata..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A APLICAÇÃO DE PÓ DE PEDRA OU ESCÓRIA NA RUA CANTAGALO (BAIRRO COQUEIROS), BEM COMO NAS PRINCIPAIS ESTRADAS DOS BAIRROS RIO PARDO E PRATA.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1170/1006_2025__pavimentacao_asfaltica_nas_principais_vias_do_bairro_zenobiopolis_morro_do_capitao..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1170/1006_2025__pavimentacao_asfaltica_nas_principais_vias_do_bairro_zenobiopolis_morro_do_capitao..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PAVIMENTAÇÃO ASFÁLTICA NAS PRINCIPAIS VIAS DO BAIRRO ZENOBIÓPOLIS (MORRO DO CAPITÃO).</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1171/1007_2025_colocacao_de_dois_conteineres_para_serem_utilizados_como_lixeiras_na_rua_vereador_luis_soares_da_silva_no_bairro_arcozelo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1171/1007_2025_colocacao_de_dois_conteineres_para_serem_utilizados_como_lixeiras_na_rua_vereador_luis_soares_da_silva_no_bairro_arcozelo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A COLOCAÇÃO DE DOIS CONTÊINERES PARA SEREM UTILIZADOS COMO LIXEIRAS NA RUA VEREADOR LUÍS SOARES DA SILVA, NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1172/1008_2025_pavimentacao_asfaltica_no_morro_do_zeze_lopes_situado_no_bairro_arcozelo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1172/1008_2025_pavimentacao_asfaltica_no_morro_do_zeze_lopes_situado_no_bairro_arcozelo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PAVIMENTAÇÃO ASFÁLTICA NO MORRO DO ZEZÉ LOPES, SITUADO NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1174/1010_2025_a_instalacao_de_tela_de_protecao_na_quadra_de_areia_localizada_na_praca_noemia_rosa_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1174/1010_2025_a_instalacao_de_tela_de_protecao_na_quadra_de_areia_localizada_na_praca_noemia_rosa_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE TELA DE PROTEÇÃO NA QUADRA DE AREIA LOCALIZADA NA PRAÇA NOÊMIA ROSA, NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1176/1012_2025_instalacao_de_uma_faixa_de_pedestres_na_entrada_do_posto_ale_e_na_subida_a_rua_vereador_aloisio_ferreira_gomes.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1176/1012_2025_instalacao_de_uma_faixa_de_pedestres_na_entrada_do_posto_ale_e_na_subida_a_rua_vereador_aloisio_ferreira_gomes.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE DUAS FAIXAS DE PEDESTRES NA RJ-125, SENDO UMA NA ENTRADA DO POSTO ALE E OUTRA NA SUBIDA QUE DÁ ACESSO À RUA VEREADOR ALOÍSIO FERREIRA GOMES, NO BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1180/1016_2025_poda_de_arvore_na_estrada_da_enfermaria_proximo_ao_no_273_bairro_bela_vista_tendo_como_referencia_a_queijaria_do_daniel..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1180/1016_2025_poda_de_arvore_na_estrada_da_enfermaria_proximo_ao_no_273_bairro_bela_vista_tendo_como_referencia_a_queijaria_do_daniel..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PODA DE UMA ÁRVORE NA ESTRADA DA ENFERMARIA, PRÓXIMO AO Nº 273, BAIRRO BELA VISTA, TENDO COMO REFERÊNCIA A QUEIJARIA DO DANIEL.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1181/1017_2025_poda_de_uma_arvore_na_estrada_da_bela_vista_proximo_ao_local_conhecido_como_tinguin_no_bairro_bela_vista..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1181/1017_2025_poda_de_uma_arvore_na_estrada_da_bela_vista_proximo_ao_local_conhecido_como_tinguin_no_bairro_bela_vista..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A PODA DE UMA ÁRVORE NA ESTRADA DA BELA VISTA, PRÓXIMO AO LOCAL CONHECIDO COMO TINGUIN, NO BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1182/1018_2025__a_instalacao_de_tomadas_nas_pracas_manoel_congo_e_george_jacob_abdue..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1182/1018_2025__a_instalacao_de_tomadas_nas_pracas_manoel_congo_e_george_jacob_abdue..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE TOMADAS NAS PRAÇAS MANOEL CONGO E GEORGE JACOB ABDUE.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1217/1023_2025_revitalizacao_da_sinalizacao_viaria_existente_no_bairro_recanto_nas_proximidades_do_mercadinho_recanto..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1217/1023_2025_revitalizacao_da_sinalizacao_viaria_existente_no_bairro_recanto_nas_proximidades_do_mercadinho_recanto..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADA A REVITALIZAÇÃO DA SINALIZAÇÃO VIÁRIA EXISTENTE NO BAIRRO RECANTO, NAS PROXIMIDADES DO MERCADINHO RECANTO.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1218/1024_2025_colocacao_de_lixeiras_no_corrego_dantas.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1218/1024_2025_colocacao_de_lixeiras_no_corrego_dantas.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A COLOCAÇÃO DE LIXEIRAS NO CÓRREGO DANTAS, NO BAIRRO COQUEIROS, ATENDENDO À NECESSIDADE DOS MORADORES, QUE ATUALMENTE NÃO CONTAM COM LOCAIS ADEQUADOS PARA O DESCARTE DE RESÍDUOS.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1219/1025_2025_manutencao_da_iluminacao_publica_na_rua_cantagalo_no_bairro_coqueiros.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1219/1025_2025_manutencao_da_iluminacao_publica_na_rua_cantagalo_no_bairro_coqueiros.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA CANTAGALO, NO BAIRRO COQUEIROS, BEM COMO A INSTALAÇÃO DE BRAÇOS DE ILUMINAÇÃO NOS TRECHOS QUE AINDA NÃO CONTAM COM COBERTURA ADEQUADA.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1220/1026_2025_instalacao_de_torres_de_internet_no_bairro_guaribu..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1220/1026_2025_instalacao_de_torres_de_internet_no_bairro_guaribu..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE TORRES DE INTERNET NO BAIRRO GUARIBÚ.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1221/1027_2025_instalacao_de_tomadas_nas_pracas_noemia_rosa_e_na_praca_de_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1221/1027_2025_instalacao_de_tomadas_nas_pracas_noemia_rosa_e_na_praca_de_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE TOMADAS NAS PRAÇAS NOÊMIA ROSA E NA PRAÇA DE AVELAR.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1222/1028_2025_disponibilizacao_de_acesso_publico_a_internet_nas_pracas_manoel_congo_e_george_jacob_abdue..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1222/1028_2025_disponibilizacao_de_acesso_publico_a_internet_nas_pracas_manoel_congo_e_george_jacob_abdue..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A DISPONIBILIZAÇÃO DE ACESSO PÚBLICO À INTERNET NAS PRAÇAS MANOEL CONGO E GEORGE JACOB ABDUE.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1223/1029_2025_colocacao_de_po_de_pedra_na_rua_roberto_da_silveira_na_altura_do_no_1200_nas_proximidades_do_pontilhao_conhecida_como_rua_do_prodeq..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1223/1029_2025_colocacao_de_po_de_pedra_na_rua_roberto_da_silveira_na_altura_do_no_1200_nas_proximidades_do_pontilhao_conhecida_como_rua_do_prodeq..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A COLOCAÇÃO DE PÓ DE PEDRA NA RUA ROBERTO DA SILVEIRA, NA ALTURA DO Nº 1200, NAS PROXIMIDADES DO PONTILHÃO, CONHECIDA COMO RUA DO PRODEQ.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1224/1030_2025_instalacao_urgente_de_tampas_nas_caixas_de_esgoto_situadas_no_trecho_que_se_estende_da_rua_dr._mario_kroeff.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1224/1030_2025_instalacao_urgente_de_tampas_nas_caixas_de_esgoto_situadas_no_trecho_que_se_estende_da_rua_dr._mario_kroeff.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO URGENTE DE TAMPAS NAS CAIXAS DE ESGOTO SITUADAS NO TRECHO QUE SE ESTENDE DA RUA DR. MÁRIO KROEFF ATÉ A ENTRADA DO BAIRRO CAMPO VERDE, FINALIZANDO NA ESTRADA DA CACHOEIRA, NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1225/1031_2025_colocacao_de_po_de_pedra_na_rua_viuva_bastos_localizada_no_bairro_poaia..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1225/1031_2025_colocacao_de_po_de_pedra_na_rua_viuva_bastos_localizada_no_bairro_poaia..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A COLOCAÇÃO DE PÓ DE PEDRA NA RUA VIÚVA BASTOS, LOCALIZADA NO BAIRRO POAIA.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1226/1032_2025_construcao_abertura_de_rua_alto_seco_bairro_sao_joaquim_ligando_a_area_conhecida_como_cabriteiro..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1226/1032_2025_construcao_abertura_de_rua_alto_seco_bairro_sao_joaquim_ligando_a_area_conhecida_como_cabriteiro..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO/ABERTURA DE UMA RUA NO ALTO SECO, LOCALIZADO NO BAIRRO SÃO JOAQUIM, LIGANDO A PARTE SUPERIOR À ÁREA CONHECIDA COMO CABRITEIRO, TENDO COMO REFERÊNCIA A PROPRIEDADE DO SENHOR LICO.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1227/1033_2025_que_seja_realizada_a_reforma_geral_da_antiga_estacao_ferroviaria_de_avelar.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1227/1033_2025_que_seja_realizada_a_reforma_geral_da_antiga_estacao_ferroviaria_de_avelar.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE REALIZE A REFORMA GERAL DA ANTIGA ESTAÇÃO FERROVIÁRIA DE AVELAR.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJA REALIZADA A PAVIMENTAÇÃO ASFÁLTICA DA ÚLTIMA PARTE DO MORRO DO JOÃO MALANDRO, ESPECIFICAMENTE NA PARTE MAIS ALTA, NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1229/1035_2025_a_ampliacao_do_atendimento_do_caminhao_da_vacina_para_outros_bairros_do_municipio..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1229/1035_2025_a_ampliacao_do_atendimento_do_caminhao_da_vacina_para_outros_bairros_do_municipio..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A AMPLIAÇÃO DO ATENDIMENTO DO “CAMINHÃO DA VACINA” PARA OUTROS BAIRROS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1230/1036_2025_instalacao_de_um_quebra-molas_na_avenida_brasil.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1230/1036_2025_instalacao_de_um_quebra-molas_na_avenida_brasil.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS NA AVENIDA BRASIL, PRÓXIMO AO Nº 911, TENDO COMO REFERÊNCIA A LOJA COMERCIAL FRIBURGUENSE, NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1236/1047_2025__instalacao_de_um_quebra-molas_na_rua_sao_sebastiao_no_bairro_granja_california_na_altura_do_no_129..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1236/1047_2025__instalacao_de_um_quebra-molas_na_rua_sao_sebastiao_no_bairro_granja_california_na_altura_do_no_129..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UM QUEBRA-MOLAS NA RUA SÃO SEBASTIÃO, NO BAIRRO GRANJA CALIFÓRNIA, NA ALTURA DO Nº 129.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1237/1048_2025_instalacao_de_enfeites_natalinos_na_praca_noemia_rosa_localizada_no_bairro_granja_california..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1237/1048_2025_instalacao_de_enfeites_natalinos_na_praca_noemia_rosa_localizada_no_bairro_granja_california..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE ENFEITES NATALINOS NA PRAÇA NOEMIA ROSA, LOCALIZADA NO BAIRRO GRANJA CALIFÓRNIA.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1239/1050_2025_manutencao_da_iluminacao_publica_no_bairro_capivara_no_trecho_que_vai_do_inicio_da_fazenda_santa_tereza_ate_o_final_da_rua..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1239/1050_2025_manutencao_da_iluminacao_publica_no_bairro_capivara_no_trecho_que_vai_do_inicio_da_fazenda_santa_tereza_ate_o_final_da_rua..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NO BAIRRO CAPIVARA, NO TRECHO QUE VAI DO INÍCIO DA FAZENDA SANTA TEREZA ATÉ O FINAL DA RUA.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1240/1051_2025_realizacao_de_servicos_de_manutencao_na_rua_joao_paim_no_centro_incluindo_rocada_limpeza_geral_substituicao_de_lampadas.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1240/1051_2025_realizacao_de_servicos_de_manutencao_na_rua_joao_paim_no_centro_incluindo_rocada_limpeza_geral_substituicao_de_lampadas.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE MANUTENÇÃO NA RUA JOÃO PAIM, NO CENTRO, INCLUINDO ROÇADA, LIMPEZA GERAL, SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS NA ILUMINAÇÃO PÚBLICA E REPAROS NA PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1241/1052_2025_construcao_abertura_de_uma_rua_ligando_a_estrada_do_guaribu_velho_a_avenida_irineu_reis..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1241/1052_2025_construcao_abertura_de_uma_rua_ligando_a_estrada_do_guaribu_velho_a_avenida_irineu_reis..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CONSTRUÇÃO/ABERTURA DE UMA RUA LIGANDO A ESTRADA DO GUARIBÚ VELHO À AVENIDA IRINEU REIS.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1248/1063_2025_reparos_urgentes_no_mata-burro_do_bairro_recanto.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1248/1063_2025_reparos_urgentes_no_mata-burro_do_bairro_recanto.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL REPAROS URGENTES NO MATA-BURRO DO BAIRRO RECANTO, PRÓXIMO AO MERCADINHO DO RECANTO, DEVIDO À ESTRUTURA DANIFICADA.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1249/1064_2025__convocar_um_agente_comunitario_de_saude_para_o_bairro_do_recanto.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1249/1064_2025__convocar_um_agente_comunitario_de_saude_para_o_bairro_do_recanto.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS PARA A CONVOCAÇÃO DE UM AGENTE COMUNITÁRIO DE SAÚDE PARA ATENDER O BAIRRO RECANTO.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1250/1065_2025_notificacao_da_empresa_responsavel_pelo_asfaltamento_do_bairro_recanto_para_realizar_a_substituicao_das_tampas_de_bueiros_quebradas..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1250/1065_2025_notificacao_da_empresa_responsavel_pelo_asfaltamento_do_bairro_recanto_para_realizar_a_substituicao_das_tampas_de_bueiros_quebradas..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A NOTIFICAÇÃO DA EMPRESA RESPONSÁVEL PELO ASFALTAMENTO DO BAIRRO RECANTO PARA REALIZAR A SUBSTITUIÇÃO DAS TAMPAS DE BUEIROS QUEBRADAS.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1251/1066_2025_adocao_de_providencias_relativas_a_manifestacao_de_ratos_e_mosquitos_na_rua_deputado_jose_vaz_no_bairro_avelar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1251/1066_2025_adocao_de_providencias_relativas_a_manifestacao_de_ratos_e_mosquitos_na_rua_deputado_jose_vaz_no_bairro_avelar..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A ADOÇÃO DE PROVIDÊNCIAS RELATIVAS À MANIFESTAÇÃO DE RATOS E MOSQUITOS NA RUA DEPUTADO JOSÉ VAZ, NO BAIRRO AVELAR.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1252/1067_2025_que_viabilize_a_instalacao_de_uma_base_de_servico_da_light.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1252/1067_2025_que_viabilize_a_instalacao_de_uma_base_de_servico_da_light.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL QUE VIABILIZE A INSTALAÇÃO DE UMA BASE DE SERVIÇO DA LIGHT NO MUNICÍPIO, DESTINADA AO ATENDIMENTO DE EMERGÊNCIAS E MANUTENÇÕES NA REDE ELÉTRICA.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1253/1068_2025_patrolamento_e_a_aplicacao_de_po_de_pedra_na_rua_d_localizada_no_bairro_arcozelo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1253/1068_2025_patrolamento_e_a_aplicacao_de_po_de_pedra_na_rua_d_localizada_no_bairro_arcozelo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL O PATROLAMENTO E A APLICAÇÃO DE PÓ DE PEDRA NA RUA D, LOCALIZADA NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1255/1070_2025_criacao_de_vaga_rotativa_para_taxi_em_frente_ao_supermercado_fernandes.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1255/1070_2025_criacao_de_vaga_rotativa_para_taxi_em_frente_ao_supermercado_fernandes.docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A CRIAÇÃO DE VAGA ROTATIVA PARA TÁXI EM FRENTE AO SUPERMERCADO FERNANDES, COM ORGANIZAÇÃO DE FILA NO PONTO ATUALMENTE LOCALIZADO EM FRENTE AO INSTITUTO NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1256/1071_2025_instalacao_de_faixa_de_pedestres_na_rj-125_em_frente_a_barbearia_do_danilo_no_bairro_arcozelo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1256/1071_2025_instalacao_de_faixa_de_pedestres_na_rj-125_em_frente_a_barbearia_do_danilo_no_bairro_arcozelo..docx</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO MUNICIPAL A INSTALAÇÃO DE UMA FAIXA DE PEDESTRES NA RJ-125, EM FRENTE À BARBEARIA DO DANILO, NO BAIRRO ARCOZELO.</t>
   </si>
   <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>1074</t>
+  </si>
+  <si>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1258/1074_2025_edinho_realizacao_dos_servicos_de_patrolamento_ensaibramento_rocada_e_a_retirada_de_uma_arvore_caida_na_rua_norberto_jose_da_silva_leal.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL A REALIZAÇÃO DOS SERVIÇOS DE PATROLAMENTO, ENSAIBRAMENTO, ROÇADA E A RETIRADA DE UMA ÁRVORE CAÍDA NA RUA NORBERTO JOSÉ DA SILVA LEAL, NO BAIRRO AQUENTA SOL, NAS PROXIMIDADES DO MERCADINHO E DO ZEZINHO DO DINO.</t>
+  </si>
+  <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1259/1075_2025__neguinho_revitalizacao_de_tres_faixas_de_pedestres.docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL A REVITALIZAÇÃO DE TRÊS FAIXAS DE PEDESTRES, SENDO UMA NA RUA DR. LEOPOLDO, EM FRENTE À PADARIA DO BETO, E DUAS NO CENTRO DA CIDADE, EM FRENTE À PREFEITURA MUNICIPAL E AO SUPERMERCADO FERNANDES.</t>
+  </si>
+  <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1260/1076_2025_lenice__aquisicao_de_um_bebedouro_para_o_posto_de_saude_do_bairro_bela_vista..docx</t>
+  </si>
+  <si>
+    <t>SOLICITA AO PREFEITO MUNICIPAL A AQUISIÇÃO DE UM BEBEDOURO PARA O POSTO DE SAÚDE DO BAIRRO BELA VISTA.</t>
+  </si>
+  <si>
     <t>79</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/420/079-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/420/079-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO DO VEREADOR QUE MENCIONA À CIDADE DE BRASÍLIA, CAPITAL FEDERAL, EM VIAGEM DE REPRESENTAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/436/099_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_denilson_claudinho_e_macarrao.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/436/099_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_denilson_claudinho_e_macarrao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO DOS VEREADORES QUE MENCIONA À CIDADE DE BRASÍLIA, CAPITAL FEDERAL, EM VIAGEM DE REPRESENTAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/437/100_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_heliomar_e_zaninho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/437/100_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_heliomar_e_zaninho.pdf</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/450/119_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_lenice_vianna_e_neguinho_da_oficina.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/450/119_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_lenice_vianna_e_neguinho_da_oficina.pdf</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/471/144_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_carnaval_dias_03_e_05_de_marco_de_2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/471/144_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_carnaval_dias_03_e_05_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NA SEDE DO PODER LEGISLATIVO MUNICIPAL DE PATY DO ALFERES, NOS DIAS 03 E 05 DE MARÇO DE 2025, EM VIRTUDE DA COMEMORAÇÃO DA FESTIVIDADE DO CARNAVAL.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/517/189_2025_projeto_de_decreto_legislativo_aprova_as_contas_do_prefeito_do_exercicio_2023.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/517/189_2025_projeto_de_decreto_legislativo_aprova_as_contas_do_prefeito_do_exercicio_2023.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do excelentíssimo senhor ex-prefeito de paty do alferes, EURICO PINHEIRO BERNARDES NETO, referente ao exercício de 2023.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Autoriza a participação dos vereadores que menciona à cidade de Brasília, capital federal, em viagem de representação do Município.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/562/248_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_31_de_marco_a_04_de_abril_denilson_macarrao_e_neguinho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/562/248_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_31_de_marco_a_04_de_abril_denilson_macarrao_e_neguinho.pdf</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/580/273_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_semana_santa_tiradentes_e_sao_jorge.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/580/273_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_semana_santa_tiradentes_e_sao_jorge.doc</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NA SEDE DO PODER LEGISLATIVO MUNICIPAL DE PATY DO ALFERES, NOS DIAS 17 E 22 DE ABRIL DE 2025.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/587/273_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_semana_santa_tiradentes_e_sao_jorge.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/587/273_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_semana_santa_tiradentes_e_sao_jorge.doc</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/589/282_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_dia_02_de_maio_em_virtude_feriado_dia_do_trabalhador_01_05_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/589/282_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_dia_02_de_maio_em_virtude_feriado_dia_do_trabalhador_01_05_2025.doc</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NA SEDE DO PODER LEGISLATIVO MUNICIPAL DE PATY DO ALFERES, NO DIA 02 DE MAIO DE 2025.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/594/287_2025_projeto_de_decreto_legislativo_-_fixacao_de_auxilio_alimentacao_-_servidores_da_camara_municipal.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/594/287_2025_projeto_de_decreto_legislativo_-_fixacao_de_auxilio_alimentacao_-_servidores_da_camara_municipal.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE E ADEQUAÇÃO DO AUXÍLIO ALIMENTAÇÃO PARA O ANO DE 2025 NO ÂMBITO DA CÂMARA MUNICIPAL DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/596/289_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_07_a_11_de_abril_claudinho_e_lenice_vianna.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/596/289_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_07_a_11_de_abril_claudinho_e_lenice_vianna.doc</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/660/374_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_guilherme_edinho_marco_aurelio_e_vinicinho.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/660/374_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_guilherme_edinho_marco_aurelio_e_vinicinho.doc</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/670/384_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_denilson_macarrao_e_neguinho.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/670/384_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_denilson_macarrao_e_neguinho.doc</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/680/395_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_heliomar_e_zaninho.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/680/395_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_heliomar_e_zaninho.doc</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/681/396_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_12_e_14_de_maio_comitiva_de_vereadores_em_brasilia.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/681/396_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_12_e_14_de_maio_comitiva_de_vereadores_em_brasilia.doc</t>
   </si>
   <si>
     <t>SUSPENDE AS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL DE PATY DO ALFERES NOS DIAS 12 E 14 DE MAIO DE 2025, EM VIRTUDE DA PARTICIPAÇÃO DE COMITIVA DE VEREADORES EM VIAGEM OFICIAL A BRASÍLIA, CAPITAL FEDERAL EM BUSCA DE RECURSOS PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/682/398_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_dias_21_22_e_23_de_maio_festa_do_tomate_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/682/398_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_dias_21_22_e_23_de_maio_festa_do_tomate_2025.doc</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NA SEDE DO PODER LEGISLATIVO MUNICIPAL DE PATY DO ALFERES, NOS DIAS 21, 22 E 23 DE MAIO DE 2025, EM VIRTUDE DO EVENTO FESTA DO TOMATE DE 2025.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/696/415_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_02_a_06_de_junho_claudinho_lenice_e_vinicinho.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/696/415_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_02_a_06_de_junho_claudinho_lenice_e_vinicinho.doc</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/731/454_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_23_a_27_de_junho_edinho_guilherme_e_marco_aurelio.doc</t>
-[...2 lines deleted...]
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/745/468_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dia_20_de_junho_de_2025_feriado_corpus_christi.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/731/454_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_23_a_27_de_junho_edinho_guilherme_e_marco_aurelio.doc</t>
+  </si>
+  <si>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/745/468_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dia_20_de_junho_de_2025_feriado_corpus_christi.doc</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NO ÂMBITO DA CÂMARA MUNICIPAL DE PATY DO ALFERES NO DIA 20 DE JUNHO DE 2025, EM RAZÃO DO FERIADO DE CORPUS CHRISTI.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/783/511_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_30_de_junho_a_4_de_julho_heliomar_e_zaninho.doc</t>
-[...2 lines deleted...]
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/784/512_2025_projeto_de_decreto_legislativo_viagem_brasilia__30_de_junho_a_04_de_julho_denilson_macarrao_neguinho_e_vinicinho.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/783/511_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_30_de_junho_a_4_de_julho_heliomar_e_zaninho.doc</t>
+  </si>
+  <si>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/784/512_2025_projeto_de_decreto_legislativo_viagem_brasilia__30_de_junho_a_04_de_julho_denilson_macarrao_neguinho_e_vinicinho.doc</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/823/560_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_04_a_08_de_agosto_claudinho_e_lenice_vianna.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/823/560_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_04_a_08_de_agosto_claudinho_e_lenice_vianna.doc</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/840/577_2025_projeto_de_decreto_legislativo_-_regulamenta_dispensa_de_licitacao_e_revoga_decreto_legislativo_773_de_2023.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/840/577_2025_projeto_de_decreto_legislativo_-_regulamenta_dispensa_de_licitacao_e_revoga_decreto_legislativo_773_de_2023.docx</t>
   </si>
   <si>
     <t>REGULAMENTA AS HIPÓTESES DE CONTRATAÇÃO DIRETA DISCIPLINADAS PELA LEI N° 14.133, DE 1º DE ABRIL DE 2021, QUE DISPÕE SOBRE A LEI DE LICITAÇÕES E CONTRATOS ADMINISTRATIVOS E REVOGA O DECRETO LEGISLATIVO Nº 773 DE 06 DE SETEMBRO DE 2023.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/856/594_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_04_a_08_de_agosto_edinho_guilherme_e_marco_aurelio.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/856/594_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_04_a_08_de_agosto_edinho_guilherme_e_marco_aurelio.doc</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/870/616_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_11_a_15_de_agosto_denilson_e_vinicinho.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/870/616_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_11_a_15_de_agosto_denilson_e_vinicinho.doc</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/876/625_2025_projeto_de_decreto_legislativo_-_alterando_a_data_da_sessao_solene_do_ano_de_2025_para_14_dezembro_de_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/876/625_2025_projeto_de_decreto_legislativo_-_alterando_a_data_da_sessao_solene_do_ano_de_2025_para_14_dezembro_de_2025.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA DA DATA DA SESSÃO SOLENE NO ANO DE 2025 EM COMEMORAÇÃO A EMANCIPAÇÃO POLÍTICO-ADMINISTRATIVA DO MUNICÍPIO DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/890/645_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_de_agosto_heliomar_e_zaninho.doc</t>
-[...2 lines deleted...]
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1012/790_2025_projeto_de_decreto_legislativo_concede_diploma_de_merito_municipal.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/890/645_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_de_agosto_heliomar_e_zaninho.doc</t>
+  </si>
+  <si>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1012/790_2025_projeto_de_decreto_legislativo_concede_diploma_de_merito_municipal.doc</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO MUNICIPAL ÀS PERSONALIDADES QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1013/791_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1013/791_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense.doc</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE CIDADANIA PATIENSE ÀS PERSONALIDADES QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1056/870_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_vereadores_edinho_guilherme_e_marco_aurelio.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1056/870_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_vereadores_edinho_guilherme_e_marco_aurelio.doc</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>Plenário - PLEN</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1057/871_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_claudinho_e_lenice_vianna.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1057/871_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_claudinho_e_lenice_vianna.doc</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1058/872_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_macarrao__neguinho_e_flavio_feijao.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1058/872_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_macarrao__neguinho_e_flavio_feijao.doc</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1059/873_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_20_e_22_de_outubro_maioria_dos_vereadores_em_brasilia.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1059/873_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_20_e_22_de_outubro_maioria_dos_vereadores_em_brasilia.doc</t>
   </si>
   <si>
     <t>SUSPENDE A REALIZAÇÃO DAS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL DE PATY DO ALFERES NOS DIAS 20 E 22 DE OUTUBRO DE 2025, EM RAZÃO DA PARTICIPAÇÃO DA MAIORIA DOS VEREADORES EM VIAGEM OFICIAL A BRASÍLIA, CAPITAL FEDERAL EM BUSCA DE RECURSOS PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1060/874_2025_projeto_de_decreto_legislativo_transferencia_do_ponto_facultativo_do_dia_do_servidor_publico_de_28__para_o_dia_31_de_outubro_de_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1060/874_2025_projeto_de_decreto_legislativo_transferencia_do_ponto_facultativo_do_dia_do_servidor_publico_de_28__para_o_dia_31_de_outubro_de_2025.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA DO PONTO FACULTATIVO EM COMEMORAÇÃO AO DIA DO SERVIDOR PÚBLICO, DO DIA 28 DE OUTUBRO, PARA O DIA 31 DE OUTUBRO DE 2025.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1131/961_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense_2.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1131/961_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense_2.doc</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1133/966_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_edinho_guilherme_e_marco_aurelio.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1133/966_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_edinho_guilherme_e_marco_aurelio.doc</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1134/967_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_heliomar_zaninho_e_flavio_feijao.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1134/967_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_heliomar_zaninho_e_flavio_feijao.doc</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1135/968_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_claudinho_e_lenice_vianna.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1135/968_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_claudinho_e_lenice_vianna.doc</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1136/969_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_macarrao__neguinho_e_vinicinho.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1136/969_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_macarrao__neguinho_e_vinicinho.doc</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1137/970_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_24_e_26_de_novembro_todos_os_vereadores_em_brasilia_em_comitiva.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1137/970_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_24_e_26_de_novembro_todos_os_vereadores_em_brasilia_em_comitiva.doc</t>
   </si>
   <si>
     <t>SUSPENDE A REALIZAÇÃO DAS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL DE PATY DO ALFERES NOS DIAS 24 E 26 DE NOVEMBRO DE 2025, EM RAZÃO DA PARTICIPAÇÃO DOS VEREADORES EM COMITIVA OFICIAL A BRASÍLIA/DF, EM BUSCA DE RECURSOS PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1138/971_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dia_21_de_novembro_de_2025_feriado_consciencia_negra_dia_20.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1138/971_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dia_21_de_novembro_de_2025_feriado_consciencia_negra_dia_20.doc</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NO ÂMBITO DA CÂMARA MUNICIPAL DE PATY DO ALFERES NO DIA 21 DE NOVEMBRO DE 2025, EM RAZÃO DO DIA DA CONSCIÊNCIA NEGRA, CELEBRADO EM 20 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1166/1002_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense_3.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1166/1002_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense_3.doc</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1167/1003_2025_projeto_de_decreto_legislativo_concede_diploma_de_merito_municipal_2.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1167/1003_2025_projeto_de_decreto_legislativo_concede_diploma_de_merito_municipal_2.doc</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1216/1022_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dias_23_24_30_e_31_de_2025_-_final_de_ano_natal_e_ano_novo.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1216/1022_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dias_23_24_30_e_31_de_2025_-_final_de_ano_natal_e_ano_novo.doc</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NA SEDE DO PODER LEGISLATIVO MUNICIPAL DE PATY DO ALFERES NOS DIAS 23, 24, 30 E 31 DE DEZEMBRO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1242/1053_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_dia_15_de_dezembro_de_2025_-_aniversario_de_paty.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1242/1053_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_dia_15_de_dezembro_de_2025_-_aniversario_de_paty.doc</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NA SEDE DO PODER LEGISLATIVO MUNICIPAL DE PATY DO ALFERES, NO DIA 15 DE DEZEMBRO DE 2025, EM RAZÃO DO ANIVERSÁRIO DE EMANCIPAÇÃO POLÍTICO-ADMINISTRATIVA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1243/1054_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dias_24_26_e_31_de_dezembro_de_2025_e_2_de_janeiro_de_2026_-_final_de_ano_natal_e_ano_novo.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1243/1054_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dias_24_26_e_31_de_dezembro_de_2025_e_2_de_janeiro_de_2026_-_final_de_ano_natal_e_ano_novo.doc</t>
   </si>
   <si>
     <t>REVOGA O DECRETO LEGISLATIVO Nº 863, DE 19 DE NOVEMBRO DE 2025, E DECRETA PONTO FACULTATIVO NA SEDE DO PODER LEGISLATIVO MUNICIPAL DE PATY DO ALFERES NOS DIAS 24, 26 E 31 DE DEZEMBRO DE 2025 E 2 DE JANEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1261</t>
+  </si>
+  <si>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1261/1077_2025_projeto_de_decreto_legislativo_-_medalha_joaquim_osorio_duque_estrada_moreira_franco.doc</t>
+  </si>
+  <si>
+    <t>CONCEDE A MEDALHA JOAQUIM OSÓRIO DUQUE ESTRADA À PERSONALIDADE QUE ESPECIFICA.</t>
+  </si>
+  <si>
     <t>308</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/611/308_2025_projeto_de_resolucao_pregao_eletronico_para_contratacao_de_empresa_especializada_na_transmissao_ao_vivo_das_sessoes_parlamentares.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/611/308_2025_projeto_de_resolucao_pregao_eletronico_para_contratacao_de_empresa_especializada_na_transmissao_ao_vivo_das_sessoes_parlamentares.docx</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE PROCESSO LICITATÓRIO, NA MODALIDADE PREGÃO ELETRÔNICO, PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA TRANSMISSÃO AO VIVO DAS SESSÕES PARLAMENTARES, PRODUÇÃO DE CONTEÚDO AUDIOVISUAL INFORMATIVO, CRIAÇÃO DE MATERIAL GRÁFICO PARA DIVULGAÇÃO DO TRABALHO LEGISLATIVO NAS REDES SOCIAIS INSTITUCIONAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/634/340_2025_projeto_de_resolucao_-_pregao_eletronico_aquisicao_de_1_veiculo_para_camara.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/634/340_2025_projeto_de_resolucao_-_pregao_eletronico_aquisicao_de_1_veiculo_para_camara.docx</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE PROCESSO LICITATÓRIO, NA MODALIDADE PREGÃO ELETRÔNICO, PARA AQUISIÇÃO DE UM VEÍCULO AUTOMÓVEL PARA A CÂMARA MUNICIPAL DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/755/479_2025_projeto_de_resolucao_-__pregao_eletronico_para_aquisicao_de_gasolina.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/755/479_2025_projeto_de_resolucao_-__pregao_eletronico_para_aquisicao_de_gasolina.docx</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE PROCESSO LICITATÓRIO, NA MODALIDADE PREGÃO ELETRÔNICO, PARA AQUISIÇÃO DE GASOLINA COMUM PARA A CÂMARA MUNICIPAL DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/839/576_2025_projeto_de_resolucao_vale_feira_da_camara_de_paty.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/839/576_2025_projeto_de_resolucao_vale_feira_da_camara_de_paty.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO VALE FEIRA NO ÂMBITO DO PODER LEGISLATIVO DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/917/673_2025_projeto_de_resolucao_-_aquisicao_de_veiculo_pregao_presencial.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/917/673_2025_projeto_de_resolucao_-_aquisicao_de_veiculo_pregao_presencial.docx</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE PROCESSO LICITATÓRIO, NA MODALIDADE PREGÃO PRESENCIAL, PARA AQUISIÇÃO DE UM VEÍCULO AUTOMÓVEL PARA A CÂMARA MUNICIPAL DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/418/077-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/418/077-2025.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À VEREADORA LENICE VIANA.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/469/138_2025_mocao_de_aplausos_ao_servidor_diogo_teixeira_da_silva_diretor_de_transporte_da_secr_de_saude_de_paty.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/469/138_2025_mocao_de_aplausos_ao_servidor_diogo_teixeira_da_silva_diretor_de_transporte_da_secr_de_saude_de_paty.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SERVIDOR DIOGO TEIXEIRA DA SILVA, DIRETOR DE TRANSPORTE DA SECRETARIA DE SAÚDE, EM RECONHECIMENTO AO SEU COMPROMETIMENTO E DEDICAÇÃO EXEMPLAR NO DESEMPENHO DE SUAS FUNÇÕES.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/500/173_2025_mocao_de_aplausos_ao_ex-vereador_juarez_de_medeiros.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/500/173_2025_mocao_de_aplausos_ao_ex-vereador_juarez_de_medeiros.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO EX-VEREADOR JUAREZ DE MEDEIROS PEREIRA, EM RECONHECIMENTO AOS SEUS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE PATY DO ALFERES DURANTE SEUS TRÊS MANDATOS LEGISLATIVOS.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/504/177_2025_informacoes_sobre_o_atendimento_de_criancas_de_0_a_3_anos_nas_creches_municipais.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/504/177_2025_informacoes_sobre_o_atendimento_de_criancas_de_0_a_3_anos_nas_creches_municipais.pdf</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDO OFÍCIO, NA FORMA REGIMENTAL AO PREFEITO, SOLICITANDO INFORMAÇÕES SOBRE O ATENDIMENTO DE CRIANÇAS DE 0 A 3 ANOS NAS CRECHES MUNICIPAIS.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/527/207_2025_mocao_de_aplausos_ao_servidor_fernando_camargo.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/527/207_2025_mocao_de_aplausos_ao_servidor_fernando_camargo.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa diretora que seja expedida na forma regimental, moção de aplausos ao servidor Fernando Camargo, lotado no setor de recursos de multas da Secretaria de Ordem Pública deste município.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>Guilherme Rosa, Claudio Japones, Denilson Ligeirinho, Edinho da Dengue, Heliomar do Gás, Lenice Viana, Macarrão, Marco Aurelio, Neguinho da Oficina, Zaninho</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/541/227_2025_mocao_de_repudio_contra_as_praticas_da_empresa_igua____autoria_de_todos_os_vereadores._1.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/541/227_2025_mocao_de_repudio_contra_as_praticas_da_empresa_igua____autoria_de_todos_os_vereadores._1.pdf</t>
   </si>
   <si>
     <t>Moção de repúdio contra as práticas da empresa Iguá Saneamento.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/542/228_2025_mocao_de_repudio_contra_as_praticas_da_empresa_light___autoria_de_todos_os_vereadores._1.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/542/228_2025_mocao_de_repudio_contra_as_praticas_da_empresa_light___autoria_de_todos_os_vereadores._1.pdf</t>
   </si>
   <si>
     <t>Moção de repudio contra a empresa LIGHT.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/543/229_2025_mocao_de_repudio_contra_as_praticas_da_empresa_tim_brasil__autoria_de_todos_os_vereadores._1.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/543/229_2025_mocao_de_repudio_contra_as_praticas_da_empresa_tim_brasil__autoria_de_todos_os_vereadores._1.pdf</t>
   </si>
   <si>
     <t>Moção de repúdio contra as práticas da empresa Tim brasil.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/560/246_2025_mocao_de_pesara_familia_do_senhor_jorge_teixeira_vieira..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/560/246_2025_mocao_de_pesara_familia_do_senhor_jorge_teixeira_vieira..pdf</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL MOÇÃO DE PESAR À FAMÍLIA DO SR. JORGE TEIXEIRA VIEIRA.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/571/265_2025_-__informacoes_acerca_da_academia_da_saude_que_seria_instalada_na_praca_do_bairro_bela_vista..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/571/265_2025_-__informacoes_acerca_da_academia_da_saude_que_seria_instalada_na_praca_do_bairro_bela_vista..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDO OFÍCIO, NA FORMA REGIMENTAL AO PREFEITO, SOLICITANDO INFORMAÇÕES, ACERCA DA ACADEMIA DA SAÚDE QUE SERIA INSTALADA NA PRAÇA DO BAIRRO BELA VISTA.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/583/276_2025_-_mocao_de_aplausos_aos_policiais_militares_leonardo_thiago_e_josientom.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/583/276_2025_-_mocao_de_aplausos_aos_policiais_militares_leonardo_thiago_e_josientom.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS POLICIAIS MILITARES: 3º SGT PM LEONARDO MOREIRA DE SOUZA, 3º SGT PM THIAGO DA SILVA VIEIRA MOREIRA E CB PM JOSIELTON PAULINO DA SILVA, DO 10º BATALHÃO, 2ª CIA, EM RECONHECIMENTO AO EXCELENTE TRABALHO PRESTADO À POPULAÇÃO.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/608/305_2025_mocao_de_aplausos_a_brigada_de_bombeiros_civil.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/608/305_2025_mocao_de_aplausos_a_brigada_de_bombeiros_civil.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À BRIGADA DE BOMBEIROS CIVIL – EM RECONHECIMENTO AO TRABALHO VOLUNTÁRIO PRESTADO DURANTE O EVENTO - CARNAVAL 2025, DESTACANDO A DEDICAÇÃO E O COMPROMISSO DESSES PROFISSIONAIS COM A SEGURANÇA DA POPULAÇÃO.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/630/336_2025_mocao_de_aplausos_ao_senhor_jose_carlos_costa.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/630/336_2025_mocao_de_aplausos_ao_senhor_jose_carlos_costa.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR JOSÉ CARLOS COSTA, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/631/337_2025_mocao_de_aplausos_a_servidora_cleusa_maria_de_freitas_portugal.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/631/337_2025_mocao_de_aplausos_a_servidora_cleusa_maria_de_freitas_portugal.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À SERVIDORA CLEUSA MARIA DE FREITAS PORTUGAL, PELOS RELEVANTES SERVIÇOS PRESTADOS AO LONGO DE SUA TRAJETÓRIA PROFISSIONAL JUNTO À CÂMARA MUNICIPAL DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/633/339_2025_informacoes_paralisacao_do_programa_de_fortalecimento_de_vinculo_e_do_atendimento_integral_a_familia_pelo_cras.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/633/339_2025_informacoes_paralisacao_do_programa_de_fortalecimento_de_vinculo_e_do_atendimento_integral_a_familia_pelo_cras.docx</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental Ofício ao Prefeito solicitando informações sobre a paralisação do Programa de Fortalecimento de Vínculo e do Atendimento Integral à Família, executados pelo CRAS.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/658/372_2025_expedido_oficio_ao_prefeito_solicitando_as_seguintes_informacoes_abaixo_transcritas.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/658/372_2025_expedido_oficio_ao_prefeito_solicitando_as_seguintes_informacoes_abaixo_transcritas.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL OFÍCIO AO PREFEITO SOLICITANDO AS SEGUINTES INFORMAÇÕES ABAIXO TRANSCRITAS:_x000D_
 _x000D_
 1.	RELAÇÃO NOMINAL COM O VALOR QUE CADA PESSOA EXONERADA TEM A RECEBER A PARTIR DE 01/10/2024 ATÉ 31/01/2025;_x000D_
 2.	INFORMAÇÃO SOBRE EVENTUAL ORDEM CRONOLÓGICA E PREVISÃO DE PAGAMENTOS DAS RESCISÕES EM ATENDIMENTO À PRIORIDADE ALUDIDA NO ARTIGO 29 DA LEI ORGÂNICA MUNICIPAL DE PATY DO ALFERES;_x000D_
 3.	SALDO EM CONTA BANCÁRIA NAS FONTES 1500 E 1501 EM 02/01/2025;_x000D_
 4.	QUAL O SUPERÁVIT DAS FONTES 1500 E 1501 DO EXERCÍCIO DE 2024 PARA 2025;_x000D_
 5.	INFORMAÇÕES SOBRE O CUMPRIMENTO DOS PRINCÍPIOS CONSTITUCIONAIS DA ISONOMIA E IMPESSOALIDADE DO ARTIGO 37 DA CONSTITUIÇÃO FEDERAL NO PAGAMENTO DAS RESCISÕES.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/708/428_2025_mocao_de_aplausos_ao_senhor_carmelio_lisboa_martins.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/708/428_2025_mocao_de_aplausos_ao_senhor_carmelio_lisboa_martins.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SENHOR CARMÉLIO LISBOA MARTINS, EM RECONHECIMENTO À SUA TRAJETORIA COMO GRANDE PRODUTOR AGRÍCOLA E PELO RELEVANTE TRABALHO PRESTADO COMO PRIMEIRO SECRETÁRIO DE AGRICULTURA DO MUNICÍPIO  DE PATY DO ALFERES</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/756/480_2025_mocao_de_aplausos_a_diocese_de_valenca.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/756/480_2025_mocao_de_aplausos_a_diocese_de_valenca.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À DIOCESE DE VALENÇA DA IGREJA CATÓLICA APOSTÓLICA ROMANA, EM HOMENAGEM AOS SEUS 100 ANOS DE FUNDAÇÃO.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/787/516_2025_mocao_de_aplausos_ao_coronel_pm_marcello_henrique_ferreira_guimaraes..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/787/516_2025_mocao_de_aplausos_ao_coronel_pm_marcello_henrique_ferreira_guimaraes..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO CORONEL PM MARCELLO HENRIQUE FERREIRA GUIMARÃES.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/788/517_2025_mocao_de_aplausos_ao_tenente-coronel_pm_emerson_jose_da_silva_moura.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/788/517_2025_mocao_de_aplausos_ao_tenente-coronel_pm_emerson_jose_da_silva_moura.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO TENENTE-CORONEL PM EMERSON JOSÉ DA SILVA MOURA</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>Guilherme Rosa, Neguinho da Oficina</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/812/542_2025_-_mocao_de_aplausos_ao_subsecretario_de_defesa_civil_celso_lopes_dornelas__guilherme_e_neguinho.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/812/542_2025_-_mocao_de_aplausos_ao_subsecretario_de_defesa_civil_celso_lopes_dornelas__guilherme_e_neguinho.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SUBSECRETÁRIO DE DEFESA CIVIL CELSO LOPES DORNELAS.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/822/555_2025_mocao_aplausos_ao_vereador_presidente_desta_casa_legislativa_guilherme_rosa_rodrigue..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/822/555_2025_mocao_aplausos_ao_vereador_presidente_desta_casa_legislativa_guilherme_rosa_rodrigue..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO VEREADOR PRESIDENTE DESTA CASA LEGISLATIVA, GUILHERME ROSA RODRIGUES.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/824/561_2025_mocao_de_aplausos_ao_servidor_jose_gilvandro_de_souza_baltar..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/824/561_2025_mocao_de_aplausos_ao_servidor_jose_gilvandro_de_souza_baltar..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SERVIDOR JOSÉ GILVANDRO DE SOUZA BALTAR.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/828/565_2025_mocao_aplausos__ao_fisioterapeuta_luis_claudio_pereira_lima..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/828/565_2025_mocao_aplausos__ao_fisioterapeuta_luis_claudio_pereira_lima..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO FISIOTERAPEUTA LUÍS CLÁUDIO PEREIRA LIMA.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/829/566_2025_mocao_aplausos__fisioterapeuta_carla_adriana_cunha_maio_carvalho..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/829/566_2025_mocao_aplausos__fisioterapeuta_carla_adriana_cunha_maio_carvalho..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À FISIOTERAPEUTA CARLA ADRIANA CUNHA MAIO CARVALHO.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/830/567_2025__mocao_de_aplausos_ao_instituto_nossa_senhora_aparecida..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/830/567_2025__mocao_de_aplausos_ao_instituto_nossa_senhora_aparecida..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO INSTITUTO NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/836/573_2025_-_mocao_de_aplausos_as_finalistas_do_concurso_de_rainha_da_festa_do_tomate_e_ao_organizador_do_evento..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/836/573_2025_-_mocao_de_aplausos_as_finalistas_do_concurso_de_rainha_da_festa_do_tomate_e_ao_organizador_do_evento..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL MOÇÃO DE APLAUSOS ÀS FINALISTAS DO CONCURSO DA RAINHA DA FESTA DO TOMATE 2025 E AO ORGANIZADOR DO EVENTO.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/837/574_2025_mocao_de_aplausos_aos_policiais_militares__marco_antonio_thiago_da_silva_e_josielton_paulino.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/837/574_2025_mocao_de_aplausos_aos_policiais_militares__marco_antonio_thiago_da_silva_e_josielton_paulino.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AOS POLICIAIS MILITARES: 2º TENENTE PM MARCO ANTÔNIO SANTOS SOUZA, 3º SARGENTO PM THIAGO DA SILVA VIEIRA MOREIRA, E CABO PM JOSIELTON PAULINO DA SILVA.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/852/590_2025_mocao_de_aplausos_ao_nobre_vereador_wilson_rosa_de_souza_macarrao..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/852/590_2025_mocao_de_aplausos_ao_nobre_vereador_wilson_rosa_de_souza_macarrao..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO NOBRE VEREADOR WILSON ROSA DE SOUZA (MACARRÃO).</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/853/591_2025_mocao_de_aplausos_ao_prefeito_julio_avelino_oliveira_de_moura_junior..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/853/591_2025_mocao_de_aplausos_ao_prefeito_julio_avelino_oliveira_de_moura_junior..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO EXCELENTÍSSIMO SENHOR PREFEITO JÚLIO AVELINO OLIVEIRA DE MOURA JÚNIOR.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/858/596_2025_mocao_de_aplausos_ao_mestre_petr_turya..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/858/596_2025_mocao_de_aplausos_ao_mestre_petr_turya..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO MESTRE PETR TURYA.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/859/597_2025_mocao_de_aplausos_ao_professor_andre_luiz_martins_roland..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/859/597_2025_mocao_de_aplausos_ao_professor_andre_luiz_martins_roland..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO PROFESSOR ANDRÉ LUIZ MARTINS ROLAND.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/860/598_2025_mocao_de_aplausos_ao_senhor_elvis_villela_duarte..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/860/598_2025_mocao_de_aplausos_ao_senhor_elvis_villela_duarte..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SENHOR ELVIS VILLELA DUARTE.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/865/610_2025_mocao_de_aplausos_a_veterinaria_fernanda_galdino_da_rocha.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/865/610_2025_mocao_de_aplausos_a_veterinaria_fernanda_galdino_da_rocha.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL MOÇÃO DE APLAUSOS À VETERINÁRIA FERNANDA GALDINO DA ROCHA.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/873/621_2025__mocao_de_aplausos_a_fetaerj__federacao_de_teatro_associativo_do_estado_do_rio_de_janeiro..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/873/621_2025__mocao_de_aplausos_a_fetaerj__federacao_de_teatro_associativo_do_estado_do_rio_de_janeiro..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À FETAERJ – FEDERAÇÃO DE TEATRO ASSOCIATIVO DO ESTADO DO RIO DE JANEIRO</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/877/626_2025_mocao_aplausos__a_servidora_raquel_da_silva_leal..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/877/626_2025_mocao_aplausos__a_servidora_raquel_da_silva_leal..docx</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora que seja expedida na forma regimental, MOÇÃO DE APLAUSOS À SERVIDORA RAQUEL DA SILVA LEAL.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/878/627_2025_mocao_aplausos__a_sra._laura_cristina_ribeiro_proenca.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/878/627_2025_mocao_aplausos__a_sra._laura_cristina_ribeiro_proenca.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À SRA. LAURA CRISTINA RIBEIRO PROENÇA.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/879/628_2025_mocao_aplausos__ao_servidor_alfranio_luiz_lopes_babo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/879/628_2025_mocao_aplausos__ao_servidor_alfranio_luiz_lopes_babo..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SERVIDOR ALFRANIO LUIZ LOPES BABO.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/880/629_2025_mocao_de_aplausos_ao_bombeiro_francisco_lopes_da_silva..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/880/629_2025_mocao_de_aplausos_ao_bombeiro_francisco_lopes_da_silva..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO BOMBEIRO FRANCISCO LOPES DA SILVA</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/882/631_2025_mocao_de_aplausos_ao_secretario_municipal_de_obras_juliano_de_almeida_amaral_ao_diretor_iago_ventura_da_silva.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/882/631_2025_mocao_de_aplausos_ao_secretario_municipal_de_obras_juliano_de_almeida_amaral_ao_diretor_iago_ventura_da_silva.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SECRETÁRIO MUNICIPAL DE OBRAS JULIANO DE ALMEIDA AMARAL, AO DIRETOR IAGO VENTURA DA SILVA E A TODA A EQUIPE DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/894/649_2025_-_mocao_de_aplausos_aos_professores_comissao_tecnica_e_diretores_colegios.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/894/649_2025_-_mocao_de_aplausos_aos_professores_comissao_tecnica_e_diretores_colegios.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL MOÇÃO DE APLAUSOS AOS PROFESSORES, MEMBROS DA COMISSÃO TÉCNICA E DIRETORES, EM RECONHECIMENTO AOS SEU INESTIMÁVEL TRABALHO E DEDICAÇÃO QUE CULMINARAM NO NOTÁVEL DESEMPENHO DAS EQUIPES DAS ESCOLAS MUNICIPAIS LIDDY MIGNONE E VEREADOR SIDNEY DE MELLO FREITAS NOS JOGOS ESTUDANTIS DO RIO DE JANEIRO – JERJ 2025.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/895/650_2025_-_mocao_de_aplausos_aos_atletas_da_escola_municipal_liddy_mignone.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/895/650_2025_-_mocao_de_aplausos_aos_atletas_da_escola_municipal_liddy_mignone.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL MOÇÃO DE APLAUSOS AOS ATLETAS DA ESCOLA MUNICIPAL LIDDY MIGNONE, EM RECONHECIMENTO AO SEU BRILHANTE DESEMPENHO NOS JOGOS ESTUDANTIS DO RIO DE JANEIRO ‒ JERJ 2025.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/896/651_2025_-_mocao_de_aplausos_as_atletas_da_escola_municipal_vereador_sidney_de_mello_freitas.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/896/651_2025_-_mocao_de_aplausos_as_atletas_da_escola_municipal_vereador_sidney_de_mello_freitas.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL MOÇÃO DE APLAUSOS AS ATLETAS DA ESCOLA MUNICIPAL VEREADOR SIDNEY DE MELLO FREITAS, EM RECONHECIMENTO AO SEU BRILHANTE DESEMPENHO NOS JOGOS ESTUDANTIS DO RIO DE JANEIRO – JERJ 2025.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/897/652_2025_mocao_aplausos_a_mara_dalila_oliveira_da_costa..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/897/652_2025_mocao_aplausos_a_mara_dalila_oliveira_da_costa..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS A MARA DALILA OLIVEIRA DA COSTA.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/910/666_2025__mocao_de_pesar_a_familia_de_jorge_da_cunha_santos.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/910/666_2025__mocao_de_pesar_a_familia_de_jorge_da_cunha_santos.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL MOÇÃO DE PESAR À FAMÍLIA DO SR. JORGE DA CUNHA SANTOS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/924/684_2025_mocao_de_aplausos_a_senhora_solange_raiboltte_turl..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/924/684_2025_mocao_de_aplausos_a_senhora_solange_raiboltte_turl..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À SENHORA SOLANGE RAIBOLTTE TURL.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/925/685_2025_mocao_de_aplausos_aos_agentes_de_combate_a_endemias_luiz_fernando_baptista_joaquim_e_jose_ricardo_faria_de_freitas..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/925/685_2025_mocao_de_aplausos_aos_agentes_de_combate_a_endemias_luiz_fernando_baptista_joaquim_e_jose_ricardo_faria_de_freitas..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AOS AGENTES DE COMBATE A ENDEMIAS LUIZ FERNANDO BAPTISTA JOAQUIM E JOSÉ RICARDO FARIA DE FREITAS.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/928/688_2025_mocao_de_aplausos_a_empresa_irmaos_faustino_porto_e_cia_ltda_fazenda_das_antas.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/928/688_2025_mocao_de_aplausos_a_empresa_irmaos_faustino_porto_e_cia_ltda_fazenda_das_antas.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À EMPRESA IRMÃOS FAUSTINO PORTO E CIA LTDA (FAZENDA DAS ANTAS)</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/929/689_2025_-_mocao_de_aplausos_aos_policiais_militares_foragido_da_justica.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/929/689_2025_-_mocao_de_aplausos_aos_policiais_militares_foragido_da_justica.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO 1º TEN PM LUCIANO DA SILVA DOS SANTOS, 2º SGT PM ROBSON MALHEIROS PADILHA JÚNIOR, 3º SGT PM FÁBIO PEREIRA GOULART, 3º SGT PM RODRIGO DIAS DE CASTRO, 3º SGT PM RG DANILO CAETANO TAKIGUTI E 3º SGT PM OSÉAS ROSA RODRIGUES, EM RECONHECIMENTO AO EXCELENTE TRABALHO PRESTADO À POPULAÇÃO E PELO EXCEPCIONAL DESEMPENHO EM OCORRÊNCIA POLICIAL.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/930/690_2025_-_mocao_de_aplausos_aos_policiais_militares_trafico_ilicito_de_drogas.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/930/690_2025_-_mocao_de_aplausos_aos_policiais_militares_trafico_ilicito_de_drogas.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AOS POLICIAIS MILITARES: 2º SGT PM ROBSON MALHEIROS PADILHA JÚNIOR, 3º SGT PM FÁBIO PEREIRA GOULART, 3º SGT PM MARCOS PAULO BARBOSA MORAES, 3º SGT PM FRED ARAÚJO MONSORES, 1º SGT PM RG JAKSON MERCÊS E 3º SGT PM REINALDO ALVES OLIVEIRA, EM RECONHECIMENTO AO EXCELENTE TRABALHO PRESTADO À POPULAÇÃO.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/931/691_2025_-_mocao_de_aplausos_aos_policiais_militares_veiculo_em_atitude_suspeita_.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/931/691_2025_-_mocao_de_aplausos_aos_policiais_militares_veiculo_em_atitude_suspeita_.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AOS POLICIAIS MILITARES 1º SGT PM DANIEL OLIVEIRA DA SILVA, 3º SGT PM LILIAN DENISE DE SOUZA FERRAZ, CB PM BRUNO VIEIRA DE ALMEIDA E CB PM TIAGO HILÁRIO DE SOUZA, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS À POPULAÇÃO E AO EXCELENTE DESEMPENHO EM OCORRÊNCIA POLICIAL.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/935/692_2025_mocao_de_aplausos_ao_senhor_carlos_roberto_carius_rosa..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/935/692_2025_mocao_de_aplausos_ao_senhor_carlos_roberto_carius_rosa..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SENHOR CARLOS ROBERTO CARIUS ROSA.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/936/693_2025_mocao_de_aplausos_ao_senhor_mateus_lima_de_carvalho.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/936/693_2025_mocao_de_aplausos_ao_senhor_mateus_lima_de_carvalho.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SENHOR MATEUS LIMA DE CARVALHO, CHEFE DE TRANSPORTE DA SAÚDE.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/945/709_2025_-_mocao_de_aplausos_ao_sr._alan_bastos_da_silva..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/945/709_2025_-_mocao_de_aplausos_ao_sr._alan_bastos_da_silva..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SR. ALAN BASTOS DA SILVA.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/949/713_2025_mocao_de_aplausos__ao_padre_itamar_andrade_santos.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/949/713_2025_mocao_de_aplausos__ao_padre_itamar_andrade_santos.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO PADRE ITAMAR ANDRADE SANTOS.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/950/714_2025_mocao_de_aplausos_ao_padre_welder_de_carvalho_silva..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/950/714_2025_mocao_de_aplausos_ao_padre_welder_de_carvalho_silva..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO PADRE WELDER DE CARVALHO SILVA.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/977/730_2025___mocao_de_aplausos_aos_atletas_da_categoria_sub-11_e_a_comissao_tecnica.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/977/730_2025___mocao_de_aplausos_aos_atletas_da_categoria_sub-11_e_a_comissao_tecnica.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AOS ATLETAS DA CATEGORIA SUB-11 E À COMISSÃO TÉCNICA QUE REPRESENTARAM O MUNICÍPIO DE PATY DO ALFERES EM AMISTOSO REALIZADO EM SÃO PAULO, CONTRA A EQUIPE DA SOCIEDADE ESPORTIVA PALMEIRAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/978/731_2025___mocao_de_aplausos_aos_profissionais_da_tv_rio_sul.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/978/731_2025___mocao_de_aplausos_aos_profissionais_da_tv_rio_sul.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AOS PROFISSIONAIS DA TV RIO SUL – REPÓRTER CINEMATOGRÁFICO VALBER DE OLIVEIRA MATIAS E JORNALISTA GABRIEL FERREIRA.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/976/734_2025_mocao_de_aplausos_ao_professor_e_aos_alunos_do_projeto_escola_leo_brazilian_jiu-jitsu.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/976/734_2025_mocao_de_aplausos_ao_professor_e_aos_alunos_do_projeto_escola_leo_brazilian_jiu-jitsu.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO PROFESSOR E AOS ALUNOS DO PROJETO ESCOLA LÉO BRAZILIAN JIU-JÍTSU, EM RECONHECIMENTO À BRILHANTE PARTICIPAÇÃO NO CAMPEONATO MUNDIAL DE JIU-JÍTSU 2025 COM KIMONO, ONDE REPRESENTARAM COM DESTAQUE O MUNICÍPIO DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/961/734_2025_mocao_de_aplausos_ao_professor_e_aos_alunos_do_projeto_escola_leo_brazilian_jiu-jitsu.docx</t>
-[...2 lines deleted...]
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/966/741_2025_mocao_de_aplausos_senhor_cid_matos_carius..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/961/734_2025_mocao_de_aplausos_ao_professor_e_aos_alunos_do_projeto_escola_leo_brazilian_jiu-jitsu.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/966/741_2025_mocao_de_aplausos_senhor_cid_matos_carius..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SENHOR CID MATOS CARIUS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/971/746_2025_mocao_de_aplausos_ao_pastor_marcio_rosa_da_silva..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/971/746_2025_mocao_de_aplausos_ao_pastor_marcio_rosa_da_silva..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO PASTOR MÁRCIO ROSA DA SILVA.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/979/756_2025_-_mocao_de_pesar_a_familia_do_sr._jose_carlos_de_azevedo_rodrigues..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/979/756_2025_-_mocao_de_pesar_a_familia_do_sr._jose_carlos_de_azevedo_rodrigues..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE PESAR À FAMÍLIA DO SR. JOSÉ CARLOS DE AZEVEDO RODRIGUES, MAIS CONHECIDO COMO NONÔ.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/980/757_2025_-_mocao_de_pesar_a_familia_do_vereador_denilson_da_costa_nogueira..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/980/757_2025_-_mocao_de_pesar_a_familia_do_vereador_denilson_da_costa_nogueira..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL MOÇÃO DE PESAR À FAMÍLIA DO VEREADOR DENILSON DA COSTA NOGUEIRA.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/986/763_2025_-_mocao_de_aplausosaos_profissionais_de_saude_do_hospital_municipal_luiz_gonzaga.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/986/763_2025_-_mocao_de_aplausosaos_profissionais_de_saude_do_hospital_municipal_luiz_gonzaga.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AOS PROFISSIONAIS DE SAÚDE DO HOSPITAL MUNICIPAL LUIZ GONZAGA: ADRIANA TAVARES DA SILVA, FLÁVIO DE SOUZA MATTOS, LARA DA COSTA FAGUNDES E CARLOS JOSÉ DE SOUZA GOMES.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/988/765_2025_mocao_aplausos__ao_senhor_jose_carlos_costa.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/988/765_2025_mocao_aplausos__ao_senhor_jose_carlos_costa.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SENHOR JOSÉ CARLOS COSTA, EX-VEREADOR DESTA CASA LEGISLATIVA.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/991/770_2025_mocao_de_aplausos_ao_secretario_de_ordem_publica_de_paty_roan_carlo_nascimento_teixeira.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/991/770_2025_mocao_de_aplausos_ao_secretario_de_ordem_publica_de_paty_roan_carlo_nascimento_teixeira.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SECRETÁRIO MUNICIPAL DE ORDEM PÚBLICA, ROAN CARLO NASCIMENTO TEIXEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/994/773_2025_mocao_aplausos__a_sra._mariangela_aparecida_fernandes_conrado.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/994/773_2025_mocao_aplausos__a_sra._mariangela_aparecida_fernandes_conrado.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À SRA. MARIANGELA APARECIDA FERNANDES CONRADO.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/995/774_2025_mocao_aplausos__ao_sr_daniel_rodrigues_saraiva..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/995/774_2025_mocao_aplausos__ao_sr_daniel_rodrigues_saraiva..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SR. DANIEL RODRIGUES SARAIVA.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/996/775_2025_mocao_aplausos__ao_sr._odenir_gomes_duarte..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/996/775_2025_mocao_aplausos__ao_sr._odenir_gomes_duarte..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SR. ODENIR GOMES DUARTE.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1002/782_2025_mocao_de_aplausos__a_equipe_de_saude_mental_do_municipio_de_paty_do_alferes.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1002/782_2025_mocao_de_aplausos__a_equipe_de_saude_mental_do_municipio_de_paty_do_alferes.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS A EQUIPE DE SAÚDE MENTAL DO MUNICÍPIO DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1020/797_2025_mocao_de_aplausos_ao_secretario_de_saude_de_paty_sr._leonardo_pereira_dos_santos..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1020/797_2025_mocao_de_aplausos_ao_secretario_de_saude_de_paty_sr._leonardo_pereira_dos_santos..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SECRETÁRIO DE SAÚDE, SR. LEONARDO PEREIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1025/802_2025_mocao_aplausos__a_danila_maria_da_silva_braga_dan_silva_e_rodolfo_da_silva_ferreira..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1025/802_2025_mocao_aplausos__a_danila_maria_da_silva_braga_dan_silva_e_rodolfo_da_silva_ferreira..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS A DANILA MARIA DA SILVA BRAGA (DAN SILVA) E RODOLFO DA SILVA FERREIRA.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1040/851_2025_mocao_de_aplausos_ao_dedica_centro_educacional._1.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1040/851_2025_mocao_de_aplausos_ao_dedica_centro_educacional._1.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO CENTRO EDUCACIONAL DEDICA.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1042/856_2025_mocao_de_aplausos_a_sra._michele_benazzi_da_silva.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1042/856_2025_mocao_de_aplausos_a_sra._michele_benazzi_da_silva.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À SRA. MICHELE BENAZZI DA SILVA, DIRETORA DA REGULAÇÃO DA SECRETARIA DE SAÚDE.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1044/858_2025__mocao_de_aplausos_ao_coordenador_do_programa_da_dengue_johnny_davidson_cardoso_e_a_supervisora_tatiana_viana_costa_soares..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1044/858_2025__mocao_de_aplausos_ao_coordenador_do_programa_da_dengue_johnny_davidson_cardoso_e_a_supervisora_tatiana_viana_costa_soares..docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO COORDENADOR DO PROGRAMA DA DENGUE, JOHNNY DAVIDSON CARDOSO COSTA, E À SUPERVISORA TATIANA VIANA COSTA SOARES.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1061/875_2025_mocao_de_aplausos_ao__pastor_humberto_bertholdo_rosa..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1061/875_2025_mocao_de_aplausos_ao__pastor_humberto_bertholdo_rosa..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO PASTOR HUMBERTO BERTHOLDO ROSA.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1062/876_2025_mocao_de_aplausos_ao_sr._iago_luiz_cristian_silva_oliveira_campanhao..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1062/876_2025_mocao_de_aplausos_ao_sr._iago_luiz_cristian_silva_oliveira_campanhao..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SR. IAGO LUIZ CRISTIAN SILVA OLIVEIRA CAMPANHÃO.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1068/882_2025_-_mocao_de_pesar_a_familia_da_dra._carmen_suzana_gomes_vieira_muniz..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1068/882_2025_-_mocao_de_pesar_a_familia_da_dra._carmen_suzana_gomes_vieira_muniz..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL MOÇÃO DE PESAR À FAMÍLIA DA DRA. CARMEN SUZANA GOMES VIEIRA MUNIZ.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1072/888_2025_-_mocao_de_pesa_a_damilia_do_diego_dos_santos_coelho..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1072/888_2025_-_mocao_de_pesa_a_damilia_do_diego_dos_santos_coelho..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL MOÇÃO DE PESAR À FAMÍLIA DE DIEGO DOS SANTOS COELHO.</t>
   </si>
   <si>
-    <t>1077</t>
-[...2 lines deleted...]
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1077/893_2025_mocao_aplausos__a_sra._eva_aparecida_figueira_ferreira..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1077/893_2025_mocao_aplausos__a_sra._eva_aparecida_figueira_ferreira..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À SRA. EVA APARECIDA FIGUEIRA FERREIRA.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1080/896_2025_-_mocao_de_aplausos_ao_sr._nei_jose_medeiros..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1080/896_2025_-_mocao_de_aplausos_ao_sr._nei_jose_medeiros..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SR. NEI JOSÉ MEDEIROS.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>Claudio Japones, Edinho da Dengue, Feijão, Guilherme Rosa, Heliomar do Gás, Lenice Viana, Macarrão, Marco Aurelio, Neguinho da Oficina, Vinicinho, Zaninho</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1095/907_2025_audiencia_publica_sobre_empesa_igua_-___autoria_de_todos_os_vereadores..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1095/907_2025_audiencia_publica_sobre_empesa_igua_-___autoria_de_todos_os_vereadores..docx</t>
   </si>
   <si>
     <t>REQUEREMOS À MESA DIRETORA, QUE SEJA EXPEDIDA, NA FORMA REGIMENTAL, SOLICITAÇÃO DE AUDIÊNCIA PÚBLICA PARA DISCUTIR OS PROBLEMAS NA GESTÃO DOS RECURSOS HÍDRICOS, ATENDIMENTO AOS CONSUMIDORES E OUTROS PROBLEMAS RELATADOS PELOS MUNÍCIPES EM RELAÇÃO AOS SERVIÇOS PRESTADOS PELA CONCESSIONÁRIA IGUÁ SANEAMENTO, CONFORME O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PATY DO ALFERES, ESPECIFICAMENTE O ARTIGO 268, CONSIDERANDO AS INÚMERAS RECLAMAÇÕES REFERENTES A FALHAS E ABUSOS COMETIDOS PELA EMPRESA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1099/920_2025_mocao_de_aplausos_ao_prefeito_julio_avelino_oliveira_de_moura_junior._paty_agro_show.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1099/920_2025_mocao_de_aplausos_ao_prefeito_julio_avelino_oliveira_de_moura_junior._paty_agro_show.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO EXCELENTÍSSIMO SENHOR PREFEITO JULIO AVELINO OLIVEIRA DE MOURA JÚNIOR.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1114/937_2025_mocao_aplausos__a_sra._heloiza_de_lima..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1114/937_2025_mocao_aplausos__a_sra._heloiza_de_lima..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À SRA. HELOIZA DE LIMA.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1115/938_2025_mocao_aplausos__a_sra._karlla_lisboa_simonis..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1115/938_2025_mocao_aplausos__a_sra._karlla_lisboa_simonis..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À SRA. KARLLA LISBOA SIMONIS.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1116/939_2025_mocao_aplausos__ao_sr._bruno_bessa_de_paulo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1116/939_2025_mocao_aplausos__ao_sr._bruno_bessa_de_paulo..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SR. BRUNO BESSA DE PAULO.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1117/940_2025__-_mocao_de_aplausos_aos_policiais_civis.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1117/940_2025__-_mocao_de_aplausos_aos_policiais_civis.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AOS POLICIAIS CIVIS: BEATRIZ OLIVEIRA DA SILVA (INVESTIGADORA), JÉSSICA VILLA NOVA DA SILVA (INVESTIGADORA), ANANDA CAROLINE CICERO FERREIRA CURITYBA (INSPETORA), CARLOS ANDRÉ DA CRUZ SILVA (INSPETOR), RAFAEL GERSON ALVES DE ÁVILA (INSPETOR) E SAMUEL DUTRA FRANÇA JÚNIOR (INSPETOR).</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1125/954_2025_mocao_de_aplausos_ao_sr_rogerio__mendes_de_melo.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1125/954_2025_mocao_de_aplausos_ao_sr_rogerio__mendes_de_melo.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SR. ROGÉRIO MENDES DE MELO.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1126/955_2025_mocao_de_aplausos_ao_sr._osias_gomes_rosa..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1126/955_2025_mocao_de_aplausos_ao_sr._osias_gomes_rosa..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SR. OSIAS GOMES ROSA.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1130/960_2025_mocao_de_aplausos_carlos_alexandre_passos_de_souza..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1130/960_2025_mocao_de_aplausos_carlos_alexandre_passos_de_souza..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SR. CARLOS ALEXANDRE PASSOS DE SOUZA.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1147/981_2025_mocao_aplausos_a_funcionaria_da_emater_audinea_da_silva_nunes..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1147/981_2025_mocao_aplausos_a_funcionaria_da_emater_audinea_da_silva_nunes..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À FUNCIONÁRIA DA EMATER, AUDINÉA DA SILVA NUNES.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1173/1009_2025_mocao_aplausos__jetania_alves_teixeira_rodrigues..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1173/1009_2025_mocao_aplausos__jetania_alves_teixeira_rodrigues..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À SENHORA JETANIA ALVES TEIXEIRA RODRIGUES.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1175/1011_2025_mocao_de_aplausos_a_sra._daiana_dutra_de_medeiros_de_souza_goncalves..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1175/1011_2025_mocao_de_aplausos_a_sra._daiana_dutra_de_medeiros_de_souza_goncalves..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À SRA. DAIANA DUTRA DE MEDEIROS DE SOUZA GONÇALVES.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1177/1013_2025_mocao_de_aplausos_ao_servidor_publico_wagner_de_souza_barros.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1177/1013_2025_mocao_de_aplausos_ao_servidor_publico_wagner_de_souza_barros.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SERVIDOR PÚBLICO WAGNER DE SOUZA BARROS.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1178/1014_2025_mocao_de_aplausos_ronildo_rodrigues_da_costa..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1178/1014_2025_mocao_de_aplausos_ronildo_rodrigues_da_costa..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SERVIDOR PÚBLICO RONILDO RODRIGUES DA COSTA.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1183/1019_2025_mocao_aplausos_ao_sr._sebastiao_barboza_junior.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1183/1019_2025_mocao_aplausos_ao_sr._sebastiao_barboza_junior.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO DIRETOR DO HOSPITAL MUNICIPAL LUIZ GONZAGA, DR. SEBASTIÃO BARBOZA JÚNIOR.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1231/1037_2025_mocao_de_aplausos_-_acio_contabilidade.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1231/1037_2025_mocao_de_aplausos_-_acio_contabilidade.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS À EMPRESA ACIO CONTABILIDADE, DE PATY DO ALFERES, EM VIRTUDE DA INAUGURAÇÃO DE SUAS NOVAS E MODERNAS INSTALAÇÕES NO CENTRO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1238/1049_2025_edinho_e_feijao_mocao_de_aplausos_aos_servidores_aldemir_de_assis_campos_edson_colli_christo_e_gesse_ribeiro.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1238/1049_2025_edinho_e_feijao_mocao_de_aplausos_aos_servidores_aldemir_de_assis_campos_edson_colli_christo_e_gesse_ribeiro.docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AOS SERVIDORES ALDEMIR DE ASSIS CAMPOS, EDSON COLLI CHRISTO E GESSÉ RIBEIRO, TÉCNICOS DE COMBATE E CONTROLE DAS ARBOVIROSES.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1254/1069_2025__mocao_de_aplausos_ao_senhor_fernando_ribeiro..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1254/1069_2025__mocao_de_aplausos_ao_senhor_fernando_ribeiro..docx</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA QUE SEJA EXPEDIDA NA FORMA REGIMENTAL, MOÇÃO DE APLAUSOS AO SENHOR FERNANDO RIBEIRO.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>PEI</t>
   </si>
   <si>
     <t>Projeto de Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1184/814-2025_-_aquisicao_de_equipamentos_eletroencefalograma_e_nobreak_para_mamografia.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1184/814-2025_-_aquisicao_de_equipamentos_eletroencefalograma_e_nobreak_para_mamografia.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE EQUIPAMENTOS ELETROENCEFALOGRAMA E NOBREAK PARA MAMOGRAFIA</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1185/815-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1185/815-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE VEICULO TIPO VAN PARA TRANSPORTES DE PACIENTES</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1186/816-2025_-_aquisicao_de_medicamentos_da_rede_municipal.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1186/816-2025_-_aquisicao_de_medicamentos_da_rede_municipal.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MEDICAMENTOS DA REDE MUNICIPAL</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1187/817-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1187/817-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1188/818-2025_-_aquisicao_de_equipamentos_para_a_unidade_de_saude_da_granja_da_granja_california.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1188/818-2025_-_aquisicao_de_equipamentos_para_a_unidade_de_saude_da_granja_da_granja_california.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE EQUIPAMENTOS PARA A UNIDADE DE SAÚDE DA GRANJA DA GRANJA CALIFORNIA</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1189/819-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1189/819-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1190/820-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1190/820-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE VEÍCULO TIPO VAN PARA TRANSPORTES DE PACIENTES</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1191/821-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1191/821-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1192/822-2025_-_2_jogos_de_equipamentos_de_academia_de_saude_bosque_da_maravilha_e_quadra_lameirao.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1192/822-2025_-_2_jogos_de_equipamentos_de_academia_de_saude_bosque_da_maravilha_e_quadra_lameirao.pdf</t>
   </si>
   <si>
     <t>2 JOGOS DE EQUIPAMENTOS DE ACADEMIA DE SAÚDE (BOSQUE DA MARAVILHA E QUADRA LAMEIRÃO)</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1193/823-2025_-_realizacao_de_exames_da_saude_da_mulher.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1193/823-2025_-_realizacao_de_exames_da_saude_da_mulher.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE EXAMES DA SAÚDE DA MULHER</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1194/824-2025_-_2_jogos_de_equipamentos_de_academia_de_saude.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1194/824-2025_-_2_jogos_de_equipamentos_de_academia_de_saude.pdf</t>
   </si>
   <si>
     <t>2 JOGOS DE EQUIPAMENTOS DE ACADEMIA DE SAÚDE</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1195/825-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1195/825-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1196/826-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1196/826-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1197/827-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1197/827-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1198/828-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1198/828-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1199/829-2025_-_2_jogos_de_equipamentos_de_academia_de_saude.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1199/829-2025_-_2_jogos_de_equipamentos_de_academia_de_saude.pdf</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1200/830-2025_-_aquisicao_de_equipamentos_eletroencefalograma.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1200/830-2025_-_aquisicao_de_equipamentos_eletroencefalograma.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE EQUIPAMENTOS ELETROENCEFALOGRAMA</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1201/831-2025_-_aquisicao_de_equipamento_para_duas_salas_multisensorial_no_espaco_tea_ame.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1201/831-2025_-_aquisicao_de_equipamento_para_duas_salas_multisensorial_no_espaco_tea_ame.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE EQUIPAMENTO PARA DUAS SALAS MULTISENSORIAL NO ESPAÇO TEA AME</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1202/832-2025_-_aquisicao_de_veiculo_com_carroceria_para_atender_almoxarifado_da_saude.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1202/832-2025_-_aquisicao_de_veiculo_com_carroceria_para_atender_almoxarifado_da_saude.pdf</t>
   </si>
   <si>
     <t>AQUISIÇAO DE VEÍCULO COM CARROCERIA PARA ATENDER ALMOXARIFADO DA SAÚDE</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1203/833-2025_-_asfaltamento_da_rua_joao_paim.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1203/833-2025_-_asfaltamento_da_rua_joao_paim.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO DA RUA JOÃO PAIM</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1204/834-2025_-_aquisicao_de_manilhas_tijolos_e_outros_materiais_para_construcao_de_redes_de_agua_pluvial_no_bairro_recanto_dos_eucalliptos.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1204/834-2025_-_aquisicao_de_manilhas_tijolos_e_outros_materiais_para_construcao_de_redes_de_agua_pluvial_no_bairro_recanto_dos_eucalliptos.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MANILHAS, TIJOLOS E OUTROS MATERIAIS PARA CONSTRUÇÃO DE REDES DE ÁGUA PLUVIAL NO BAIRRO RECANTO DOS EUCALLIPTOS</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1205/835-2025_-_construcao_de_uma_lixeira_comunitaria_no_bairro_boa_vista_proximo_a_mercearia_do_lino.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1205/835-2025_-_construcao_de_uma_lixeira_comunitaria_no_bairro_boa_vista_proximo_a_mercearia_do_lino.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA LIXEIRA COMUNITÁRIA NO BAIRRO BOA VISTA (PRÓXIMO A MERCEARIA DO LINO)</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1206/836-2025_-_asfaltamento_da_subida_da_igreja_casa_de_oracao_de_aquenta_sol.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1206/836-2025_-_asfaltamento_da_subida_da_igreja_casa_de_oracao_de_aquenta_sol.pdf</t>
   </si>
   <si>
     <t>836-2025 - ASFALTAMENTO DA SUBIDA DA IGREJA CASA DE ORAÇÃO DE AQUENTA SOL</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1207/837-2025_-_aquisicao_de_veiculo_4x4_defesa_civil.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1207/837-2025_-_aquisicao_de_veiculo_4x4_defesa_civil.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE VEÍCULO 4X4 DEFESA CIVIL</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1208/838-2025_-_calcamento_em_paralelepipedo_na_estrada_de_palmares.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1208/838-2025_-_calcamento_em_paralelepipedo_na_estrada_de_palmares.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO EM PARALELEPÍPEDO NA ESTRADA DE PALMARES</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1209/839-2025_-_aquisicao_de_manilhas_tijolos_e_outros_materiais_para_construcao_de_redes_de_agua_pluvial_no_bairro_granja_california.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1209/839-2025_-_aquisicao_de_manilhas_tijolos_e_outros_materiais_para_construcao_de_redes_de_agua_pluvial_no_bairro_granja_california.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MANILHAS, TIJOLOS E OUTROS MATERIAIS PARA CONSTRUÇÃO DE REDES DE ÁGUA PLUVIAL NO BAIRRO GRANJA CALIFORNIA</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1210/840-2025_-_aquisicao_compra_de_um_terreno_no_morro_do_macaco.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1210/840-2025_-_aquisicao_compra_de_um_terreno_no_morro_do_macaco.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO (COMPRA), DE UM TERRENO NO ''MORRO DO MACACO''</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1211/841-2025_-_asfaltamento_da_subida_da_igreja_casa_de_oracao_do_bairro_aquenta_sol.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1211/841-2025_-_asfaltamento_da_subida_da_igreja_casa_de_oracao_do_bairro_aquenta_sol.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO DA SUBIDA DA IGREJA CASA DE ORAÇÃO DO BAIRRO AQUENTA SOL</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1212/842-2025_-_reforma_na_quadra_da_escola_do_bairro_campo_verde.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1212/842-2025_-_reforma_na_quadra_da_escola_do_bairro_campo_verde.pdf</t>
   </si>
   <si>
     <t>REFORMA NA QUADRA DA ESCOLA DO BAIRRO CAMPO VERDE</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1213/843-2025_-_calcamento_em_paralelepipedo_na_estrada_de_palmares.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1213/843-2025_-_calcamento_em_paralelepipedo_na_estrada_de_palmares.pdf</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/483/159_2025_dispoe_sobre_a_apreensao_de_motocicletas_com_descarga_irregular_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/483/159_2025_dispoe_sobre_a_apreensao_de_motocicletas_com_descarga_irregular_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APREENSÃO DE MOTOCICLETAS COM DESCARGA IRREGULAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/529/209_2025_institui_a_realizacao_obrigatoria_do_desfile_civico_de_7_de_setembro_no_municipio_de_paty_do_alferes..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/529/209_2025_institui_a_realizacao_obrigatoria_do_desfile_civico_de_7_de_setembro_no_municipio_de_paty_do_alferes..pdf</t>
   </si>
   <si>
     <t>Institui a realização obrigatória do desfile cívico de 7 de setembro no município de Paty do Alferes.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/530/210_2025_dispoe_sobre_a_apreensao_de_motocicletas_com_descarga_irregular_e_da_outras_providencias._1.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/530/210_2025_dispoe_sobre_a_apreensao_de_motocicletas_com_descarga_irregular_e_da_outras_providencias._1.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a apreensão de motocicletas com descarga irregular e dá outras providências.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/531/211_2025_dispoe_sobre_a_criacao_da_policia_municipal_nos_termos_da_pec_572023_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/531/211_2025_dispoe_sobre_a_criacao_da_policia_municipal_nos_termos_da_pec_572023_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>dispõe sobre a criação da polícia municipal, nos termos da pec 57/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/578/260_2025_institui_a_gratuidade_em_transporte_linhas_intermunicipais_que_ligam_paty_vassouras_paraiba_do_sul_e_tres_rios.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/578/260_2025_institui_a_gratuidade_em_transporte_linhas_intermunicipais_que_ligam_paty_vassouras_paraiba_do_sul_e_tres_rios.docx</t>
   </si>
   <si>
     <t>INSTITUI A GRATUIDADE EM TRANSPORTE COLETIVO NAS LINHAS INTERMUNICIPAIS QUE LIGAM PATY DO ALFERES ÀS CIDADES DE VASSOURAS, PARAÍBA DO SUL E TRÊS RIOS, PARA PACIENTES ENCAMINHADOS PELA SECRETÁRIA MUNICIPAL DE SAÚDE QUE IRÃO EFETUAR EXAMES MÉDICOS E/OU CONSULTAS EM TAIS CIDADES, PORTANDO DOCUMENTAÇÃO COMPROBATÓRIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/590/283_2025_dispoe_sobre_a_cobranca_da_tarifa_de_esgoto_pelas_companhias_de_saneamento_basico_do_municipio_de_paty_do_alferes.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/590/283_2025_dispoe_sobre_a_cobranca_da_tarifa_de_esgoto_pelas_companhias_de_saneamento_basico_do_municipio_de_paty_do_alferes.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COBRANÇA DA TARIFA DE ESGOTO PELAS COMPANHIAS DE SANEAMENTO BÁSICO DO MUNICÍPIO DE PATY DO ALFERES APÓS A COMPROVAÇÃO DA EFETIVA PRESTAÇÃO DO SERVIÇO TARIFADO.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/725/442_2025_concede_prazo_para_legalizacao_de_construcao_em_desacordo..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/725/442_2025_concede_prazo_para_legalizacao_de_construcao_em_desacordo..docx</t>
   </si>
   <si>
     <t>CONCEDE PRAZO PARA LEGALIZAÇÃO DE CONSTRUÇÃO EM DESACORDO COM O DISPOSTO NO CÓDIGO MUNICIPAL DE OBRAS DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/732/455_2025_dispoe_sobre_a_isencao_do_imposto_predial_e_territorial_urbano_iptu_para_imoveis_de_propriedade_de_pessoas_com_necessidades_especiais.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/732/455_2025_dispoe_sobre_a_isencao_do_imposto_predial_e_territorial_urbano_iptu_para_imoveis_de_propriedade_de_pessoas_com_necessidades_especiais.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU), PARA IMÓVEIS DE PROPRIEDADE DE PESSOAS COM NECESSIDADES ESPECIAIS, DOENÇAS GRAVES E DEFICIÊNCIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/733/456_2025_dispoe_sobre_a_criacao_de_programa_municipal_de_apoio_a_obtencao_da_carteira_nacional_de_habilitacao_cnh_para_pessoas_de_baixa_renda.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/733/456_2025_dispoe_sobre_a_criacao_de_programa_municipal_de_apoio_a_obtencao_da_carteira_nacional_de_habilitacao_cnh_para_pessoas_de_baixa_renda.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE PROGRAMA MUNICIPAL DE APOIO À OBTENÇÃO DA CARTEIRA NACIONAL DE HABILITAÇÃO (CNH), PARA PESSOAS DE BAIXA RENDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/734/457_2025_dispoe_sobre_a_proibicao_da_cobranca_na_instalacao_de_hidrometros_no_municipio_de_paty_do_alferes_e_da_outras_providencias..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/734/457_2025_dispoe_sobre_a_proibicao_da_cobranca_na_instalacao_de_hidrometros_no_municipio_de_paty_do_alferes_e_da_outras_providencias..docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA COBRANÇA NA INSTALAÇÃO DE HIDRÔMETROS NO MUNICÍPIO DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/735/458_2025_dispoe_sobre_o_adicional_de_insalubridade_dos_agentes_comunitarios_de_saude_do_municipio_de_paty_do_alferes..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/735/458_2025_dispoe_sobre_o_adicional_de_insalubridade_dos_agentes_comunitarios_de_saude_do_municipio_de_paty_do_alferes..docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ADICIONAL DE INSALUBRIDADE DOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E DOS AGENTES DE COMBATE ÀS ENDEMIAS (ACE) DO MUNICÍPIO DE PATY DO ALFERES.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/750/474_2025_estabelece_diretrizes_sobre_a_transparencia_na_cobranca_do_consumo_de_agua_no_municipio_de_paty_do_alferes_e_da_outras_providencias..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/750/474_2025_estabelece_diretrizes_sobre_a_transparencia_na_cobranca_do_consumo_de_agua_no_municipio_de_paty_do_alferes_e_da_outras_providencias..docx</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES SOBRE A TRANSPARÊNCIA NA COBRANÇA DO CONSUMO DE ÁGUA NO MUNICÍPIO DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/799/529_2025_ante_projeto_de_lei_municipal_antenas__vereadores_guilherme_edinho_e_marco_aurelio.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/799/529_2025_ante_projeto_de_lei_municipal_antenas__vereadores_guilherme_edinho_e_marco_aurelio.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS NORMAS PARA IMPLANTAÇÃO E COMPARTILHAMENTO DE INFRAESTRUTURA DE SUPORTE E DE TELECOMUNICAÇÕES.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/803/529_2025_ante_projeto_de_lei_municipal_antenas__vereadores_guilherme_edinho_e_marco_aurelio.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/803/529_2025_ante_projeto_de_lei_municipal_antenas__vereadores_guilherme_edinho_e_marco_aurelio.doc</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/886/635_2025_dispoe_sobre_a_municipalizacao_do_clube_monte_alegre.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/886/635_2025_dispoe_sobre_a_municipalizacao_do_clube_monte_alegre.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A MUNICIPALIZAÇÃO DO CLUBE MONTE ALEGRE, PARA QUE O ESPAÇO POSSA ABRIGAR UM SALÃO DE EVENTOS, ACADEMIA PÚBLICA, QUADRA DE AREIA E OUTRAS ESTRUTURAS DE USO COLETIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1055/869_2025_autoriza_o_poder_executivo_municipal_a_criar_o_polo_de_atendimento_veterinario_e_saude_animal.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1055/869_2025_autoriza_o_poder_executivo_municipal_a_criar_o_polo_de_atendimento_veterinario_e_saude_animal.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O POLO DE ATENDIMENTO VETERINÁRIO E SAÚDE ANIMAL DESTINADO À PRESTAÇÃO DE SERVIÇOS GRATUITOS OU A BAIXO CUSTO À POPULAÇÃO DE BAIXA RENDA E AOS ANIMAIS EM SITUAÇÃO DE VULNERABILIDADE NO MUNICÍPIO DE PATY DO ALFERES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>1074</t>
-[...2 lines deleted...]
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1074/890_2025_institui_o_conselho_municipal_de_esporte_e_o_fundo_municipal_de_esporte_e_da_outras__providencias..docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1074/890_2025_institui_o_conselho_municipal_de_esporte_e_o_fundo_municipal_de_esporte_e_da_outras__providencias..docx</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE ESPORTE E O FUNDO MUNICIPAL DE ESPORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1151/985_2025_institui_o_projeto_cultura_para_todos_e_autoriza_poder_executivo_implantar_sala_de_cinema_publica_em_paty.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1151/985_2025_institui_o_projeto_cultura_para_todos_e_autoriza_poder_executivo_implantar_sala_de_cinema_publica_em_paty.docx</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO “CULTURA PARA TODOS” E AUTORIZA O PODER EXECUTIVO MUNICIPAL A IMPLANTAR UMA SALA DE CINEMA PÚBLICA NO MUNICÍPIO DE PATY DO ALFERES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/383/projeto_de_lei_002_2025_denominacao_de_rua_morro_do_onca_a_rua_que_corta_o_condominio_morro_do_onca_coqueiros_prata_1.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/383/projeto_de_lei_002_2025_denominacao_de_rua_morro_do_onca_a_rua_que_corta_o_condominio_morro_do_onca_coqueiros_prata_1.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE `` RUA MORRO DO ONÇA ´´ Á RUA QUE CORTA O CONDOMINIO MORRO DA ONÇA EM COQUEIROS</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Julio Avelino de Moura Junior</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/385/mensagem_003_2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/385/mensagem_003_2025.pdf</t>
   </si>
   <si>
     <t>CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DAS UNIDADES GESTORAS DO MUNICÍPIO, NO VALOR DE R$ 681.750,00 (SEISCENTOS E OITENTA E UM MIL SETECENTOS E CINQÜENTA REAIS).</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/384/mensagem_004_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/384/mensagem_004_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DO FUNDO MUNICIPAL DE PREVIDÊNCIA, NO VALOR DE R$ 250.000,00 (DUZENTOS E CINQUENTA MIL REAIS).</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/386/mensagem_005_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/386/mensagem_005_2025.doc</t>
   </si>
   <si>
     <t>QUE AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO, NO VALOR DE R$ 14.800,00 (QUATORZE MIL E OITOCENTOS REAIS).</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/387/mensagem_006_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/387/mensagem_006_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DO FUNDO MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO, NO VALOR DE R$ 205.696,00 (DUZENTOS E CINCO MIL SEISCENTOS E NOVENTA E SEIS REAIS).</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/388/mensagem_007_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/388/mensagem_007_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DA SECRETARIA DE TURISMO DO MUNICÍPIO, NO VALOR DE R$ 3.420,00 (TRÊS MIL, QUATROCENTOS E VINTE REAIS).</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Eurico Pinheiro Bernardes neto</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/389/mensagem_008_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/389/mensagem_008_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DO FUNDO MUNICIPAL DE SAÚDE DO MUNICÍPIO, NO VALOR DE R$ 45.000,00 (QUARENTA E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/390/mensagem_009_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/390/mensagem_009_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DO FUNDO MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO, NO VALOR DE R$ 901.275,04 (NOVECENTOS E UM MIL, DUZENTOS E SETENTA E CINCO REAIS E QUATRO CENTAVOS).</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/391/mensagem_001_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/391/mensagem_001_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DAS UNIDADES GESTORAS DO MUNICÍPIO, NO VALOR DE R$ 1.761.300,00 (UM MILHÃO, SETECENTOS E SESSENTA E UM MIL E TREZENTOS REAIS).</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/392/mensagem_002_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/392/mensagem_002_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DO FUNDO MUNICIPAL DE SAÚDE, NO VALOR DE R$ 30.000,00 (TRINTA MIL REAIS).</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/411/mensagem_010_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/411/mensagem_010_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DA SECRETARIA DE FAZENDA DO MUNICÍPIO, NO VALOR DE R$ 52.000,00 (CINQÜENTA E DOIS MIL REAIS).</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/412/mensagem_011_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/412/mensagem_011_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DA SECRETARIA DE FAZENDA DO MUNICÍPIO, NO VALOR DE R$ 12.540,00 (DOZE MIL, QUINHENTOS E QUARENTA REAIS).</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/413/mensagem_012_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/413/mensagem_012_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DA SECRETARIA DE FAZENDA DO MUNICÍPIO, NO VALOR DE R$ 10.000,00 (DEZ MIL REAIS).</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/414/mensagem_013_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/414/mensagem_013_2025.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/415/mensagem_014_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/415/mensagem_014_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DAS UNIDADES GESTORAS DO MUNICÍPIO, NO VALOR DE R$ 19.000,00 (DEZENOVE MIL REAIS).</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/416/mensagem_015_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/416/mensagem_015_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DO FUNDO MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO, NO VALOR DE R$ 13.519,36 (TREZE MIL, QUINHENTOS E DEZENOVE REAIS E TRINTA E SEIS CENTAVOS).</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/419/078-2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/419/078-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CRONOGRAMA MUNICIPAL DE COLETA DE LIXO NO MUNICÍPIO DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/455/mensagem_016_2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/455/mensagem_016_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DO FUNDO MUNICIPAL DE SAÚDE DO MUNICÍPIO, NO VALOR DE                     R$ 23.216,90 (VINTE E TRÊS MIL, DUZENTOS E DEZESSEIS REAIS E NOVENTA CENTAVOS).</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/456/mensagem_017_2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/456/mensagem_017_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DO FUNDO MUNICIPAL DE SAÚDE DO MUNICÍPIO, NO VALOR DE                     R$ 14.400,00 (QUATORZE MIL E QUATROCENTOS REAIS).</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/457/mensagem_018_2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/457/mensagem_018_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO FUNDO MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO, NO VALOR DE   R$ 1.047.579,38 (UM MILHÃO, QUARENTA E SETE MIL, QUINHENTOS E SETENTA E NOVE REAIS E TRINTA E OITO CENTAVOS).</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/458/mensagem_019_2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/458/mensagem_019_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DAS UNIDADES GESTORAS DO MUNICÍPIO, NO VALOR DE R$ 726.254,64 (SETECENTOS E VINTE E SEIS MIL, DUZENTOS E CINQÜENTA E QUATRO REAIS E SESSENTA E QUATRO CENTAVOS).</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/484/160_2025_autoriza_o_uso_de_maquinas_pesadas_na_execucao_de_obras_de_infraestrutura_e_servicos_de_interesse_social_n.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/484/160_2025_autoriza_o_uso_de_maquinas_pesadas_na_execucao_de_obras_de_infraestrutura_e_servicos_de_interesse_social_n.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O USO DE MÁQUINAS PESADAS NA EXECUÇÃO DE OBRAS DE INFRAESTRUTURA E SERVIÇOS DE INTERESSE SOCIAL NO MUNICÍPIO DE PATY DO ALFERES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/501/mensagem_020_2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/501/mensagem_020_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DAS UNIDADES GESTORAS DO MUNICÍPIO, NO VALOR DE R$ 99.470,51 (NOVENTA E NOVE MIL, QUATROCENTOS E SETENTA REAIS E CINQÜENTA E UM CENTAVOS).</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/502/mensagem_021_2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/502/mensagem_021_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DO FUNDO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL, NO VALOR DE R$ 7.000,00 (SETE MIL REAIS).</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/503/mensagem_022_2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/503/mensagem_022_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL SUPLEMENTAR POR REDUÇÃO PARA SUPLEMENTAR O ORÇAMENTO DO FUNDO MUNICIPAL DE PREVIDÊNCIA, NO VALOR DE R$ 15.000,00 (QUINZE MIL REAIS).</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/505/mensagem_023_2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/505/mensagem_023_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE PESSOAL POR PRAZO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/506/mensagem_024_2025_feliz.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/506/mensagem_024_2025_feliz.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O “PROGRAMA CASA CRECHE INFÂNCIA FELIZ” NO MUNICÍPIO DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/507/mensagem_025_2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/507/mensagem_025_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REEMBOLSO A ENTES DA ADMINISTRAÇÃO PÚBLICA CEDENTES DE SERVIDORES PÚBLICOS A PREFEITURA MUNICIPAL DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>Guilherme Rosa, Zaninho</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/528/208_2025_suspensao_dos_servicos_de_abastecimento_de_agua_e_esgotamento_sanitario_e_requisitos_para_o_corte_no_municipio_.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/528/208_2025_suspensao_dos_servicos_de_abastecimento_de_agua_e_esgotamento_sanitario_e_requisitos_para_o_corte_no_municipio_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a suspensão dos serviços de abastecimento de água e esgotamento sanitário e estabelece requisitos para o corte do fornecimento, no município de Paty do Alferes, e dá outras providências.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/532/212_2025_avaliacao_pia_para_os_alunos_com_transtornos_globais_do_desenvolvimento_incluindo_o_transtorno.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/532/212_2025_avaliacao_pia_para_os_alunos_com_transtornos_globais_do_desenvolvimento_incluindo_o_transtorno.pdf</t>
   </si>
   <si>
     <t>dispõe sobre o protocolo individualizado de avaliação (pia) para os alunos com transtornos globais do desenvolvimento, incluindo o transtorno do espectro autista (tea), na rede municipal de ensino de paty do alferes-rj.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>Autoriza ao Poder Executivo a conceder revisão geral anual dos vencimentos dos servidores públicos do município de Paty do Alferes, ativos, inativos e pensionistas e dá outras providências.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/536/216_2025_projeto_de_lei_mesa_diretora_-_revisao_salaria_anual_e_reajuste_salarial_-__servidores_camara_municipal_-_75_-_marco_2025.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/536/216_2025_projeto_de_lei_mesa_diretora_-_revisao_salaria_anual_e_reajuste_salarial_-__servidores_camara_municipal_-_75_-_marco_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral salarial anual e reajuste salarial dos vencimentos dos servidores públicos da Câmara Municipal de Paty do Alferes, na forma do artigo 85, da lei 1.519, de 19 de setembro de 2008 - estatuto dos servidores públicos civis do município de Paty do Alferes e artigo 37, inciso x, constituição federal e dá outras providências.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>Autoriza o município de Paty do Alferes a realizar transporte de utensílios domesticos para famílias carentes cadastradas no CADÚNICO e dá outras providências.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/545/231_2025_institui_a_tarifa_social_de_agua_e_esgoto_no_municipio_de_paty_do_alferes_autor_guilherme_e_zaninho.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/545/231_2025_institui_a_tarifa_social_de_agua_e_esgoto_no_municipio_de_paty_do_alferes_autor_guilherme_e_zaninho.pdf</t>
   </si>
   <si>
     <t>Institui diretrizes para a tarifa social de água e esgoto no município de Paty do Alferes.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/561/247_2025_dispoe_sobre_a_obrigatoriedade_da_divulgacao_da_lista_de_profissionais_de_saude.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/561/247_2025_dispoe_sobre_a_obrigatoriedade_da_divulgacao_da_lista_de_profissionais_de_saude.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA DIVULGAÇÃO DA LISTA DE PROFISSIONAIS DE SAÚDE, SUAS ESPECIALIDADES E HORÁRIOS DE ATENDIMENTO NAS UNIDADES PÚBLICAS DE SAÚDE DO MUNICÍPIO DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 376.215,57 (TREZENTOS E SETENTA E SEIS MIL, DUZENTOS E QUINZE REAIS E CINQUENTA E SETE CENTAVOS) , DESTINA-SE A ABERTURA DE CRÉDITO ADICIONAL AO ORÇAMENTO DA CÂMARA MUNICIPAL DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 170.000,00 (CENTO E SETENTA MIL REAIS) , DESTINA-SE A ABERTURA DE CRÉDITO ADICIONAL AO ORÇAMENTO DA CÂMARA MUNICIPAL DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/565/256_2025_-_dispoe_sobre_a_definicao_de_maus-tratos_contra_animais.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/565/256_2025_-_dispoe_sobre_a_definicao_de_maus-tratos_contra_animais.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DEFINIÇÃO DE MAUS-TRATOS CONTRA ANIMAIS NO MUNICÍPIO DE PATY DO ALFERES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/566/257_2025_institui_mais_um_dia_de_dispensa_de_ponto_para_os_sevidores_publicos_municipais_doadores_de_sangue.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/566/257_2025_institui_mais_um_dia_de_dispensa_de_ponto_para_os_sevidores_publicos_municipais_doadores_de_sangue.pdf</t>
   </si>
   <si>
     <t>INSTITUI MAIS UM DIA DE DISPENSA DE PONTO PARA OS SERVIDORES PÚBLICOS MUNICIPAIS DOADORES DE SANGUE, ALÉM DO JÁ DEFINIDO NO ART. 2º, DA LEI FEDERAL 1.075, DE 27 DE MARÇO DE 1950 E NA LEI MUNICIPAL 2.204 DE 04 DE NOVEMBRO DE 2015.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/567/258_2025_denilson_e_guilherme_-_recomendacao_da_presenca_de_bombeiros_civis_em_estabelecimentos_e_eventos_de_grande_porte.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/567/258_2025_denilson_e_guilherme_-_recomendacao_da_presenca_de_bombeiros_civis_em_estabelecimentos_e_eventos_de_grande_porte.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMENDAÇÃO DA PRESENÇA DE BOMBEIROS CIVIS EM ESTABELECIMENTOS E EVENTOS DE GRANDE PORTE NO MUNICÍPIO DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/568/259_2025_proibe_instalacao_e_comercializacao_de_escapamentos_motocicletas_nao_sejam_originais_ou_aumentem_emissao_de_ruido.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/568/259_2025_proibe_instalacao_e_comercializacao_de_escapamentos_motocicletas_nao_sejam_originais_ou_aumentem_emissao_de_ruido.pdf</t>
   </si>
   <si>
     <t>PROÍBE A INSTALAÇÃO E COMERCIALIZAÇÃO DE ESCAPAMENTOS DE MOTOCICLETAS QUE NÃO SEJAM ORIGINAIS OU QUE AUMENTEM A EMISSÃO DE RUÍDO.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/581/274_2025_declara_festa_social_n_senh_conceicao_realizada_no_bairro_avelar_como_patrimonio_imaterial_do_municipio_de_paty.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/581/274_2025_declara_festa_social_n_senh_conceicao_realizada_no_bairro_avelar_como_patrimonio_imaterial_do_municipio_de_paty.docx</t>
   </si>
   <si>
     <t>DECLARA A FESTA SOCIAL NOSSA SENHORA DA CONCEIÇÃO, REALIZADA NO BAIRRO AVELAR, COMO PATRIMÔNIO IMATERIAL DO MUNICÍPIO DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/597/mensagem_029_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/597/mensagem_029_2025.doc</t>
   </si>
   <si>
     <t>autoriza o Poder Executivo a suplementar o orçamento vigente, abrindo Crédito Adicional Especial no orçamento da Câmara Municipal, no valor de R$ 35.000,00 (trinta e cinco mil reais).</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/598/mensagem_030_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/598/mensagem_030_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO FUNDO MUNICIPAL DE MEIO AMBIENTE, NO VALOR DE R$ 15.000,00 (QUINZE MIL REAIS).</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/599/mensagem_031_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/599/mensagem_031_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A SUPLEMENTAR O ORÇAMENTO VIGENTE, ABRINDO CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DAS UNIDADES GESTORAS DO MUNICÍPIO DE PATY DO ALFERES, NO VALOR DE R$ 1.552.131,70 (HUM MILHÃO, QUINHENTOS E CINQÜENTA E DOIS MIL, CENTO E TRINTA E UM REAIS E SETENTA CENTAVOS).</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/612/mensagem_032_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/612/mensagem_032_2025.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.519 DE 19 DE SETEMBRO DE 2008  - ESTATUTO DOS SERVIDORES PÚBLICOS DA ADMINISTRAÇÃO DIRETA, AUTÁRQUICA E FUNDACIONAL DO MUNICÍPIO DE PATY DO ALFERES</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/616/316_2025_criacao_da_carteira_de_identificacao_da_pessoa_com_fibromialgia_em_paty_e_da_outras_providencias.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/616/316_2025_criacao_da_carteira_de_identificacao_da_pessoa_com_fibromialgia_em_paty_e_da_outras_providencias.docx</t>
   </si>
   <si>
     <t>INSTITUI A CARTEIRA DE IDENTIFICAÇÃO DA PESSOA COM FIBROMIALGIA (CIPF) NO MUNICÍPIO DE PATY DO ALFERES E ASSEGURA O ATENDIMENTO PRIORITÁRIO ÀS PESSOAS COM FIBROMIALGIA NOS SERVIÇOS PÚBLICOS E PRIVADOS, NA FORMA QUE MENCIONA.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$1.989.897,30 (UM MILHÃO, NOVECENTOS E OITENTA  E NOVE MIL, OITOCENTOS E NOVENTA E SETE REAIS E TRINTA CENTAVOS) .</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/618/mensagem_034_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/618/mensagem_034_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$180.000,00 (CENTO E OITENTA MIL REAIS) .</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/619/mensagem_035_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/619/mensagem_035_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$100.000,00 (CEM MIL REAIS).</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/620/mensagem_036_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/620/mensagem_036_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$2.199.185,30 (DOIS MILHÕES, CENTO E NOVENTA E NOVE MIL, CENTO E OITENTA E CINCO REAIS E TRINTA CENTAVOS).</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/621/mensagem_037_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/621/mensagem_037_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 2.900.000,00 (DOIS MILHÕES E NOVECENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/635/mensagem_038_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/635/mensagem_038_2025.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N.° 3.221, DE 05 DE FEVEREIRO DE 2025, QUE DISPÕE SOBRE A NOVA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/636/mensagem_039_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/636/mensagem_039_2025.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº2.702 DE 15 DE JUNHO DE 2020, QUE DISPÕE SOBRE A REGULARIZAÇÃO FUNDIÁRIA – REURB – PATY DO ALFERES-RJ</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/637/mensagem_040_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/637/mensagem_040_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 677.000,00 (SEISCENTOS E SETENTA E SETE MIL REAIS).</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/638/mensagem_041_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/638/mensagem_041_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 469.499,00 (QUATROCENTOS E SESSENTA E NOVE MIL, QUATROCENTOS E NOVENTA E NOVE REAIS).</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO ORÇAMENTÁRIA DE 2026, LDO - 2026</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/671/mensagem_043_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/671/mensagem_043_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 470.000,00 (QUATROCENTOS E SETENTA MIL REAIS).</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/704/mensagem_042_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/704/mensagem_042_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 735.000,00 (SETECENTOS E TRINTA E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/723/mensagem_044_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/723/mensagem_044_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 100.000,00 (CEM MIL REAIS)</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/724/mensagem_045_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/724/mensagem_045_2025.doc</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RESIDÊNCIA PEDAGÓGICA NO MUNICÍPIO DE PATY DO ALFERES – RJ.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/729/451_2025_projeto_de_lei_altera_e_reestrutura_cargos_camara_autoria_mesa_diretora.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/729/451_2025_projeto_de_lei_altera_e_reestrutura_cargos_camara_autoria_mesa_diretora.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 2.630 DE 27 DE NOVEMBRO DE 2019, INCLUI O ART. 70-A, CRIA O CARGO DE ASSESSOR ESPECIAL DE LICITAÇÕES E CONTRATOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/751/475_2025_autorizacao_instalacao_de_comedouros_e_bebedouros_para_animais_de_rua_no_municipio_de_paty.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/751/475_2025_autorizacao_instalacao_de_comedouros_e_bebedouros_para_animais_de_rua_no_municipio_de_paty.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA INSTALAÇÃO DE COMEDOUROS E BEBEDOUROS PARA ANIMAIS EM SITUAÇÃO DE RUA NO MUNICÍPIO DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/752/476_2025_determina_a_criacao_do_programa_visao_adequada_e_distribuicao_de_oculos_aos_estudantes_de_escolas_municipais_de_paty_do_alferes._1.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/752/476_2025_determina_a_criacao_do_programa_visao_adequada_e_distribuicao_de_oculos_aos_estudantes_de_escolas_municipais_de_paty_do_alferes._1.docx</t>
   </si>
   <si>
     <t>DETERMINA A CRIAÇÃO DO PROGRAMA VISÃO ADEQUADA E DISTRIBUIÇÃO DE ÓCULOS AOS ESTUDANTES DE ESCOLAS MUNICIPAIS DE PATY DO ALFERES.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/768/492_2025_institui_a_politica_municipal_de_protecao_dos_direitos_da_pessoa_com_albinismo_no_municipio_de_paty.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/768/492_2025_institui_a_politica_municipal_de_protecao_dos_direitos_da_pessoa_com_albinismo_no_municipio_de_paty.docx</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE PROTEÇÃO DOS DIREITOS DA PESSOA COM ALBINISMO NO MUNICÍPIO DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/769/mensagem_046_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/769/mensagem_046_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 500.000,00 (QUINHENTOS MIL REAIS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/902/5152021.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/902/5152021.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISTRIBUIÇÃO GRATUITA DE MATERIAL ESCOLAR ADEQUADO AOS ALUNOS COM DEFICIÊNCIA, MATRICULADOS NA REDE PÚBLICA DE ENSINO MUNICIPAL DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/791/mensagem_047_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/791/mensagem_047_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 750.000,00 (SETECENTOS E CINQUENTA MIL REAIS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/801/mensagem_048_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/801/mensagem_048_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$8.524.202,17 (OITO MILHÕES, QUINHENTOS E VINTE E QUATRO MIL, DUZENTOS E DOIS REAIS E DEZESSETE CENTAVOS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/802/mensagem_049_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/802/mensagem_049_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$800.000,00 (OITOCENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/813/mensagem_050_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/813/mensagem_050_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$84.421,24 (OITENTA E QUATRO MIL, QUATROCENTOS E VINTE E UM REAIS E VINTE EQUATROCENTAVOS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/903/5562021.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/903/5562021.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA POLÍCIA MUNICIPAL, NOS TERMOS DA PEC 57/2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/904/5572021.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/904/5572021.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE REMOÇÃO DE FIAÇÃO AÉREA EXCEDENTE E/OU SEM USO PELAS CONCESSIONÁRIAS DE SERVIÇOS PÚBLICOS E PRIVADOS NO MUNICÍPIO DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/905/5582021.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/905/5582021.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE ASSISTÊNCIA JURÍDICA AOS SERVIDORES PÚBLICOS MUNICIPAIS, ESPECIALMENTE AOS INTEGRANTES DA GUARDA CIVIL MUNICIPAL, NO ÂMBITO DO MUNICÍPIO DE PATY DO ALFERES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/906/5592021.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/906/5592021.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO, OPERAÇÃO, MANUTENÇÃO E FISCALIZAÇÃO DE RADARES ELETRÔNICOS DE MONITORAMENTO DE TRÂNSITO NO MUNICÍPIO DE PATY DO ALFERES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/841/mensagem_051_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/841/mensagem_051_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$500.000,00 (QUINHENTOS MIL REAIS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/842/mensagem_052_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/842/mensagem_052_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$400.000,00 (QUATROCENTOS MIL REAIS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/843/mensagem_053_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/843/mensagem_053_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$1.000.000,00 (UM MILHÃO DE REAIS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/844/mensagem_054_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/844/mensagem_054_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 576.071,80 (QUINHENTOS E SETENTA E SEIS MIL, SETENTA E UM REAIS E OITENTA CENTAVOS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/845/mensagem_055_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/845/mensagem_055_2025.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 2.916 DE 30 DE JUNHO DE 2022 - REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE PATY DO ALFERES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/846/mensagem_056_2025.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/846/mensagem_056_2025.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI ORGÂNICA DA PROCURADORIA-GERAL DO MUNICÍPIO DE PATY DO ALFERES, BEM COMO A CARREIRA E O REGIME JURÍDICO DOS PROCURADORES DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/847/mensagem_057_2025.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/847/mensagem_057_2025.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CESSÃO DE USO DE BEM IMÓVEL PÚBLICO COM O ESTADO DO RIO DE JANEIRO, ATRAVÉS DO CORPO DE BOMBEIROS MILITAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/863/mensagem_058_2025.docx</t>
-[...2 lines deleted...]
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/874/608_2025_altera_lei_diarias_camara_municipal_de_paty_do_alferes.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/863/mensagem_058_2025.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/874/608_2025_altera_lei_diarias_camara_municipal_de_paty_do_alferes.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI N.º 2.799 DE 10 DE SETEMBRO DE  2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/868/613_2025_da_nova_redacao_aos_artigos_12_e_ao_art._22_da_lei_2.248_de_07_de_junho_de_2016_cor_dos_taxis_de_paty_.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/868/613_2025_da_nova_redacao_aos_artigos_12_e_ao_art._22_da_lei_2.248_de_07_de_junho_de_2016_cor_dos_taxis_de_paty_.docx</t>
   </si>
   <si>
     <t>DA NOVA REDAÇÃO AO ART. 12 E AO ART. 22 DA LEI 2.248 DE 07 DE JUNHO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/869/mensagem_059_2025.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/869/mensagem_059_2025.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 499.734,91 (QUATROCENTOS E NOVENTA E NOVE MIL, SETECENTOS E TRINTA E QUATRO REAIS E NOVENTA E UM CENTAVOS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/875/mensagem_060_2025.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/875/mensagem_060_2025.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR 09 VAGAS PARA O CARGO DE GUARDA MUNICIPAL MASCULINO E 04 VAGAS PARA O CARGO DE GUARDA MUNICIPAL FEMININO.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/885/634_2025_-_dispoe_sobre_a_autorizacao_para_a_realizacao_de_rodeios_autores_guilherme_e_marco_aurelio.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/885/634_2025_-_dispoe_sobre_a_autorizacao_para_a_realizacao_de_rodeios_autores_guilherme_e_marco_aurelio.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA A REALIZAÇÃO DE RODEIOS NO MUNICÍPIO DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/888/mensagem_061_2025.docx</t>
-[...2 lines deleted...]
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/889/mensagem_062_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/888/mensagem_061_2025.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/889/mensagem_062_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CESSÃO DE USO DE BEM IMÓVEL PÚBLICO COM O ESTADO DO RIO DE JANEIRO, ATRAVÉS DA FAETEC – FUNDAÇÃO DE APOIO À ESCOLA TÉCNICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/920/mensagem_063_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/920/mensagem_063_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$1.200.000,00 (UM MILHÃO E DUZENTOS MIL REAIS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/921/mensagem_064_2025.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/921/mensagem_064_2025.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$5.000.000,00 (CINCO MILHÕES DE REAIS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/922/mensagem_065_2025.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/922/mensagem_065_2025.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$5.396.975,11 (CINCO MILHÕES, TREZENTOS E NOVENTA E SEIS MIL, NOVECENTOS E SETENTA E CINCO REAIS E ONZE CENTAVOS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/934/696_2025_dispoe_sobre_a_instituicao_do_dia_municipal_dos_desbravadores.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/934/696_2025_dispoe_sobre_a_instituicao_do_dia_municipal_dos_desbravadores.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO DIA MUNICIPAL DOS DESBRAVADORES, NO ÂMBITO DO MUNICÍPIO DE PATY DO ALFERES.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/937/mensagem_069_2025.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/937/mensagem_069_2025.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$250.000,00 (DUZENTOS E CINQUENTA MIL REAIS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/938/mensagem_067_2025.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/938/mensagem_067_2025.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$78.681,00 (SETENTA E OITO MIL, SEISCENTOS E OITENTA E UM REAIS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/939/mensagem_068_2025.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/939/mensagem_068_2025.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$421.319,00 (QUATROCENTOS E VINTE E UM MIL, TREZENTOS E DEZENOVE REAIS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/940/mensagem_069_2025.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/940/mensagem_069_2025.docx</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/941/mensagem_070_2025.docx</t>
-[...2 lines deleted...]
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/942/mensagem_071_2025.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/941/mensagem_070_2025.docx</t>
+  </si>
+  <si>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/942/mensagem_071_2025.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 217.016,67 (DUZENTOS E DEZESSETE MIL, DEZESSEIS REAIS E SESSENTA E SETE CENTAVOS).</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1214/02-7251.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1214/02-7251.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2026/2029</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/954/353_2025_mens._042_2025_autografo_ldo_2026.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/954/353_2025_mens._042_2025_autografo_ldo_2026.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/958/732_denominacao_de_ponte_lea_mariotti_-_heliomar.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/958/732_denominacao_de_ponte_lea_mariotti_-_heliomar.docx</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO DE PONTE LEA DE SANT’ANA MARIOTTI A PONTE QUE LIGA A RJ-125 A RUA DR. PERALTA.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/962/mensagem_074_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/962/mensagem_074_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 23.301,12 (VINTE E TRÊS MIL, TREZENTOS E UM REAIS E DOZE CENTAVOS).</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/963/mensagem_075_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/963/mensagem_075_2025.doc</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO §1.º, DO ART. 3.º, DA LEI Nº 1.727, DE 05 DE MAIO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/964/mensagem_076_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/964/mensagem_076_2025.doc</t>
   </si>
   <si>
     <t>INSTITUI A REALIZAÇÃO OBRIGATÓRIA DO DESFILE CÍVICO DE 7 DE SETEMBRO NO MUNICÍPIO DE PATY DO ALFERES.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/973/mensagem_077_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/973/mensagem_077_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 213.133,60 (DUZENTOS E TREZE MIL, CENTO E TRINTA E TRÊS REAIS E SESSENTA CENTAVOS).</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1015/mensagem_078_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1015/mensagem_078_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 727.749,28 (SETECENTOS E VINTE E SETE MIL, SETECENTOS E QUARENTA E NOVE REAIS E VINTE E OITO CENTAVOS).</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 103.964,19 (CENTO E TRÊS MIL, NOVECENTOS E SESSENTA E QUATRO REAIS E DEZENOVE CENTAVOS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1017/mensagem_080_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1017/mensagem_080_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$70.481,69 (SETENTA MIL, QUATROCENTOS E OITENTA E UM REAIS E SESSENTA E NOVE REAIS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1029/806_2025_-_dispoe_sobre_alteracoes_e_inclusoes_na_lei_048_1989_que_institui_o_codigo_tributario_de_paty___-_mens_081_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1029/806_2025_-_dispoe_sobre_alteracoes_e_inclusoes_na_lei_048_1989_que_institui_o_codigo_tributario_de_paty___-_mens_081_2025.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES E INCLUSÕES NA LEI 048/1989 QUE INSTITUI O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE PATY DO ALFERES.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1030/807_2025_-_suplementacao_r_1.600.00000__-_mens_082_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1030/807_2025_-_suplementacao_r_1.600.00000__-_mens_082_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$1.600.000,00 (UM MILHÃO E SEISCENTOS MIL REAIS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1031/808_2025_-_suplementacao_r_1.485.00000__-_mens_083_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1031/808_2025_-_suplementacao_r_1.485.00000__-_mens_083_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$ 1.485.000,00 (UM MILHÃO, QUATROCENTOS E OITENTA E CINCO MIL REAIS).</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1032/809_2025_-_concede_anistia_de_juros_e_multas_debitos_tributarios_inscrito_ou_nao_em_divida_ativa_-_mens_084_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1032/809_2025_-_concede_anistia_de_juros_e_multas_debitos_tributarios_inscrito_ou_nao_em_divida_ativa_-_mens_084_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER ANISTIA DE JUROS E MULTA DECORRENTES DOS DÉBITOS TRIBUTÁRIOS MUNICIPAIS, INSCRITOS OU NÃO EM DÍVIDA ATIVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1041/855_2025_da_denominacao_de_praca_jose_carlos_de_azevedo_rodrigues_praca_ao_lado_do_vivinha.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1041/855_2025_da_denominacao_de_praca_jose_carlos_de_azevedo_rodrigues_praca_ao_lado_do_vivinha.docx</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE PRAÇA JOSE CARLOS DE AZEVEDO RODRIGUES, A PRAÇA SITUADA ENTRE A AVENIDA OSORIO DUQUE ESTRADA E O RIO DO SACO, NO BAIRRO CENTRO, EM PATY DO ALFERES - RJ.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1054/868_2025_da_denominacao_de_parque_infantil_caio_da_silva_gomes_ao_parque_situado_na_rua_do_retiro_no_250.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1054/868_2025_da_denominacao_de_parque_infantil_caio_da_silva_gomes_ao_parque_situado_na_rua_do_retiro_no_250.docx</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE PARQUE INFANTIL CAIO DA SILVA GOMES AO PARQUE SITUADO NA RUA DO RETIRO, Nº 250, EM FRENTE À QUADRA, NO BAIRRO VISTA ALEGRE, MUNICÍPIO DE PATY DO ALFERES – RJ.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1081/897_2025_da_denominacao_de_estrada_jose_da_costa_taborda_filho.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1081/897_2025_da_denominacao_de_estrada_jose_da_costa_taborda_filho.docx</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE ESTRADA JOSÉ DA COSTA TABORDA FILHO À ATUAL ESTRADA RIO PARDO – QUILOMBO, COM INÍCIO NAS PROXIMIDADES DA MERCEARIA MACHADO, PERCORRENDO TODA A SUA EXTENSÃO ATÉ O BAIRRO RIO PARDO, COM TÉRMINO PRÓXIMO AO SÍTIO SÃO FRANCISCO, EM PATY DO ALFERES - RJ.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1091/mensagem_088_2025.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1091/mensagem_088_2025.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$654.060,65 (SEISCENTOS E CINQUENTA E QUATRO MIL, SESSENTA REAIS E SESSENTA E CINCO CENTAVOS).</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1092/mensagem_085_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1092/mensagem_085_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$217.920,24 (DUZENTOS E DEZESSETE MIL, NOVECENTOS E VINTE REAIS E VINTE E QUATRO CENTAVOS).</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1093/mensagem_086_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1093/mensagem_086_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$106.392,29 (CENTO E SEIS MIL, TREZENTOS E NOVENTA E DOIS REAIS E VINTE E NOVE CENTAVOS).</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1094/mensagem_087_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1094/mensagem_087_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$80.396,00 (OITENTA MIL, TREZENTOS E NOVENTA E SEIS REAIS).</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1096/917_2025_-_autoriza_o_poder_executivo_instituir_programa_municipal_de_apoio_a_gestante_e_ao_recem-nascido_no_municipio.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1096/917_2025_-_autoriza_o_poder_executivo_instituir_programa_municipal_de_apoio_a_gestante_e_ao_recem-nascido_no_municipio.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O PROGRAMA MUNICIPAL DE APOIO À GESTANTE E AO RECÉM-NASCIDO NO MUNICÍPIO DE PATY DO ALFERES, DESTINADO À DOAÇÃO DE KITS DE ENXOVAL E À PROMOÇÃO DE AÇÕES DE SOLIDARIEDADE E ACOLHIMENTO SOCIAL.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1105/mensagem_090_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1105/mensagem_090_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$156.281,25 (CENTO E CINQUENTA E SEIS MIL, DUZENTOS E OITENTA E UM REAIS E VINTE E CINCO CENTAVOS).</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1106/mensagem_091_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1106/mensagem_091_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$481.933,76 (QUATROCENTOS E OITENTA E UM MIL, NOVECENTOS E TRINTA E TRÊS REAIS E SETENTA E SEIS CENTAVOS).</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1107/mensagem_092_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1107/mensagem_092_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$146.442,57 (CENTO E QUARENTA E SEIS MIL, QUATROCENTOS E QUARENTA E DOIS REAIS E CINQUENTA E SETE CENTAVOS).</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1108/mensagem_093_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1108/mensagem_093_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$150.000,00 (CENTO E CINQUENTA MIL REAIS).</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1109/mensagem_094_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1109/mensagem_094_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$869.853,00 (OITOCENTOS E SESSENTA E NOVE MIL, OITOCENTOS E CINQUENTA E TRÊS REAIS).</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1110/mensagem_095_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1110/mensagem_095_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$3.673.101,08 (TRÊS MILHÕES, SEISCENTOS E SETENTA E TRÊS MIL, CENTO E UM REAIS E OITO CENTAVOS).</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1153/986_2025_guilherme_edinho_e_marco_aurelio_denominacao_francisco_dornelas_lopes_ao_predio_do_corpo_de_bombeiros_bairro_arcozelo.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1153/986_2025_guilherme_edinho_e_marco_aurelio_denominacao_francisco_dornelas_lopes_ao_predio_do_corpo_de_bombeiros_bairro_arcozelo.docx</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE FRANCISCO DORNELAS LOPES AO PRÉDIO DO CORPO DE BOMBEIROS, LOCALIZADO NO BAIRRO ARCOZELO, 1º DISTRITO DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1164/997_2025_-_suplementacao_r_420.05200_-_mens_096_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1164/997_2025_-_suplementacao_r_420.05200_-_mens_096_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$420.052,00 (QUATROCENTOS E VINTE MIL E CINQUENTA E DOIS REAIS).</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1165/998_2025_-_suplementacao_r_415.15700_-_mens_097_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1165/998_2025_-_suplementacao_r_415.15700_-_mens_097_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$415.157,00 (QUATROCENTOS E QUINZE MIL, CENTO E CINQUENTA E SETE REAIS).</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1179/1015_2025_-_da_denominacao_de_carlos_fernando_de_araujo_lima_a_base_do_samu_de_avelar_autoria_vereador_flavio_feijao.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1179/1015_2025_-_da_denominacao_de_carlos_fernando_de_araujo_lima_a_base_do_samu_de_avelar_autoria_vereador_flavio_feijao.doc</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE CARLOS FERNANDO DE ARAUJO LIMA À BASE DO SAMU DE AVELAR, NO MUNICÍPIO DE PATY DO ALFERES – RJ</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1215/1021_2025_-_institui_o_programa_meu_lar_meu_documento_entrega_publicade_titulos_de_propriedade_aos_beneficiarios_reurb_autoria_vereador_guilherme_rosa.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1215/1021_2025_-_institui_o_programa_meu_lar_meu_documento_entrega_publicade_titulos_de_propriedade_aos_beneficiarios_reurb_autoria_vereador_guilherme_rosa.doc</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL "MEU LAR, MEU DOCUMENTO", QUE DISPÕE SOBRE A ENTREGA PÚBLICA DE TÍTULOS DE PROPRIEDADE AOS BENEFICIÁRIOS DA REGULARIZAÇÃO FUNDIÁRIA URBANA DE INTERESSE SOCIAL (REURB-S), EM CONFORMIDADE COM A LEI MUNICIPAL Nº 2.702 DE 15 DE JUNHO DE 2020 E SUAS ALTERAÇÕES, ESTABELECE MEDIDAS DE ACOMPANHAMENTO SOCIAL E MELHORIA DAS CONDIÇÕES SANITÁRIAS NAS ÁREAS REGULARIZADAS NO MUNICÍPIO DE PATY DO ALFERES.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1232/1038_2025_-_suplentacao_r_1.000.00000_-_mens_098_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1232/1038_2025_-_suplentacao_r_1.000.00000_-_mens_098_2025.doc</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1233/1039_2025_-_suplentacao_r_500.00000_-_mens_099_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1233/1039_2025_-_suplentacao_r_500.00000_-_mens_099_2025.doc</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1234/1040_2025_-_suplentacao_r_500.00000_-_mens_100_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1234/1040_2025_-_suplentacao_r_500.00000_-_mens_100_2025.doc</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1235/1041_2025_-_altera_dispositivo_da_lei_no3.221_de_05_de_fevereiro_de_2025_que_dispoe_para_alteracao_da_nomeclatura_do_cargo_criado_-_mens_101_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1235/1041_2025_-_altera_dispositivo_da_lei_no3.221_de_05_de_fevereiro_de_2025_que_dispoe_para_alteracao_da_nomeclatura_do_cargo_criado_-_mens_101_2025.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº3.221 DE 05 DE FEVEREIRO DE 2025, QUE DISPÕE PARA ALTERAÇÃO DA NOMECLATURA DO CARGO CRIADO.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1244/1055_2025_-_da_denominacao_de_marcio_antonio_cunha_dos_anjos_a_base_da_policia_presente__bairro_arcozelo_autoria_vereador_guilherme_rosa.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1244/1055_2025_-_da_denominacao_de_marcio_antonio_cunha_dos_anjos_a_base_da_policia_presente__bairro_arcozelo_autoria_vereador_guilherme_rosa.doc</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE “MARCIO ANTONIO CUNHA DOS ANJOS” À BASE DA POLÍCIA PRESENTE, LOCALIZADA NO BAIRRO ARCOZELO, NO MUNICÍPIO DE PATY DO ALFERES/RJ.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1245/1056_2025_-_da_denominacao_de_professora_dilma_jose_de_andrade_risso_a_faetec_bairro_avelar_autoria_vereadores_guilherme_rosa_marco_aurelio_e_macarrao.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1245/1056_2025_-_da_denominacao_de_professora_dilma_jose_de_andrade_risso_a_faetec_bairro_avelar_autoria_vereadores_guilherme_rosa_marco_aurelio_e_macarrao.doc</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE “PROFESSORA DILMA JOSÉ DE ANDRADE RISSO” À FAETEC LOCALIZADA NO BAIRRO AVELAR, NO MUNICÍPIO DE PATY DO ALFERES/RJ.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1246/1057_2025_-_suplentacao_r_500.00000_-_mens_102_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1246/1057_2025_-_suplentacao_r_500.00000_-_mens_102_2025.doc</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1247/1058_2025_-_suplentacao_r_1.191.17600_-_mens_103_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1247/1058_2025_-_suplentacao_r_1.191.17600_-_mens_103_2025.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE, NO VALOR TOTAL DE R$1.191.176,00 (UM MILHÃO, CENTO E NOVENTA E UM MIL, CENTO E SETENTA E SEIS REAIS).</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1257/1072_2025_-_da_denominacao_de_rua_cezar_pereira_da_silva_mello_cantagalo_coqueiro_autoria_vereador_heliomar_do_gas.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1257/1072_2025_-_da_denominacao_de_rua_cezar_pereira_da_silva_mello_cantagalo_coqueiro_autoria_vereador_heliomar_do_gas.doc</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE RUA CEZAR PEREIRA DA SILVA MELLO AO TRECHO QUE SE INICIA NA IGREJA POPULARMENTE CONHECIDA COMO “ASSEMBLEIA DO BAMBU” E SE ESTENDE ATÉ O ENCONTRO COM A RUA CANTAGALO, LOCALIZADO NO BAIRRO COQUEIROS, NO MUNICÍPIO DE PATY DO ALFERES – RJ.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto Total</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/610/1602021.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/610/1602021.doc</t>
   </si>
   <si>
     <t>TRATA-SE DE VETO TOTAL DO PODER EXECUTIVO AO PROJETO DE LEI N° 160/2025, QUE “AUTORIZA O USO DE MÁQUINAS PESADAS NA EXECUÇÃO DE OBRAS DE INFRAESTRUTURA E SERVIÇOS DE INTERESSE SOCIAL NO MUNICÍPIO” DE AUTORIA DO VEREADOR DENILSON LIGEIRINHO - DENILSON DA COSTA NOGUEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/653/8_parecer_397_2025_da_comissaoo_justica_e_redacao_-_ao_veto_367_202_ao_proj_212-2025.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/653/8_parecer_397_2025_da_comissaoo_justica_e_redacao_-_ao_veto_367_202_ao_proj_212-2025.docx</t>
   </si>
   <si>
     <t>TRATA-SE DE VETO TOTAL DO PODER EXECUTIVO AO PROJETO DE LEI N° 212/2025, QUE “DISPÕE SOBRE O PROTOCOLO INDIVIDUALIZADO DE AVALIAÇÃO (PIA) PARA OS ALUNOS COM TRANSTORNOS GLOBAIS DO DESENVOLVIMENTO, INCLUINDO O TRANSTORNO DO ESPECTRO AUTISTA (TEA), NA REDE MUNICIPAL DE ENSINO DE PATY DO ALFERES-RJ” DE AUTORIA DO VEREADOR DENILSON LIGEIRINHO - DENILSON DA COSTA NOGUEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/690/8_parecer__ao_veto_307_2025_ao_projeto_de_lei_160_2025_-__.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/690/8_parecer__ao_veto_307_2025_ao_projeto_de_lei_160_2025_-__.doc</t>
   </si>
   <si>
     <t>TRATA-SE DE VETO TOTAL Nº 406/2025 DO PODER EXECUTIVO AO PROJETO DE LEI N° 226/2025, QUE “ AUTORIZA O MUNICÍPIO DE PATY DO ALFERES A REALIZAR TRANSPORTE DE UTENSÍLIOS DOMÉSTICOS PARA FAMÍLIAS CARENTES CADASTRADAS NO CADÚNICO E DÁ OUTRAS PROVIDÊNCIAS. ''</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/695/1602021.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/695/1602021.doc</t>
   </si>
   <si>
     <t>VETO TOTAL DO PODER EXECUTIVO Nº 414/2025 AO PROJETO DE LEI N° 247/2025 DE AUTORIA DO VEREADOR DENILSON NOGUEIRA, QUE DISPÕE SOBRE, AUTORIZA O USO DE MÁQUINAS PESADAS NA EXECUÇÃO DE OBRAS DE INFRAESTRUTURA E SERVIÇOS DE INTERESSE SOCIAL NO MUNICÍPIO DE PATY DO ALFERES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/705/parecer__ao_veto_425_-_2025_ao_projeto_de_lei_160_-_2025.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/705/parecer__ao_veto_425_-_2025_ao_projeto_de_lei_160_-_2025.doc</t>
   </si>
   <si>
     <t>VETO TOTAL DO PODER EXECUTIVO A PROJETO DE LEI Nº 160/2025, QUE “AUTORIZA O USO DE MÁQUINAS PESADAS NA EXECUÇÃO DE OBRAS DE INFRAESTRUTURA E SERVIÇOS DE INTERESSE SOCIAL NO MUNICÍPIO” DE AUTORIA DO VEREADOR DENILSON LIGEIRINHO.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/393/485_2024_declara_como_patrimonio_imaterial_do_municipio_de_paty_do_alferes_o_nucleo_de_estudos_afro-brasileiros_e_indigenas.pdf</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/393/485_2024_declara_como_patrimonio_imaterial_do_municipio_de_paty_do_alferes_o_nucleo_de_estudos_afro-brasileiros_e_indigenas.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL Nº498/2024 DE AUTORIA DO PODER EXECUTIVO AO PROJETO DE LEI Nº 374/2024 DE AUTORIA DO VEREADOR DENILSON NOGUEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/394/4_despacho_diretoria_comunicando_ao_autor_do_projeto_no_463_2024_leinho.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/394/4_despacho_diretoria_comunicando_ao_autor_do_projeto_no_463_2024_leinho.doc</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 463/2024, DE AUTORIA DO VEREADOR JUAREZ DE MEDEIROS QUE DISPÕE SOBRE A REGULAMENTAÇÃO DA DEPOSIÇÃO DE ENTULHOS NAS CALÇADAS, ESTABELECENDO DIAS ESPECÍFICOS PARA O DESCARTE E CRIANDO PENALIDADES PARA O DESCUMPRIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/395/4_despacho_diretoria_comunicando_ao_autor_do_projeto_no_464_2024_denilson.doc</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/395/4_despacho_diretoria_comunicando_ao_autor_do_projeto_no_464_2024_denilson.doc</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 464/2024 DE AUTORIA DO VEREADOR DENILSON QUE DISPOE: DECLARA COMO PATRIMÔNIO PÚBLICO CULTURAL E HISTÓRICO DO MUNICÍPIO DE PATY DO ALFERES O CALÇAMENTO DE PARALELEPÍPEDO EXISTENTE NOS BAIRROS AVELAR E PARQUE BARCELOS.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/861/475_2025_autorizacao_instalacao_de_comedouros_e_bebedouros_para_animais_de_rua_no_municipio_de_paty.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/861/475_2025_autorizacao_instalacao_de_comedouros_e_bebedouros_para_animais_de_rua_no_municipio_de_paty.docx</t>
   </si>
   <si>
     <t>TRATA-SE DE VETO TOTAL DO PODER EXECUTIVO AO PROJETO DE LEI N° 475/2025, QUE DISPOE SOBRE A AUTORIZAÇÃO PARA INSTALAÇÃO DE COMEDOUROS E BEBEDOUROS PARA ANIMAIS EM SITUAÇÃO DE RUA NO MUNICÍPIO DE PATY DO ALFERES E DÁ OUTRAS PROVIDENCIAS DE AUTORIA DO VEREADOR OROZINO ANTONIO BATISTA FILHO.</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/862/476_2025_determina_a_criacao_do_programa_visao_adequada_e_distribuicao_de_oculos_aos_estudantes_de_escolas_municipais_de_paty_do_alferes._1.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/862/476_2025_determina_a_criacao_do_programa_visao_adequada_e_distribuicao_de_oculos_aos_estudantes_de_escolas_municipais_de_paty_do_alferes._1.docx</t>
   </si>
   <si>
     <t>TRATA-SE DE VETO TOTAL DO PODER EXECUTIVO AO PROJETO DE LEI N° 476/2025, QUE '' DETERMINA A CRIAÇÃO DO PROGRAMA VISÃO ADEQUADA E DISTRIBUIÇÃO DE ÓCULOS AOS ESTUDANTES DE ESCOLAS MUNICIPAIS DE PATY DO ALFERES. '' DE AUTORIA DO VEREADOR VINICIUS ROSA DE SOUZA - VINICINHO</t>
   </si>
   <si>
-    <t>https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/864/492_2025_institui_a_politica_municipal_de_protecao_dos_direitos_da_pessoa_com_albinismo_no_municipio_de_paty.docx</t>
+    <t>http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/864/492_2025_institui_a_politica_municipal_de_protecao_dos_direitos_da_pessoa_com_albinismo_no_municipio_de_paty.docx</t>
   </si>
   <si>
     <t>TRATA-SE DE VETO TOTAL DO PODER EXECUTIVO AO PROJETO DE LEI N° 374/2024, QUE  ''INSTITUI A POLÍTICA MUNICIPAL DE PROTEÇÃO DOS DIREITOS DA PESSOA COM ALBINISMO NO MUNICÍPIO DE PATY DO ALFERES E DÁ OUTRAS PROVIDÊNCIAS'' DE AUTORIA DO VEREADOR DENILSON LIGEIRINHO - DENILSON DA COSTA NOGUEIRA.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>PDC</t>
   </si>
   <si>
     <t>Parecer de Comissão</t>
   </si>
   <si>
     <t>CFOF - Comissão de Finanças, Orçamento e Fiscalização</t>
   </si>
   <si>
     <t>Parecer da Comissão de Finanças, Orçamento e Fiscalização, referente à prestação de contas do gestor EURICO PINHEIRO BERNARDES NETO, referente ao exercício de 2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -9363,67 +9399,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/350/003-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/351/004-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/352/005-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/353/006-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/354/007-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/355/008-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/356/009-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/357/010-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/358/011-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/359/012-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/360/013-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/361/023-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/362/024-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/363/025-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/364/026-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/365/027-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/366/028-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/367/029-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/368/030-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/369/031-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/370/032-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/371/033-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/372/034-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/373/035-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/374/036-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/375/037-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/376/038-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/377/039-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/378/040-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/379/041-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/380/042-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/381/043-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/382/044-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/396/055-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/397/056-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/398/057-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/399/058-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/400/059-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/401/060-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/402/061-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/403/062-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/404/063-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/405/064-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/406/065-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/407/066-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/408/067-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/409/068-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/410/069-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/417/076-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/421/086-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/422/087-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/423/088-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/424/089-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/425/090-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/426/091-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/427/092-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/428/093-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/429/094-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/430/095-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/431/096-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/432/097-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/433/098-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/434/101-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/435/102-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/438/107-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/439/108-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/441/110-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/442/111-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/443/112-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/444/113-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/445/114-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/446/115-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/447/116-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/448/117-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/449/118-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/451/120-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/452/121-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/453/122-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/454/123-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/459/128-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/460/129_2025_realizacao_de_limpeza_e_conservacao_da_rua_dr._adalberto_nogueira_localizada_no_bairro_monte_alegre_rua_do_campo..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/461/130_2025_patolamento_na_estrada_orlando_gomes_dos_reis_localizada_em_bairro_encanto..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/462/131_2025_solicita_ao_prefeito_municipal_a_construcao_de_uma_quadra_poliesportiva_no_bairro_aquenta_sol..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/463/132_2025_solicita_ao_prefeito_municipal_que_realize_a_pavimentacao_asfaltica_do_trecho_que_falta_entre_o_morro_do_recreio_e_o_bairro_vista_alegre..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/464/133_2025_solicita_ao_prefeito_municipal_que_tome_providencias_quanto_a_construcao_de_uma_creche_no_bairro_vista_alegre..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/465/134_2025_solicita_ao_prefeito_municipal_a_instalacao_de_braco_de_luz_na_rj-125_na_entrada_principal_do_loteamento_do_taozinho.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/466/135_2025__realize_a_limpeza_na_rua_vereador_sidney_de_melo_freitas_que_da_seguimento_ao_centro_de_paty_do_alferes..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/467/136_2025_patrolamento_da_estrada_que_da_acesso_ao_pesque-pague_localizado_no_bairro_vista_alegre..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/468/137_2025__solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_do_morro_do_fama..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/470/139_2025_que_seja_realizado_com_urgencia_o_patrolamento_ensaibramento_e_rocada_da_rua_k_no_bairro_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/472/145-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/473/146-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/474/147-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/475/148-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/476/149-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/485/150-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/486/151-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/487/152-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/477/153-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/478/154-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/479/155-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/480/156-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/481/157-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/482/158-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/488/161-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/489/162-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/490/163-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/491/164-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/492/165-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/493/166-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/494/167-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/495/168-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/496/169-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/497/170-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/498/171-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/499/172-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/508/190-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/509/191-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/510/192-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/511/193-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/512/194-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/513/195-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/514/196-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/518/198_2025_locacao_ou_aquisicao_de_uma_tenda_destinada_a_cobertura_da_feira_agroecologica_na_praca_george_jacob_abdue.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/519/199_2025_instalacao_de_uma_maquina_de_cafe_multibebida_na_recepcao_da_unidade_de_saude_alba_monteiro_bernardes_maternidade.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/520/200_2025_solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_reparo_dos_buracos_na_estrada_do_bairro_paiol_velho..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/521/201_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_na_rua_agua_fria_localizada_no_bairro_palmares..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/522/202_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_queimadas_no_corrego_dantas_localizado_no_bairro_coqueiros..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/523/203_2025_junto_com_o_diretor_de_ordem_publica_estude_a_possibilidade_de_implementacao_de_mao_unica_na_rua_mara_lucia_feijo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/524/204_2025_solicita_ao_prefeito_municipal_a_colocacao_de_massa_asfaltica_em_frente_a_escola_municipal_major_monteiro_soares.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/525/205_2025_solicita_ao_prefeito_municipal_a_realizacao_de_servicos_de_limpeza_e_manutencao_na_praca_ryan_rosa_fernandes.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/526/206_2025_solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_nos_bairros_rio_pardo_e_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/533/213_2025_solicita_ao_prefeito_municipal_a_instalacao_de_um_refletor_em_frente_ao_colegio_joao_abreu_localizado_no_bairro_granja_california..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/534/214_2025_solicita_ao_prefeito_municipal_que_realize_a_substituicao_das_lampadas_na_localidade_de_barra_do_encanto_bairro_encanto.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/546/218-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/547/219-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/548/220-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/537/221-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/538/222-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/539/223-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/549/224-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/550/225-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/540/230-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/555/235-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/556/236-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/551/237-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/552/238-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/553/239-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/554/240-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/557/242-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/558/243-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/577/244_2025_edinho_e_heliomar__limpeza_do_bosque_da_maravilha_bem_como_a_construcao_de_dois_banheiros_publicos.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/559/245-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/588/261_2025__implementacao_da_gratuidade_no_transporte_coletivo_intermunicipal_para_pacientes_encaminhados_pela_secretaria_municipal_de_saude.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/579/262_2025_solicita_ao_prefeito_municipal_a_instalacao_de_placa_identificativa_no_predio_principal_do_casario.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/569/263_2025_solicita_ao_prefeito_municipal_a_instalacao_de_duas_faixas_de_pedestres_na_rj-125.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/570/264_2025_continuidade_calcamento_para_pedestres_no_trecho_compreendido_entre_o_bairro_granja_california_e_o_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/572/266_2025_providencie_a_pintura_dos_quebra-molas_existentes_na_rua_dr_mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/573/267_2025_providencie_a_instalacao_de_uma_placa_de_sinalizacao_para_o_quebra-molas_existente_na_rua_dr._mario_kroeff_bairro_arcozelo.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/574/268_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_na_rua_sao_joaquim_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/575/269_2025_presenca_de_guardas_municipais_nos_horarios_de_entrada_e_saida_dos_alunos_da_escola_sidney_de_mello_freitas.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/576/270_2025_solicita_ao_prefeito_municipal_a_revitalizacao_do_calcadao_do_dilson.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/582/275_2025_pavimentacao_asfaltica_na_rua_yolanda_cunha_de_oliveira_centro_conhecida_como_rua_do_capoteiromorro_do_capitao..docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/584/277_2025_instalacao_de_um_quebra-molas_na_rua_deputado_bernardes_neto_no_bairro_centro_nas_proximidades_da_saida_da_mao_inglesa..docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/585/278_2025_providencie_a_aquisicao_de_uma_maquina_de_lavar_roupas_de_20kg_para_a_residencia_terapeutica_situada_na_rua_mantiquira_no_27_bairro_centro..docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/586/279_2025_realize_a_substituicao_das_lampadas_na_estrada_da_boa_vista_no_bairro_boa_vista_tendo_como_referencia_o_numero_4700..docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/591/284_2025_solicita_ao_prefeito_municipal_a_realizacao_de_estudos_visando_o_aumento_do_valor_do_vale-feira..docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/592/285_2025__realize_a_reforma_na_parte_externa_do_posto_de_saude_localizado_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/593/286_2025_solicita_ao_prefeito_municipal_que_realize_o_patrolamento_no_morro_da_estrada_da_bela_vista_localizado_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/595/288_2025_realizacao_de_estudo_tecnico_com_o_objetivo_de_avaliar_a_concessao_do_adicional_de_insalubridade_as_merendeiras.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/600/297_2025_realize_o_patrolamento_da_estrada_porcino_borges_de_andrade_no_bairro_campo_verde__colegio_municipal_nossa_senhora_das_gracas.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/601/298_2025_que_seja_realizado_um_estudo_de_viabilidade_para_a_criacao_de_uma_vaga_de_carga_e_descarga_nas_proximidades_do_casario_do_alferes.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/602/299_2025_patrolamento_da_avenida_silvino_adelio_localizada_no_bairro_capivara_tendo_como_referencia_o_numero_5552.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/603/300_2025_a_instalacao_de_um_quebra-molas_na_rua_viuva_bastos_nas_proximidades_do_numero_1017.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/604/301_2025_a_realizacao_de_manutencao_nos_bracos_de_luz_existentes_na_rua_do_cantagalo_e_rua_do_quilimbo_localizadas_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/605/302_2025_reforma_da_pracinha_da_capivara_atencao_a_recuperacao_manutencao_substituicao_dos_brinquedos_infantis.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/606/303_2025_tome_as_providencias_necessarias_para_a_disponibilizacao_de_colchonetes_para_as_creches_que_atendem_a_fase_pre-escolar.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/607/304_2025__a_instalacao_de_dois_quebra-molas_na_rj-125_com_sinalizacao_adequada.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/609/306_2025_pagamento_do_adicional_de_insalubridade_no_percentual_de_20_calculado_sobre_o_piso_salarial_nacional_da_categoria_aos_acs_e_ace.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/613/313_2025__patrolamento_e_ensaibramento_nas_principais_estradas_do_bairro_rio_pardo_com_prioridade_nos_pontos_criticos.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/614/314_2025__solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_do_morro_do_fama.__reiterando_a_indicacao_de_no_1372025_feita_pelo_mesmo..docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/615/315_2025_limpeza_e_manutencao_da_rj_125_que_vai_de_avelar_a_andrade_pinto._reiterando_a_indicacao_de_no_0952025_feita_pelo_mesmo..docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/622/328_2025_a_realizacao_das_obras_necessarias_para_o_termino_da_pavimentacao_asfaltica_da_rua_antonio_lopes_de_melo.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/623/329_2025_realize_uma_operacao_tapa-buracos_na_rua_vicente_de_freitas_situada_no.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/624/330_2025_ampliacao_do_numero_de_mediadores_escolares_para_alunos_autistas_e_a_contratacao_de_mais_monitores_para_os_onibus_escolares.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/625/331_2025_realizacao_de_patrolamento_ensaibramento_e_colocacao_de_cascalho_na_rua_quatro.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/626/332_2025_a_troca_de_lampadas_em_toda_a_extensao_da_rua_delfim_fernandes_de_barros_no_bairro_horizonte..docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/627/333_2025_ampliacao_do_horario_de_funcionamento_da_farmacia_municipal_de_avelar_para_que_opere_das_8h_as_16h.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/628/334_2025__disponibilize_uma_ambulancia_ou_um_carro_de_apoio_para_atender_emergencias_no_posto_de_saude_do_bairro_palmares.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/629/335_2025__a_substituicao_dos_refletores_da_quadra_de_grama_sintetica_situada_na_rj-125_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/632/338_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_e_de_uma_faixa_de_pedestres_na_avenida_antao_bernardes.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/640/354_2025__a_disponibilizacao_de_uma_ambulancia_ou_veiculo_de_apoio_para_atender_emergencias_no_posto_de_saude_do_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/641/355_2025__a_instalacao_de_bancos_ao_longo_da_extensao_da_praca_george_jacob_abdue..docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/642/356_2025__providencie_a_conclusao_do_servico_de_limpeza_nas_ruas_do_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/643/357_2025_a_revitalizacao_da_faixa_de_pedestres_em_frente_a_escola_municipal_gioconda_bernardes_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/644/358_2025_providencie_a_melhoria_da_iluminacao_publica_no_bosque_da_maravilha..docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/645/359_2025_instalacao_de_um_bebedouro_publico_na_praca_george_jacob_abdue_para_atender_os_feirantes__-_reiterando.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/646/360_2025_operacao_tapa-buracos_ruas_alferes_francisco_tavares_sidney_de_mello_freitas_e_comandante_bandeira_de_mello_paty..docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/647/361_2025_campanha_de_incentivo_de_parte_do_imposto_de_renda_aos_fundos_municipais_da_crianca_adolescente_pessoa_idosa..docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/648/362_2025_instalacao_de_quebra-molana_avenida_brasil_nas_proximidades_do_deposito_do_marcelo_da_obra_prima_proximo_ao_bairro_tres_porteiras..docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/649/363_2025_abrir_a_rua_da_estacao_nos_finais_de_semana_permitir_o_acesso_e_o_descarregamento_de_mercadorias_pelos_feirantes.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/650/364_2025_realize_a_revitalizacao_das_faixas_de_pedestres_na_rua_coronel_manoel_bernardes_centro.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/651/365_2025_a_troca_de_lampadas_queimadas_ou_ineficientes_na_estrada_roseiral.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/652/366_2025_patrolamento_e_rocada_na_estrada_boa_uniao_localizada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/654/368_2025_a_instalacao_de_redutor_de_velocidade_quebra-molas_na_rua_coronel_manoel_bernardes_centro_nas_proximidades_do_no_387.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/655/369_2025_a_realizacao_de_manutencao_na_academia_da_saude_localizada_no_jardim_de_avelar..docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/656/370_2025_concessao_de_isencao_do_pagamento_de_estacionamento_rotativo_aos_feirantes.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/657/371_2025_realize_o_patrolamento_ensaibramento_e_rocada_na_rua_irma_dulce_localizada_no_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/659/373_2025_pintura_interna_e_externa_do_posto_de_saude_avelar_e_a_instalacao_de_placa_indicativa_das_atividades_desenvolvidas.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/661/375_2025_a_instalacao_de_um_redutor_de_velocidade_na_rua_doutor_peralta_proximo_ao_numero_1288.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/662/376_2025_a_realizacao_de_operacao_tapa-buracos_na_rua_general_cintra_localizada_no_centro_do_municipio..docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/663/377_2025_rocada_e_patrolamento_nas_seguintes_vias_do_bairro_recanto_rua_barao_de_paty_rua_garcia_rodrigues_de_paes_e_rua_capitao_joao_vieira.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/664/378_2025__rua_sebastiao_de_lacerda_determinando_que_os_veiculos_estacionem_apenas_no_lado_direito_da_via.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/665/379_2025_a_realizacao_de_dedetizacao_nos_pontos_de_onibus_do_bairro_arcozelo_com_o_objetivo_de_eliminar_aranhas.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/666/380_2025_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rj-125_nas_proximidades_da_saida_da_ponte_do_bibi..docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/667/381_2025_solicita_ao_prefeito_municipal_a_realizacao_de_patrolamento_na_rua_antonio_aniceto_da_costa_bairro_saudade..docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/668/382_2025_providencie_a_disponibilizacao_de_fisioterapeutas_para_atendimento_nos_postos_de_saude_dos_bairros_do_municipio..docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/669/383_2025_a_realizacao_de_manutencao_nos_bracos_de_iluminacao_da_pracinha_localizada_no_bairro_granja_california_situada_as_margens_da_rj-125..docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/672/387_2025_a_pavimentacao_asfaltica_nas_principais_ruas_do_bairro_rio_pardo_rio_pardo_de_cima_e_rio_pardo_de_baixo..docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/673/388_2025_que_realize_a_manutencao_nos_bracos_de_iluminacao_publica_da_avenida_silvino_adelio_localizada_no_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/674/389_2025_instalacao_de_dois_pontos_de_onibus_na_rua_lucio_teixeira.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/675/390_2025_prorrogacao_do_prazo_previsto_na_lei_municipal_no_3.132.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/676/391_2025_a_poda_de_arvores_que_estao_em_contato_com_a_rede_eletrica_na_rua_dona_mariana_no_235_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/677/392_2025_a_limpeza_e_desobstrucao_do_corrego_que_passa_por_tras_das_residencias_situadas_na_rua_jose_de_barros_franco_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/678/393_2025_que_sejam_realizadas_acoes_de_limpeza_e_desobstrucao_do_corrego_situado_na_avenida_vereador_aloisio_ferreira_gomes.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/679/394_2025_disponibilizacao_de_um_professor_de_futebol_para_ministrar_aulas.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/683/399_2025_a_gratuidade_no_parque_da_festa_do_tomate_no_dia_da_abertura_para_estudantes_uniformizados_acompanhados_dos_responsaveis..docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/684/400_2025_limpeza_e_manutencao_da_rj_125_que_vai_de_avelar_a_andrade_pinto._reiterando_a_indicacao_de_no_3152025_feita_pelo_mesmo..docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/685/401_2025_operacao_tapa-buracos_e_servicos_de_limpeza_urbana_na_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/686/402_2025_realizacao_de_patrolamento_na_localidade_ultimo_gole.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/687/403_2025_realizacao_de_processo_seletivo_para_contratacao_de_professores_na_rede_municipal_de_ensino.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/688/404_2025_a_reforma_do_posto_de_saude_localizado_no_bairro_maravilha._reiterando.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/689/405_2025_obras_de_patrolamento_e_ensaibramento_nas_principais_de_palmares._reiterando.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/715/407_2025_instalacao_de_poste_e_refletores_na_servidao_nelson_goncalves.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/716/408_2025_realizados_os_servicos_de_rocada_patrolamento_e_limpeza_na_rua_do_sossego_localizada_no_bairro_maravilha._reiterando.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/717/409_2025_realizacao_de_servicos_de_rocada_e_limpeza_no_morro_do_macaco_localizado_no_bairro_lameirao_2.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/691/410_2025_rocada_e_patrolamento_na__rua_garcia_rodrigues_de_paes.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/692/411_2025_colocacao_de_manilhas_e_implantacao_de_rede_de_esgoto_na_rua_das_mangueiras_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/693/412_2025_realizacao_de_servicos_de_limpeza_rocada_e_retirada_de_lixo_nas_ruas_das_casinhas_populares.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/694/413_2025_substituicao_da_manilha_na_ponte_ao_lado_da_pracinha_da_bela_vista_na_rua_humberto_candido.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/697/416_2025_instalacao_de_sistemas_de_energia_solar_com_baterias_de_armazenamento_nos_postos_de_saude_e_na_maternidade.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/698/417_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_nas_proximidades_do_bosque_localizado_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/699/418_2025_realizacao_de_servicos_de_rocada_limpeza_e_um_container_para_descarte_adequado_do_lixo_na_rua_nova_mantiquira.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/700/419_2025_disponibilizacao_de_transporte_universitario_para_os_alunos_que_frequentam_instituicoes_de_ensino_superior_na_cidade_de_tres_rios..docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/701/420_2025_realizacao_de_servicos_de_limpeza_urbana_poda_de_arvores_e_substituicao_de_lampadas_queimadas_na_rua_lucio_teixeira.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/702/421_2025_pavimentacao_asfaltica_na_rua_wintor_barbosa_de_godoi_localizada_no_bairro_pedras_ruivas._1.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/703/422_2025__a_instalacao_de_uma_placa_indicativa_com_o_sentido_do_posto_de_saude_do_bairro_granja_california_na_rodovia_rj-125..docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/706/426_2025_solicita_ao_prefeito_municipal_a_troca_de_lampadas_nas_ruas_das_casinhas_populares_do_bairro_arcozelo_nas_proximidades_do_demizinho..docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/707/427_2025_instalacao_de_redutor_de_velocidade_quebra-mola_na_avenida_roberto_silveira_nas_proximidades_do_numero_284_centro..docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/709/429_2025_a_instalacao_de_rede_de_internet_na_subprefeitura_situada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/710/430_2025_a_instalacao_de_dois_quebra-molas_em_frente_a_aldeia_de_arcozelo_na_rj-125..docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/711/431_2025_a_troca_de_lampadas_na_rua_leopoldo_pullig_nas_proximidades_do_no_619_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/712/432_2025_que_realize_melhorias_na_iluminacao_publica_da_antiga_estacao_ferroviaria_de_avelar._2.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/713/433_2025_a_pavimentacao_asfaltica_do_morro_que_liga_o_bairro_capivara_ao_bairro_coqueiro..docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/714/434_2025_pavimentacao_asfaltica_na_estrada_arcozelomaravilha_no_trecho_entre_as_casinhas_populares_do_roseiral_e_o_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/718/435_2025_a_conclusao_do_servico_de_escoamento_de_esgoto_na_rua_vinte_e_dois_lote_95_bairro_acampamento.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/719/436_2025_revitalizacao_da_pracinha_vicente_de_freitas_situada_nas_proximidades_da_igreja_monte_siao..docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/720/437_2025_manutencao_nos_bracos_de_iluminacao_publica_localizados_nos_bairros_coqueiros_e_rio_pardo.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/721/438_2025_a_instalacao_de_dois_redutores_de_velocidade_quebra-molas_na_rj-125.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/722/439_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_avenida_irineu_reis_nas_proximidades_da_creche_municipal.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/726/448_2025_solicita_que_realize_com_a_secretaria_de_obras_patrolamento_e_ensaibramento_das_principais_ruas_do_bairro_prata_edinho_e_neguinho..docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/727/449_2025_a_troca_de_lampadas_queimadas_na_travessa_dona_herminia.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/728/450_2025_o_patrolamento_da_rua_quatro_situada_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/730/452_2025__a_inclusao_de_brinquedos_adaptados_para_criancas_com_transtorno_do_espectro_autista_tea_nas_pracas_publicas_do_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/736/459_2025_que_viabilize_a_instalacao_de_uma_unidade_da_farmacia_popular_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/737/460_2025_a_instalacao_de_um_banner_ou_de_uma_placa_com_a_identificacao_do_nome_oficial_do_posto_de_saude_localizado_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/738/461_2025_neguinho_e_macarrao_a_construcao_de_uma_quadra_de_areia_e_a_instalacao_de_aparelhos_de_ginastica_ao_ar_livre.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/739/462_2025_marco_aurelio__e_guilherme_realizacao_de_patrolamento_ensaibramento_e_manutencao_geral_do_morro_que_liga_o_bairro_capivara_ao_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/740/463_2025_a_realizacao_de_patrolamento_limpeza_e_rocada_na_rua_colonia_do_centro_localizada_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/741/464_2025_a_realizacao_de_patrolamento_ensaibramento_e_limpeza_no_corrego_dantas_localizado_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/742/465_2025_a_troca_de_lampadas_patrolamento_ensaibramento_e_limpeza_na_rua_agua_fria_localizada_no_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/743/466_2025_realizacao_de_poda_das_arvores_e_vegetacao_que_se_encontram_sobre_a_fiacao_eletrica_na_rua_quatorze.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/744/467_2025_realizacao_de_patrolamento_na_rua_bueno_de_andrade_e_na_rua_vinte_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/746/470_2025_instalacao_de_dois_redutores_de_velocidade_quebra-molas_na_rodovia_ary_schiavo.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/749/471_2025_a_realizacao_de_reparos_urgentes_em_uma_cratera_localizada_nas_proximidades_da_ponte_do_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/747/472_2025_a_realizacao_de_patrolamento_e_rocada_na_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/748/473_2025_a_instalacao_de_braco_de_luz_nas_proximidades_da_igreja_catolica_na_rua_antonio_aniceto_da_costa_bairro_saudade..docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/753/477_2025_aplicacao_de_po_de_pedra_nas_ruas_do_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/754/478_2025_a_construcao_de_uma_quadra_de_areia_e_de_uma_academia_ao_ar_livre_na_praca_localizada_ao_lado_do_bar_do_vivinha..docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/757/481_2025_a_implantacao_de_faixa_de_pedestres_na_rua_coronel_avelar_no_bairro_avelar_na_esquina_do_jardim_de_avelar.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/758/482_2025_a_instalacao_de_um_braco_de_iluminacao_publica_na_rua_quatro_nas_proximidades_da_igreja_crista_renovada_situada_no_bairro_clube_velho..docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/759/483_2025_a_realizacao_de_servicos_de_limpeza_patrolamento_e_ensaibramento_na_rua_quatro_localizada_no_bairro_clube_velho..docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/760/484_2025_a_aplicacao_de_massa_asfaltica_na_rua_joaquim_alves_louzada_localizada_no_bairro_biriba._referencia_rua_do_sase..docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/761/485_2025_solicita_ao_prefeito_municipal_a_construcao_de_um_portico_com_a_tematica_da_raca_mangalarga.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/762/486_2025_a_aplicacao_de_escoria_nas_ruas_do_bairro_boa_vista.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/763/487_2025_a_realizacao_de_servicos_de_limpeza_no_bairro_lameirao_com_especial_atencao_a_area_conhecida_como_morro_do_macaco.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/764/488_2025_a_aplicacao_de_po_de_pedra_no_morro_situado_na_rua_humberto_candido_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/765/489_2025_a_reforma_da_passarela_situada_atras_da_aldeia_de_arcozelo._reiterando_a_minha_indicacao_de_no_0112025..docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/766/490_2025_o_corte_de_agua_na_via_publica_e_a_desobstrucao_de_bueiro_na_estrada_da_enfermaria.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/767/491_2025_a_municipalizacao_do_clube_monte_alegre_para_que_o_espaco_possa_abrigar_um_salao_de_eventos_academia_publica.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/770/494_2025__a_realizacao_de_servico_de_rocada_na_rua_vinte.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/771/495_2025_a_pintura_da_quadra_de_grama_sintetica_situada_na_praca_do_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/772/499_2025_a_realizacao_de_manutencao_nos_bracos_de_luz_existentes_na_rua_do_cantagalo_e_rua_do_quilimbo_localizadas_no_bairro_coqueiros._reiterando.docx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/773/500_2025_a_realizacao_de_poda_dos_galhos_de_arvores_que_estao_atingindo_a_rede_eletrica_na_rua_c.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/774/501_2025_edinho_e_macarraomanutencao_nos_bracos_de_iluminacao_publica_nos_bairros_vista_alegre_e_aquenta_sol.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/775/502_2025_a_realizacao_de_reforma_urgente_na_ponte_localizada_na_rj_que_liga_o_bairro_vista_alegre_ao_sertao_do_calixto.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/776/503_2025_instalacao_de_iluminacao_publica_no_trecho_entre_a_secretaria_de_obras_e_o_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/777/504_2025_solicita_ao_prefeito_municipal_a_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_rj-125_apos_a_aldeia_de_arcozelo_sentido_avelar..docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/778/505_2025_a_realizacao_de_servico_de_rocada_e_limpeza_nas_vias_publicas_do_bairro_mantiquira..docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/779/506_2025__a_realizacao_de_manutencao_no_telhado_do_ponto_de_onibus_localizado_no_chale_de_avelar.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/780/507_2025__a_troca_ou_o_reparo_de_aparelho_de_ginastica_bem_como_a_substituicao_de_um_banco_quebrado_no_jardim_de_avelar.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/781/508_2025_a_realizacao_de_limpeza_na_rua_vereador_caio_figueira_de_vasconcelos_centro_nas_proximidades_do_colegio_dedica_i..docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/782/509_2025_a_realizacao_de_poda_de_arvores_sobre_a_fiacao_eletrica_e_o_reparo_nos_bracos_de_iluminacao_publica_com_a_troca_de_lampadas_queimadas.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/785/513_2025_instalacao_de_um_bueiro_na_estrada_do_batatal.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/786/514_2025_aplicacao_de_po_de_pedra_na_localidade_marmelos_apos_o_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/789/518_2025__a_instalacao_urgente_de_tampas_nas_caixas_de_esgoto_situadas_na_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/790/519_2025_a_substituicao_das_lampadas_queimadas_na_rj_125_nas_proximidades_da_fazenda_monte_alegre_e_do_posto_de_gasolina.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/792/522_2025_a_aplicacao_de_po_de_pedra_na_rua_vinte_e_tres_no_bairro_acampamento.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/793/523_2025_o_fechamento_dos_bueiros_abertos_localizados_na_alameda_do_ipe_e_alameda_do_inga.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/794/524_2025_a_realizacao_de_patrolamento_e_ensaibramento_na_rua_17.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/795/525_2025__a_instalacao_de_dois_quebra-molas_na_rj-125_com_sinalizacao_adequada_reiterando.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/796/526_2025__a_realizacao_de_reparos_na_rede_de_esgoto_localizada_na_rua_das_mangueiras.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/797/527_2025_a_realizacao_de_reforma_da_ponte_situada_na_estrada_do_guaribu_velho.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/798/528_2025_a_realizacao_de_reforma_e_melhorias_nos_pontos_de_onibus_do_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/800/530_2025_que_tome_as_devidas_providencias_quanto_a_uma_valeta_localizada_proxima_a_pracinha_na_rua_doutor_peralta..docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/804/534_2025_pintura_de_todos_os_quebra-molas_localizados_nos_bairros_acampamento_mantiquira_esperanca_e_mato_grosso..docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/805/535_2025_construcao_de_uma_quadra_de_areia_no_bairro_tres_porteiras..docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/806/536_2025_realizacao_de_manutencao_na_rede_de_iluminacao_publica_da_rua_santos_dumont_localizada_no_bairro_pedras_ruivas..docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/807/537_2025__a_colocacao_de_po_de_pedra_na_estrada_sitio_barreiros.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/808/538_2025_ampliacao_do_numero_de_mediadores_escolares_para_alunos_autistas_e_a_contratacao_de_mais_monitores_para_os_onibus_escolares_reiterando.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/809/539_2025_que_estude_a_viabilidade_de_criacao_de_estacionamento_na_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/810/540_2025_a_realizacao_de_pavimentacao_asfaltica_na_rua_maravilha_boa_vista_situada_no_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/811/541_2025_a_pavimentacao_asfaltica_do_corrego_dantas_situado_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/814/544_2025_a_realizacao_de_reparo_em_uma_tampa_de_esgoto_quebrada_localizada_na_estrada_do_batatal_no_2650_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/815/545_2025_a_construcao_de_um_ponto_de_onibus_nas_proximidades_da_pousada_nova_gironda_localizada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/816/549_2025__guilherme_e_marco_aurelio_revitalizacao_e_reforma_da_sede_administrativa_das_unidades_de_conservacao_municipais.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/817/550_2025_guilherme_e_marco_aurelio_criacao_de_um_museu_da_raca_mangalarga_marchador_no_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/818/551_2025_construcao_de_uma_praca_publica_no_horizonte_com_parque_infantil_tambem_os_bairros_vizinhos_guaribu_e_saudade..docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/819/552_2025_a_realizacao_de_servicos_de_limpeza_e_manutencao_da_iluminacao_publica_na_rua_warlindo_rangel_bairro_mantiquira._1.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/820/553_2025_a_realizacao_de_servicos_de_manutencao_na_iluminacao_publica_da_rua_elvira_de_oliveira_goulart.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/821/554_2025_a_instalacao_de_um_bebedouro_na_praca_esportiva_denominada_juliana_maria_da_silveira_duarte_nogueira.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/825/562_2025_a_reforma_da_escola_municipal_jose_eulalio_de_andrade_localizada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/826/563_2025_reforma_da_quadra_coberta_situada_no_bairro_avelar.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/827/564_2025__construcao_de_um_posto_de_saude_no_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/831/568_2025_a_instalacao_de_um_redutor_de_velocidade_na_rua_jose_eugenio_pinheiro.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/832/569_2025_a_realizacao_de_poda_dos_galhos_de_arvores_que_estejam_proximos_ou_em_contato_com_a_rede_eletrica_nos_bairros_coqueiros_e_rio_pardo..docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/833/570_2025_a_realizacao_de_limpeza_e_patrolamento_na_rua_farid_tamer_localizada_no_bairro_zenobiopolis..docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/834/571_2025_a_realizacao_da_poda_de_arvores_que_estao_atingindo_a_rede_de_iluminacao_publica_no_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/835/572_2025__a_reforma_da_quadra_de_areia_da_praca_oswaldo_gaspar_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/838/575_2025_a_realizacao_de_patrolamento_e_rocada_na_travessa_quindins_km_38_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/848/586_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rj-125_nas_imediacoes_da_pousada_nova_gironda.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/849/587_2025_a_reforma_do_posto_de_saude_localizado_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/850/588_2025_a_revitalizacao_da_academia_da_saude_situada_no_morro_joao_malandro_1.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/851/589_2025__a_substituicao_das_manilhas_na_rua_antonio_aniceto_da_costa.docx" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/854/592_2025_a_instalacao_de_um_bueiro_na_estrada_rj-125_no_72200_bairro_granja_california_3.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/855/593_2025_que_viabilize_o_retorno_do_atendimento_aos_servidores_publicos_do_municipio.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/857/595_2025_a_aplicacao_de_po_de_pedra_na_rua_14_situada_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/866/611_2025_realizacao_de_uma_revisao_geral_nos_planos_de_cargos_carreiras_e_remuneracao_pccr_de_todos_os_servidores_publicos_municipais.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/867/612_2025_pavimentacao_asfaltica_na_estrada_das_mangueiras.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/871/619_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rua_coronel_manoel_bernardes.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/872/620_2025__a_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/881/630_2025_a_reforma_da_quadra_do_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/883/632_2025__a_instalacao_de_rede_de_esgoto_na_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/884/633_2025__a_pavimentacao_asfaltica_da_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/887/636_2025_a_construcao_de_um_centro_esportivo_no_bairro_monte_alegre_neste_municipio..docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/891/646_2025__a_pavimentacao_asfaltica_da_rua_das_mangueiras_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/892/647_2025_a_instalacao_de_rede_de_esgoto_na_rua_joel_cabral_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/893/648_2025_a_pavimentacao_asfaltica_da_rua_joel_cabral_da_silva_e_da_rua_das_mangueiras_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/898/653_2025_a_pavimentacao_asfaltica_da_rua_que_interliga_o_bairro_arcozelo_ao_bairro_capivara.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/899/654_2025_faixa_de_pedestres_proxima_ao_redutor_de_velocidade_quebra-molas_na_rj-125.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/900/655_2025_a_realizacao_de_manutencao_nos_bracos_de_iluminacao_publica_existentes_na_rua_wintor_barbosa_de_godoi_2.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/901/656_2025__pedido_para_realizacao_de_avaliacaovistoria_na_ponte_situada_em_frente_a_igreja_monte_siao__rua_vereador_sidnei_melo_de_freitas..docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/907/663_2025__a_revitalizacao_da_pracinha_localizada_na_rua_antonio_l._fernandes.docx" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/908/664_2025__que_seja_realizada_a_reforma_da_capela_mortuaria_do_cemiterio_localizado_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/909/665_2025_a_revitalizacao_da_praca_localizada_no_bairro_saudade..docx" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/911/667_2025_manutencao_na_iluminacao_estr_verr_oswaldo_fer_de_b_filho_na_estr_antonio_joaquim_e_na_rua_aniceto.docx" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/912/668_2025__a_poda_das_arvores_que_estao_sobre_a_fiacao_na_estrada_jose_monteiro.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/913/669_2025_a_construcao_de_uma_quadra_coberta_em_anexo_a_escola_localizada_no_bairro_rio_pardo..docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/914/670_2025a_disponibilizacao_do_castramovel_para_atendimento_nos_bairros_coqueiros_e_maravilha..docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/915/671_2025_edinho_e_lenice_patrolamento_e_ensaibramento_da_rua_irma_dulce_na_localidade_de_vile_de_monte_alegre_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/916/672_2025_projeto_de_saude_em_domicilio_sad__servico_de_atencao_domiciliar.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/918/674_2025___a_revitalizacao_do_portico_de_entrada_localizado_no_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/919/675_2025___a_instalacao_de_um_redutor_de_velocidade_quebra-mola_em_frente_ao_portao_lateral_da_escola_municipal_vereador_sidney_de_mello_freitas.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/923/683_2025_rua_cantagalo_bom_jardim_bairro_coqueiros_com_posterior_aplicacao_de_po_de_pedra_ou_escoria..docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/926/686_2025__a_construcao_de_uma_capela_mortuaria_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/927/687_2025__a_instalacao_de_um_quebra-molas_na_rua_barao_de_capivari.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/932/694_2025_que_estude_a_viabilidade_de_implantar_um_ponto_de_onibus_sentido_arcozelo_no_centro_da_cidade.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/933/695_2025_que_seja_estudada_a_viabilidade_do_retorno_da_mao_dupla_na_avenida_osorio_duque_estrada_na_rua_do_posto_de_gas..docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/943/707_2025_a_instalacao_de_faixa_de_pedestre_e_dois_redutores_de_velocidade_em_frente_ao_quiosque_do_vivinha..docx" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/944/708_2025_a_revitalizacao_da_pintura_dos_quebra-molas_no_bairro_recanto..docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/946/710_2025_continuidade_calcamento_para_pedestres_no_trecho_compreendido_entre_o_bairro_granja_california_e_o_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/947/711_2025_a_instalacao_de_uma_faixa_de_pedestre_na_avenida_irineu_reis_nas_proximidades_da_creche_municipal_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/948/712_2025_que_seja_feita_a_retirada_do_mato_arvores_e_bambus_que_ficaram_no_local_apos_a_rocada_realizada_no_bairro_bela_vista.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/951/715_2025___a_construcao_de_uma_praca_com_instalacao_da_academia_da_saude_na_estrada_antonio_joaquim_bairro_antonio_joaquim..docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/952/716_2025___instalacao_de_faixa_de_pedestre_no_inicio_da_travessa_osvaldo_tamer..docx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/953/717_2025_que_seja_analisada_em_conjunto_com_a_secretaria_de_ordem_publica_a_possibilidade_de_remocao_do_semaforo.docx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/955/727_2025_a_implantacao_de_uma_academia_da_saude_e_de_um_parquinho_infantil_no_bairro_sao_joaquim..docx" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/956/728_2025_a_aquisicao_de_equipamentos_de_mobilidade_e_apoio.docx" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/957/729_2025_a_realizacao_da_reforma_da_ciclovia_que_liga_o_centro_de_paty_do_alferes_ate_o_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/960/733_2025_instalacao_de_um_redutor_de_velocidade_quebra-molas_em_frente_a_clinica_dr._mackson.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/965/740_2025_a_implantacao_da_farmacia_popular_na_unidade_de_saude_do_bairro_coqueiros._reiterando_minha_indicacao.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/967/742_2025_reforma_do_campo_de_grama_sintetica_na_praca_noemia_rosa_no_bairro_granja_com_a_substituicao_da_grama.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/968/743_2025_troca_das_lampadas_de_iluminacao_publica_na_rua_professor_cornelio_neto_nas_proximidades_dos_numeros_216_e_526_no_bairro_grotao..docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/969/744_2025_a_instalacao_de_um_quebra-molas_na_estrada_coqueiros_prata_no_550_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/970/745_2025_a_implantacao_de_uma_academia_da_saude_no_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/972/747_2025__implantacao_de_uma_base_do_samu_em_local_estrategico_entre_os_bairros_granja_california_e_avelar..docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/974/749_2025_implantacao_de_uma_faixa_de_pedestres_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu..docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/975/750_2025__a_construcao_de_um_ponto_de_onibus_em_frente_a_igreja_assembleia_de_deus_localizada_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/981/758_2025_a_poda_de_uma_arvore_localizada_no_bairro_rio_pardo.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/982/759_2025__a_instalacao_da_academia_da_saude_ja_disponivel_na_secretaria_de_obras_no_bairro_acampamento..docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/983/760_2025__a_implantacao_de_um_redutor_de_velocidade_quebra-molas_e_uma_faixa_de_pedestres_em_cada_acesso_da_vila_barros.docx" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/984/761_2025_que_seja_disponibilizado_um_caminhao_pipa_para_passar_no_bairro_da_prata.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/985/762_2025_a_revitalizacao_das_faixas_de_pedestre_situadas_na_rua_deputado_bernardes_neto.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/987/764_2025_realize_o_plantio_de_mudas_de_ipe_na_subida_do_cemiterio_de_avelar..docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1003/766_2025__o_patrolamento_da_estrada_do_canavial_rua_da_ponte_do_bibi_trecho_que_se_estende_ate_o_bairro_poaia..docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1004/767_2025__que_o_desfile_civico_de_7_de_setembro_seja_realizado_no_sabado.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/989/768_2025__disponibilizar_transporte_escolar_para_as_criancas_do_bairro_maravilha.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/990/769_2025_a_realizacao_de_reparos_na_ponte_situada_no_inicio_da_estrada_antonio_joaquim_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/992/771_2025_marco_aurelio_e_neguinho_a_realizacao_de_reforma_da_ponte_situada_na_estrada_do_guaribu_velho_-_reiterando.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/993/772_2025_colocacao_placa_indicativa_de_curva_de_perigo_um_guarda-corpo_na_curva_na_rj_125_conhecida_como_curva_do_campo..docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1005/776_2025__a_substituicao_das_lampadas_queimadas_na_rua_custodio_domingues_correa.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/997/777_2025__a_limpeza_do_rio_uba_e_do_corrego_localizado_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/998/778_2025__a_implantacao_de_um_polo_de_equoterapia_entre_os_bairros_granja_california_e_avelar..docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/999/779_2025_a_manutencao_da_iluminacao_publica_dos_pontos_de_onibus_situados_no_trajeto_entre_o_bairro_monte_alegre_e_o_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1000/780_2025_solicita_ao_prefeito_municipal_que_realize_a_pavimentacao_asfaltica_do_trecho_que_falta_entre_o_morro_do_recreio_e_o_bairro_vista_alegre..docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1001/781_2025_a_instalacao_de_bracos_de_luz_na_rua_da_saibreira_no_bairro_granja_california_mestre_xisto..docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1006/783_2025__a_instalacao_de_postes_com_iluminacao_solar_no_morro_do_recreio..docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1007/784_2025_a_aquisicao_de_smartphones_para_as_equipes_de_combate_as_endemias_deste_municipio.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1008/785_2025_recapeamento_da_rua_do_recanto.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1009/786_2025_a_instalacao_de_um_quebra-molas_e_faixa_em_frente_a_casa_creche.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1010/787_2025_realize_a_devida_sinalizacao_no_morro_do_recreio.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1011/788_2025_a_disponibilizacao_de_professores_de_educacao_fisica_nos_bairros_com_quadras_poliesportivas.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1014/789_2025_a_construcao_de_um_quiosque_no_bosque_da_maravilha..docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1018/795_2025_a_reforma_da_praca_situada_na_alameda_leonidia_murce_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1019/796_2025__a_manutencao_dos_brinquedos_da_praca_noemia_rosa_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1021/798_2025__a_revitalizacao_da_faixa_de_pedestres_em_frente_ao_ponto_de_onibus_no_bairro_tres_porteiras..docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1022/799_2025_a_manutencao_do_ponto_de_onibus_localizado_na_entrada_da_estrada_sao_joaquim_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1023/800_2025_a_instalacao_de_iluminacao_publica_na_rj-125_no_trecho_que_compreende_da_aldeia_de_arcozelo_ate_o_balaeiro.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1024/801_2025_a_realizacao_de_patrolamento_e_a_colocacao_de_po_de_pedra_na_rua_virginia_rangel_no_bairro_mantiquira..docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1026/803_2025_poda_das_arvores_que_estao_encostando_na_rede_eletrica_na_avenida_silvino_adelio.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1027/804_2025_reparo_de_bueiro_localizado_na_rua_projetada_no_27_no_morro_do_joao_malandro_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1028/805_2025_a_realizacao_de_pavimentacao_asfaltica_na_alameda_dos_patis_localizada_no_bairro_recanto..docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1033/844_2025__que_seja_realizada_a_pavimentacao_asfaltica_na_rua_antonio_aniceto_da_costa_localizada_no_bairro_saudade.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1034/845_2025_a_construcao_de_dois_bueiros_na_rua_abilio_murce_situada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1035/846_2025_a_manutencao_da_iluminacao_publica_da_calcada_que_liga_o_centro_da_granja_ate_o_campo_do_joao_malandro..docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1036/847_2025_a_troca_de_lampadas_na_estrada_bom_jardim_no_3995_bairro_coqueiros_ao_lado_do_condominio_javary..docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1037/848_2025__a_implantacao_do_projeto_casa_creche_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1038/849_2025_a_implantacao_do_projeto_casa_creche_no_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1039/850_2025_a_instalacao_de_um_quebra-molas_na_rua_leopoldo_pullig_no_bairro_avelar_em_frente_a_antiga_cedae..docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1043/857_2025_a_implantacao_do_projeto_casa_creche_nos_bairros_coqueiros_e_rio_pardo..docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1045/859_2025_realizacao_de_campanha_de_vacinacao_dos_animais_atencao_aos_animais_de_rua_risco_de_transmissao_de_doencas..docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1046/860_2025_a_ampliacao_da_ponte_situada_na_rj-123.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1047/861_2025_a_disponibilizacao_de_um_caminhao_de_exames_de_imagem_especialmente_para_realizacao_de_mamografia_e_ressonancia.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1048/862_2025__a_realizacao_da_poda_de_duas_arvores_situadas_na_rua_da_saibreira_no_morro_do_joao_malandro_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1049/863_2025__a_instalacao_de_uma_farmacia_popular_no_posto_de_saude_do_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1050/864_2025_a_pavimentacao_asfaltica_na_estrada_antonio_joaquim.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1051/865_2025_pavimentacao_asfaltica_de_aproximadamente_150_metros_na_estrada_vereador_oswaldo_fernandes_de_barros_filho.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1052/866_2025_a_construcao_de_uma_quadra_poliesportiva_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1053/867_2025_a_instalacao_de_dois_quebra-molas_na_rua_deputado_bernardes_neto_no_bairro_centro.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1063/877_2025_que_realize_a_rocada_na_avenida_silvino_adelio_no_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1064/878_2025__a_implantacao_de_uma_academia_da_saude_no_bosque_da_maravilha..docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1065/879_2025__a_troca_das_lampadas_de_iluminacao_publica_na_rua_professor_cornelio_neto_nas_proximidades_dos_numeros_216_e_526_no_bairro_grotao._reiterando.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1066/880_2025_colocacao_de_escoria_na_estrada_antonio_aniceto_da_costa_no_bairro_saudade_nas_proximidades_da_residencia_do_senhor_adao.docx" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1067/881_2025_a_aplicacao_de_massa_asfaltica_na_rua_vinte_e_um_localizada_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1069/885_2025_a_poda_dos_galhos_na_alameda_paty_uba_proximo_ao_no_2300_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1070/886_2025_a_instalacao_de_lixeiras_nos_pontos_de_onibus_do_municipio..docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1071/887_2025_a_manutencao_nos_bracos_de_iluminacao_da_rua_caio_figueira_bairro_centro..docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1073/889_2025_a_reforma_geral_no_posto_de_saude_da_granja_california.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1075/891_2025_a_instalacao_de_tampas_nos_bueiros_abertos_localizados_no_morro_do_joao_malandro_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1076/892_2025_a_construcao_de_passarela_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1078/894_2025_a_implantacao_do_projeto_casa_creche_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1079/895_2025_a_limpeza_e_retirada_de_entulhos_no_morro_do_joao_malandro_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1082/899_2025_a_limpeza_da_rua_elza_alves_paz_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1083/900_2025__a_reforma_da_quadra_esportiva_e_da_pista_de_skate_do_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1084/901_2025__a_colocacao_de_po_de_pedra_na_estrada_vereador_oswaldo_fernandes_de_barros_filho_nas_proximidades_do_acude_da_fazenda_das_antas..docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1085/902_2025__a_limpeza_patrolamento_e_colocacao_de_po_de_pedra_na_rua_comandante_geraldo_sa_no_bairro_pedras_ruivas..docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1086/903_2025__o_patrolamento_da_estrada_arcozelo__maravilha..docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1087/904_2025__a_instalacao_de_bancos_ao_longo_da_extensao_da_praca_george_jacob_abdue_reiterando_minha_indicacao_355_2025..docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1088/905_2025_a_colocacao_de_manilhas_ensaibramento_colocacao_de_escoria_e_troca_das_lampadas_na_estrada_humberto_candido_sentido_sitio_das_estrelas..docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1089/906_2025_a_manutencao_dos_bueiros_entupidos_e_a_substituicao_das_lampadas_queimadas_na_rua_dr._mario_kroeff_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1090/908_2025__limpeza_e_manutencao_da_escadaria_localizada_no_morro_joao_malandro_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1097/918_2025_colocacao_de_po_de_pedra_na_estrada_da_bela_vista_nas_proximidades_dos_numeros_846_847_848_e_855_bela_vista..docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1098/919_2025_possibilidade_de_reorganizar_os_feriados_municipais.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1100/921_2025_construcao_de_um_muro_de_contencao_na_rua_sao_sebastiao_no_bairro_granja_california_proximo_ao_no_435..docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1101/922_2025_construcao_de_uma_cobertura_na_area_externa_da_creche_da_granja_california.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1102/923_2025_patrolamento_no_bairro_antonio_joaquim_no_trecho_compreendido_entre_a_igreja_catolica_e_a_ponte_de_madeira..docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1103/924_2025_instalacao_de_redutor_de_velocidade_na_rua_coronel_manoel_bernardes_referencia_o_bar_do_paulinho_guilherme_e_marc.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1104/925_2025_guilherme_edinho_e_marco_aurelio_solicita_ao_prefeito_municipal_a_construcao_de_um_predio_proprio_para_o_funcionamento_do_tea_ame.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1111/934_2025__providencias_quanto_a_rede_eletrica_do_bairro_recanto.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1112/935_2025_sistema_de_transporte_coletivo_por_meio_de_vans.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1113/936_2025_a_aplicacao_de_po_de_pedra_nas_principais_ruas_do_bairro_prata_neste_municipio..docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1118/941_2025_saneamento_basico_na_estrada_sertao_do_calixto_bairro_vista_alegre_na_localidade_conhecida_como_rua_do_japao.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1119/942_2025_natal_de_luz_e_tradicao_2025_nas_pracas_do_centro_da_cidade.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1120/943_2025_que_realize_a_aquisicao_de_um_equipamento_de_raio-x_moderno_acompanhado_de_computador_para_o_posto_de_saude_do_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1121/944_2025_colocacao_de_escoria_na_avenida_silvino_adelio_na_altura_do_no_1985_apos_a_escola_do_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1122/945_2025_recapeamento_ou_uma_operacao_tapa-buracos_na_rua_sao_sebastiao_nas_proximidades_da_igreja_catolica_granja..docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1123/952_2025_recapeamento_da_rua_do_recanto._reiterando.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1124/953_2025_a_aplicacao_de_po_de_pedra_na_rua_14_situada_no_bairro_maravilha._reiterando.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1127/956_2025__a_colocacao_de_escoria_na_rua_barao_de_paty_nas_proximidades_do_no_258_no_bairro_recanto..docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1128/957_2025_recapeamento_da_rua_filomena_da_silva_figueira_localizada_no_bairro_esperanca..docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1129/958_2025_guilherme_e_marco_aurelio_retome_a_realizacao_do_campeonato_regional_e_do_torneio_taca_emancipacao.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1132/959_2025_recapeamento_da_alameda_leonidia_murce_e_da_entrada_do_guaribu_velho.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1139/972_2025_rua_cantagalo_bom_jardim_bairro_coqueiros_com_posterior_aplicacao_de_po_de_pedra_ou_escoria._reiterando.docx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1140/973_2025_que_providencie_a_instalacao_de_ventiladores_ou_aparelho_de_ar-condicionado_na_unidade_de_saude_do_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1141/974_2025_a_poda_de_uma_arvore_localizada_no_bairro_rio_pardo._reiterando.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1152/975_2025__notifique_o_proprietario_do_terreno_particular_localizado_no_bairro_lameirao_rj-117.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1142/976_2025__a_instalacao_dos_aparelhos_de_ar-condicionado_na_escola_municipal_major_monteiro_soares_localizada_no_bairro_horizonte..docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1143/977_2025__limpeza_no_campo_de_futebol_do_bairro_poaia.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1144/978_2025_mocao_de_aplausos_a_equipe_de_corredores_rusticos.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1145/979_2025_recapeamento_da_rua_abilio_murce_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1146/980_2025_recapeamento_do_inicio_da_rua_visconde_de_uba_situada_no_bairro_de_avelar..docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1148/982_2025_aplicacao_de_po_de_pedra_no_morro_da_estrada_da_bela_vista_e_na_rua_humberto_candido_ambas_localizadas_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1149/983_2025__que_realize_a_limpeza_da_quadra_situada_no_bairro_lameirao..docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1150/984_2025__a_troca_das_lampadas_queimadas_no_morro_do_fama_bairro_maravilha_tendo_como_referencia_a_residencia_do_senhor_edinho_da_pedreira..docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1154/987_2025_realizacao_do_recapeamento_de_uma_parte_da_rua_antonio_porreca.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1155/988_2025_instalacao_de_um_quebra-mola_na_rua_vereador_aloisio_ferreira_gomes_no_bairro_avelar_proximo_ao_no_478..docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1156/989_2025_instalacao_um_quebra-molas_na_avenida_silvino_adelio_na_altura_do_no_1196_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1157/990_2025_aplicacao_de_po_de_pedra_na_rua_altino_de_paula_tendo_como_referencia_o_no_602_no_bairro_vista_alegre..docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1158/991_2025_a_instalacao_de_lixeiras_na_praca_george_jacob_abdue.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1159/992_2025_solicita_ao_prefeito_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_apos_a_aldei_sentido_avelar.docx" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1160/993_2025_realizacao_de_recapeamento_e_reparos_na_avenida_vereador_aloisio_ferreira_gomes_no_bairro_avelar.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1161/994_2025_substituicao_das_lampadas_queimadas_na_rua_dr._mario_kroeff_localizada_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1162/995_2025_reforma_do_campo_de_grama_sintetica_situado_na_rj-125_granja_california_com_instalacao_de_cobertura_em_tela.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1163/996_2025_recapeamento_asfaltico_na_rua_vicente_de_freitas_situada_no_bairro_centro..docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1168/1004_2025__a_realizacao_de_pavimentacao_asfaltica_nas_principais_ruas_do_bairro_parque_alto_do_recanto.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1169/1005_2025_a_aplicacao_de_po_de_pedra_ou_escoria_na_rua_cantagalo_bairro_coqueiros_bem_como_nas_principais_estradas_dos_bairros_rio_pardo_e_prata..docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1170/1006_2025__pavimentacao_asfaltica_nas_principais_vias_do_bairro_zenobiopolis_morro_do_capitao..docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1171/1007_2025_colocacao_de_dois_conteineres_para_serem_utilizados_como_lixeiras_na_rua_vereador_luis_soares_da_silva_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1172/1008_2025_pavimentacao_asfaltica_no_morro_do_zeze_lopes_situado_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1174/1010_2025_a_instalacao_de_tela_de_protecao_na_quadra_de_areia_localizada_na_praca_noemia_rosa_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1176/1012_2025_instalacao_de_uma_faixa_de_pedestres_na_entrada_do_posto_ale_e_na_subida_a_rua_vereador_aloisio_ferreira_gomes.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1180/1016_2025_poda_de_arvore_na_estrada_da_enfermaria_proximo_ao_no_273_bairro_bela_vista_tendo_como_referencia_a_queijaria_do_daniel..docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1181/1017_2025_poda_de_uma_arvore_na_estrada_da_bela_vista_proximo_ao_local_conhecido_como_tinguin_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1182/1018_2025__a_instalacao_de_tomadas_nas_pracas_manoel_congo_e_george_jacob_abdue..docx" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1217/1023_2025_revitalizacao_da_sinalizacao_viaria_existente_no_bairro_recanto_nas_proximidades_do_mercadinho_recanto..docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1218/1024_2025_colocacao_de_lixeiras_no_corrego_dantas.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1219/1025_2025_manutencao_da_iluminacao_publica_na_rua_cantagalo_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1220/1026_2025_instalacao_de_torres_de_internet_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1221/1027_2025_instalacao_de_tomadas_nas_pracas_noemia_rosa_e_na_praca_de_avelar..docx" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1222/1028_2025_disponibilizacao_de_acesso_publico_a_internet_nas_pracas_manoel_congo_e_george_jacob_abdue..docx" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1223/1029_2025_colocacao_de_po_de_pedra_na_rua_roberto_da_silveira_na_altura_do_no_1200_nas_proximidades_do_pontilhao_conhecida_como_rua_do_prodeq..docx" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1224/1030_2025_instalacao_urgente_de_tampas_nas_caixas_de_esgoto_situadas_no_trecho_que_se_estende_da_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1225/1031_2025_colocacao_de_po_de_pedra_na_rua_viuva_bastos_localizada_no_bairro_poaia..docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1226/1032_2025_construcao_abertura_de_rua_alto_seco_bairro_sao_joaquim_ligando_a_area_conhecida_como_cabriteiro..docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1227/1033_2025_que_seja_realizada_a_reforma_geral_da_antiga_estacao_ferroviaria_de_avelar.docx" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1229/1035_2025_a_ampliacao_do_atendimento_do_caminhao_da_vacina_para_outros_bairros_do_municipio..docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1230/1036_2025_instalacao_de_um_quebra-molas_na_avenida_brasil.docx" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1236/1047_2025__instalacao_de_um_quebra-molas_na_rua_sao_sebastiao_no_bairro_granja_california_na_altura_do_no_129..docx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1237/1048_2025_instalacao_de_enfeites_natalinos_na_praca_noemia_rosa_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1239/1050_2025_manutencao_da_iluminacao_publica_no_bairro_capivara_no_trecho_que_vai_do_inicio_da_fazenda_santa_tereza_ate_o_final_da_rua..docx" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1240/1051_2025_realizacao_de_servicos_de_manutencao_na_rua_joao_paim_no_centro_incluindo_rocada_limpeza_geral_substituicao_de_lampadas.docx" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1241/1052_2025_construcao_abertura_de_uma_rua_ligando_a_estrada_do_guaribu_velho_a_avenida_irineu_reis..docx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1248/1063_2025_reparos_urgentes_no_mata-burro_do_bairro_recanto.docx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1249/1064_2025__convocar_um_agente_comunitario_de_saude_para_o_bairro_do_recanto.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1250/1065_2025_notificacao_da_empresa_responsavel_pelo_asfaltamento_do_bairro_recanto_para_realizar_a_substituicao_das_tampas_de_bueiros_quebradas..docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1251/1066_2025_adocao_de_providencias_relativas_a_manifestacao_de_ratos_e_mosquitos_na_rua_deputado_jose_vaz_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1252/1067_2025_que_viabilize_a_instalacao_de_uma_base_de_servico_da_light.docx" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1253/1068_2025_patrolamento_e_a_aplicacao_de_po_de_pedra_na_rua_d_localizada_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1255/1070_2025_criacao_de_vaga_rotativa_para_taxi_em_frente_ao_supermercado_fernandes.docx" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1256/1071_2025_instalacao_de_faixa_de_pedestres_na_rj-125_em_frente_a_barbearia_do_danilo_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/420/079-2025.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/436/099_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_denilson_claudinho_e_macarrao.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/437/100_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_heliomar_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/450/119_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_lenice_vianna_e_neguinho_da_oficina.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/471/144_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_carnaval_dias_03_e_05_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/517/189_2025_projeto_de_decreto_legislativo_aprova_as_contas_do_prefeito_do_exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/562/248_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_31_de_marco_a_04_de_abril_denilson_macarrao_e_neguinho.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/580/273_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_semana_santa_tiradentes_e_sao_jorge.doc" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/587/273_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_semana_santa_tiradentes_e_sao_jorge.doc" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/589/282_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_dia_02_de_maio_em_virtude_feriado_dia_do_trabalhador_01_05_2025.doc" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/594/287_2025_projeto_de_decreto_legislativo_-_fixacao_de_auxilio_alimentacao_-_servidores_da_camara_municipal.doc" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/596/289_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_07_a_11_de_abril_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/660/374_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_guilherme_edinho_marco_aurelio_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/670/384_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_denilson_macarrao_e_neguinho.doc" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/680/395_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_heliomar_e_zaninho.doc" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/681/396_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_12_e_14_de_maio_comitiva_de_vereadores_em_brasilia.doc" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/682/398_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_dias_21_22_e_23_de_maio_festa_do_tomate_2025.doc" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/696/415_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_02_a_06_de_junho_claudinho_lenice_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/731/454_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_23_a_27_de_junho_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/745/468_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dia_20_de_junho_de_2025_feriado_corpus_christi.doc" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/783/511_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_30_de_junho_a_4_de_julho_heliomar_e_zaninho.doc" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/784/512_2025_projeto_de_decreto_legislativo_viagem_brasilia__30_de_junho_a_04_de_julho_denilson_macarrao_neguinho_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/823/560_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_04_a_08_de_agosto_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/840/577_2025_projeto_de_decreto_legislativo_-_regulamenta_dispensa_de_licitacao_e_revoga_decreto_legislativo_773_de_2023.docx" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/856/594_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_04_a_08_de_agosto_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/870/616_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_11_a_15_de_agosto_denilson_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/876/625_2025_projeto_de_decreto_legislativo_-_alterando_a_data_da_sessao_solene_do_ano_de_2025_para_14_dezembro_de_2025.doc" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/890/645_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_de_agosto_heliomar_e_zaninho.doc" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1012/790_2025_projeto_de_decreto_legislativo_concede_diploma_de_merito_municipal.doc" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1013/791_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense.doc" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1056/870_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_vereadores_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1057/871_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1058/872_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_macarrao__neguinho_e_flavio_feijao.doc" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1059/873_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_20_e_22_de_outubro_maioria_dos_vereadores_em_brasilia.doc" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1060/874_2025_projeto_de_decreto_legislativo_transferencia_do_ponto_facultativo_do_dia_do_servidor_publico_de_28__para_o_dia_31_de_outubro_de_2025.doc" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1131/961_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense_2.doc" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1133/966_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1134/967_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_heliomar_zaninho_e_flavio_feijao.doc" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1135/968_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1136/969_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_macarrao__neguinho_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1137/970_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_24_e_26_de_novembro_todos_os_vereadores_em_brasilia_em_comitiva.doc" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1138/971_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dia_21_de_novembro_de_2025_feriado_consciencia_negra_dia_20.doc" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1166/1002_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense_3.doc" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1167/1003_2025_projeto_de_decreto_legislativo_concede_diploma_de_merito_municipal_2.doc" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1216/1022_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dias_23_24_30_e_31_de_2025_-_final_de_ano_natal_e_ano_novo.doc" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1242/1053_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_dia_15_de_dezembro_de_2025_-_aniversario_de_paty.doc" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1243/1054_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dias_24_26_e_31_de_dezembro_de_2025_e_2_de_janeiro_de_2026_-_final_de_ano_natal_e_ano_novo.doc" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/611/308_2025_projeto_de_resolucao_pregao_eletronico_para_contratacao_de_empresa_especializada_na_transmissao_ao_vivo_das_sessoes_parlamentares.docx" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/634/340_2025_projeto_de_resolucao_-_pregao_eletronico_aquisicao_de_1_veiculo_para_camara.docx" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/755/479_2025_projeto_de_resolucao_-__pregao_eletronico_para_aquisicao_de_gasolina.docx" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/839/576_2025_projeto_de_resolucao_vale_feira_da_camara_de_paty.doc" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/917/673_2025_projeto_de_resolucao_-_aquisicao_de_veiculo_pregao_presencial.docx" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/418/077-2025.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/469/138_2025_mocao_de_aplausos_ao_servidor_diogo_teixeira_da_silva_diretor_de_transporte_da_secr_de_saude_de_paty.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/500/173_2025_mocao_de_aplausos_ao_ex-vereador_juarez_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/504/177_2025_informacoes_sobre_o_atendimento_de_criancas_de_0_a_3_anos_nas_creches_municipais.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/527/207_2025_mocao_de_aplausos_ao_servidor_fernando_camargo.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/541/227_2025_mocao_de_repudio_contra_as_praticas_da_empresa_igua____autoria_de_todos_os_vereadores._1.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/542/228_2025_mocao_de_repudio_contra_as_praticas_da_empresa_light___autoria_de_todos_os_vereadores._1.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/543/229_2025_mocao_de_repudio_contra_as_praticas_da_empresa_tim_brasil__autoria_de_todos_os_vereadores._1.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/560/246_2025_mocao_de_pesara_familia_do_senhor_jorge_teixeira_vieira..pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/571/265_2025_-__informacoes_acerca_da_academia_da_saude_que_seria_instalada_na_praca_do_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/583/276_2025_-_mocao_de_aplausos_aos_policiais_militares_leonardo_thiago_e_josientom.docx" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/608/305_2025_mocao_de_aplausos_a_brigada_de_bombeiros_civil.docx" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/630/336_2025_mocao_de_aplausos_ao_senhor_jose_carlos_costa.docx" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/631/337_2025_mocao_de_aplausos_a_servidora_cleusa_maria_de_freitas_portugal.docx" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/633/339_2025_informacoes_paralisacao_do_programa_de_fortalecimento_de_vinculo_e_do_atendimento_integral_a_familia_pelo_cras.docx" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/658/372_2025_expedido_oficio_ao_prefeito_solicitando_as_seguintes_informacoes_abaixo_transcritas.docx" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/708/428_2025_mocao_de_aplausos_ao_senhor_carmelio_lisboa_martins.docx" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/756/480_2025_mocao_de_aplausos_a_diocese_de_valenca.docx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/787/516_2025_mocao_de_aplausos_ao_coronel_pm_marcello_henrique_ferreira_guimaraes..docx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/788/517_2025_mocao_de_aplausos_ao_tenente-coronel_pm_emerson_jose_da_silva_moura.docx" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/812/542_2025_-_mocao_de_aplausos_ao_subsecretario_de_defesa_civil_celso_lopes_dornelas__guilherme_e_neguinho.docx" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/822/555_2025_mocao_aplausos_ao_vereador_presidente_desta_casa_legislativa_guilherme_rosa_rodrigue..docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/824/561_2025_mocao_de_aplausos_ao_servidor_jose_gilvandro_de_souza_baltar..docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/828/565_2025_mocao_aplausos__ao_fisioterapeuta_luis_claudio_pereira_lima..docx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/829/566_2025_mocao_aplausos__fisioterapeuta_carla_adriana_cunha_maio_carvalho..docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/830/567_2025__mocao_de_aplausos_ao_instituto_nossa_senhora_aparecida..docx" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/836/573_2025_-_mocao_de_aplausos_as_finalistas_do_concurso_de_rainha_da_festa_do_tomate_e_ao_organizador_do_evento..docx" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/837/574_2025_mocao_de_aplausos_aos_policiais_militares__marco_antonio_thiago_da_silva_e_josielton_paulino.docx" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/852/590_2025_mocao_de_aplausos_ao_nobre_vereador_wilson_rosa_de_souza_macarrao..docx" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/853/591_2025_mocao_de_aplausos_ao_prefeito_julio_avelino_oliveira_de_moura_junior..docx" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/858/596_2025_mocao_de_aplausos_ao_mestre_petr_turya..docx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/859/597_2025_mocao_de_aplausos_ao_professor_andre_luiz_martins_roland..docx" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/860/598_2025_mocao_de_aplausos_ao_senhor_elvis_villela_duarte..docx" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/865/610_2025_mocao_de_aplausos_a_veterinaria_fernanda_galdino_da_rocha.docx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/873/621_2025__mocao_de_aplausos_a_fetaerj__federacao_de_teatro_associativo_do_estado_do_rio_de_janeiro..docx" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/877/626_2025_mocao_aplausos__a_servidora_raquel_da_silva_leal..docx" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/878/627_2025_mocao_aplausos__a_sra._laura_cristina_ribeiro_proenca.docx" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/879/628_2025_mocao_aplausos__ao_servidor_alfranio_luiz_lopes_babo..docx" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/880/629_2025_mocao_de_aplausos_ao_bombeiro_francisco_lopes_da_silva..docx" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/882/631_2025_mocao_de_aplausos_ao_secretario_municipal_de_obras_juliano_de_almeida_amaral_ao_diretor_iago_ventura_da_silva.docx" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/894/649_2025_-_mocao_de_aplausos_aos_professores_comissao_tecnica_e_diretores_colegios.docx" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/895/650_2025_-_mocao_de_aplausos_aos_atletas_da_escola_municipal_liddy_mignone.docx" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/896/651_2025_-_mocao_de_aplausos_as_atletas_da_escola_municipal_vereador_sidney_de_mello_freitas.docx" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/897/652_2025_mocao_aplausos_a_mara_dalila_oliveira_da_costa..docx" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/910/666_2025__mocao_de_pesar_a_familia_de_jorge_da_cunha_santos.docx" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/924/684_2025_mocao_de_aplausos_a_senhora_solange_raiboltte_turl..docx" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/925/685_2025_mocao_de_aplausos_aos_agentes_de_combate_a_endemias_luiz_fernando_baptista_joaquim_e_jose_ricardo_faria_de_freitas..docx" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/928/688_2025_mocao_de_aplausos_a_empresa_irmaos_faustino_porto_e_cia_ltda_fazenda_das_antas.docx" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/929/689_2025_-_mocao_de_aplausos_aos_policiais_militares_foragido_da_justica.docx" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/930/690_2025_-_mocao_de_aplausos_aos_policiais_militares_trafico_ilicito_de_drogas.docx" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/931/691_2025_-_mocao_de_aplausos_aos_policiais_militares_veiculo_em_atitude_suspeita_.docx" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/935/692_2025_mocao_de_aplausos_ao_senhor_carlos_roberto_carius_rosa..docx" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/936/693_2025_mocao_de_aplausos_ao_senhor_mateus_lima_de_carvalho.docx" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/945/709_2025_-_mocao_de_aplausos_ao_sr._alan_bastos_da_silva..docx" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/949/713_2025_mocao_de_aplausos__ao_padre_itamar_andrade_santos.docx" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/950/714_2025_mocao_de_aplausos_ao_padre_welder_de_carvalho_silva..docx" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/977/730_2025___mocao_de_aplausos_aos_atletas_da_categoria_sub-11_e_a_comissao_tecnica.docx" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/978/731_2025___mocao_de_aplausos_aos_profissionais_da_tv_rio_sul.docx" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/976/734_2025_mocao_de_aplausos_ao_professor_e_aos_alunos_do_projeto_escola_leo_brazilian_jiu-jitsu.docx" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/961/734_2025_mocao_de_aplausos_ao_professor_e_aos_alunos_do_projeto_escola_leo_brazilian_jiu-jitsu.docx" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/966/741_2025_mocao_de_aplausos_senhor_cid_matos_carius..docx" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/971/746_2025_mocao_de_aplausos_ao_pastor_marcio_rosa_da_silva..docx" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/979/756_2025_-_mocao_de_pesar_a_familia_do_sr._jose_carlos_de_azevedo_rodrigues..docx" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/980/757_2025_-_mocao_de_pesar_a_familia_do_vereador_denilson_da_costa_nogueira..docx" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/986/763_2025_-_mocao_de_aplausosaos_profissionais_de_saude_do_hospital_municipal_luiz_gonzaga.docx" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/988/765_2025_mocao_aplausos__ao_senhor_jose_carlos_costa.docx" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/991/770_2025_mocao_de_aplausos_ao_secretario_de_ordem_publica_de_paty_roan_carlo_nascimento_teixeira.docx" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/994/773_2025_mocao_aplausos__a_sra._mariangela_aparecida_fernandes_conrado.docx" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/995/774_2025_mocao_aplausos__ao_sr_daniel_rodrigues_saraiva..docx" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/996/775_2025_mocao_aplausos__ao_sr._odenir_gomes_duarte..docx" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1002/782_2025_mocao_de_aplausos__a_equipe_de_saude_mental_do_municipio_de_paty_do_alferes.docx" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1020/797_2025_mocao_de_aplausos_ao_secretario_de_saude_de_paty_sr._leonardo_pereira_dos_santos..docx" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1025/802_2025_mocao_aplausos__a_danila_maria_da_silva_braga_dan_silva_e_rodolfo_da_silva_ferreira..docx" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1040/851_2025_mocao_de_aplausos_ao_dedica_centro_educacional._1.docx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1042/856_2025_mocao_de_aplausos_a_sra._michele_benazzi_da_silva.docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1044/858_2025__mocao_de_aplausos_ao_coordenador_do_programa_da_dengue_johnny_davidson_cardoso_e_a_supervisora_tatiana_viana_costa_soares..docx" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1061/875_2025_mocao_de_aplausos_ao__pastor_humberto_bertholdo_rosa..docx" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1062/876_2025_mocao_de_aplausos_ao_sr._iago_luiz_cristian_silva_oliveira_campanhao..docx" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1068/882_2025_-_mocao_de_pesar_a_familia_da_dra._carmen_suzana_gomes_vieira_muniz..docx" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1072/888_2025_-_mocao_de_pesa_a_damilia_do_diego_dos_santos_coelho..docx" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1077/893_2025_mocao_aplausos__a_sra._eva_aparecida_figueira_ferreira..docx" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1080/896_2025_-_mocao_de_aplausos_ao_sr._nei_jose_medeiros..docx" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1095/907_2025_audiencia_publica_sobre_empesa_igua_-___autoria_de_todos_os_vereadores..docx" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1099/920_2025_mocao_de_aplausos_ao_prefeito_julio_avelino_oliveira_de_moura_junior._paty_agro_show.docx" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1114/937_2025_mocao_aplausos__a_sra._heloiza_de_lima..docx" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1115/938_2025_mocao_aplausos__a_sra._karlla_lisboa_simonis..docx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1116/939_2025_mocao_aplausos__ao_sr._bruno_bessa_de_paulo..docx" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1117/940_2025__-_mocao_de_aplausos_aos_policiais_civis.docx" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1125/954_2025_mocao_de_aplausos_ao_sr_rogerio__mendes_de_melo.docx" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1126/955_2025_mocao_de_aplausos_ao_sr._osias_gomes_rosa..docx" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1130/960_2025_mocao_de_aplausos_carlos_alexandre_passos_de_souza..docx" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1147/981_2025_mocao_aplausos_a_funcionaria_da_emater_audinea_da_silva_nunes..docx" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1173/1009_2025_mocao_aplausos__jetania_alves_teixeira_rodrigues..docx" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1175/1011_2025_mocao_de_aplausos_a_sra._daiana_dutra_de_medeiros_de_souza_goncalves..docx" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1177/1013_2025_mocao_de_aplausos_ao_servidor_publico_wagner_de_souza_barros.docx" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1178/1014_2025_mocao_de_aplausos_ronildo_rodrigues_da_costa..docx" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1183/1019_2025_mocao_aplausos_ao_sr._sebastiao_barboza_junior.docx" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1231/1037_2025_mocao_de_aplausos_-_acio_contabilidade.docx" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1238/1049_2025_edinho_e_feijao_mocao_de_aplausos_aos_servidores_aldemir_de_assis_campos_edson_colli_christo_e_gesse_ribeiro.docx" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1254/1069_2025__mocao_de_aplausos_ao_senhor_fernando_ribeiro..docx" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1184/814-2025_-_aquisicao_de_equipamentos_eletroencefalograma_e_nobreak_para_mamografia.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1185/815-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1186/816-2025_-_aquisicao_de_medicamentos_da_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1187/817-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1188/818-2025_-_aquisicao_de_equipamentos_para_a_unidade_de_saude_da_granja_da_granja_california.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1189/819-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1190/820-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1191/821-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1192/822-2025_-_2_jogos_de_equipamentos_de_academia_de_saude_bosque_da_maravilha_e_quadra_lameirao.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1193/823-2025_-_realizacao_de_exames_da_saude_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1194/824-2025_-_2_jogos_de_equipamentos_de_academia_de_saude.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1195/825-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1196/826-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1197/827-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1198/828-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1199/829-2025_-_2_jogos_de_equipamentos_de_academia_de_saude.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1200/830-2025_-_aquisicao_de_equipamentos_eletroencefalograma.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1201/831-2025_-_aquisicao_de_equipamento_para_duas_salas_multisensorial_no_espaco_tea_ame.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1202/832-2025_-_aquisicao_de_veiculo_com_carroceria_para_atender_almoxarifado_da_saude.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1203/833-2025_-_asfaltamento_da_rua_joao_paim.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1204/834-2025_-_aquisicao_de_manilhas_tijolos_e_outros_materiais_para_construcao_de_redes_de_agua_pluvial_no_bairro_recanto_dos_eucalliptos.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1205/835-2025_-_construcao_de_uma_lixeira_comunitaria_no_bairro_boa_vista_proximo_a_mercearia_do_lino.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1206/836-2025_-_asfaltamento_da_subida_da_igreja_casa_de_oracao_de_aquenta_sol.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1207/837-2025_-_aquisicao_de_veiculo_4x4_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1208/838-2025_-_calcamento_em_paralelepipedo_na_estrada_de_palmares.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1209/839-2025_-_aquisicao_de_manilhas_tijolos_e_outros_materiais_para_construcao_de_redes_de_agua_pluvial_no_bairro_granja_california.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1210/840-2025_-_aquisicao_compra_de_um_terreno_no_morro_do_macaco.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1211/841-2025_-_asfaltamento_da_subida_da_igreja_casa_de_oracao_do_bairro_aquenta_sol.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1212/842-2025_-_reforma_na_quadra_da_escola_do_bairro_campo_verde.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1213/843-2025_-_calcamento_em_paralelepipedo_na_estrada_de_palmares.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/483/159_2025_dispoe_sobre_a_apreensao_de_motocicletas_com_descarga_irregular_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/529/209_2025_institui_a_realizacao_obrigatoria_do_desfile_civico_de_7_de_setembro_no_municipio_de_paty_do_alferes..pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/530/210_2025_dispoe_sobre_a_apreensao_de_motocicletas_com_descarga_irregular_e_da_outras_providencias._1.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/531/211_2025_dispoe_sobre_a_criacao_da_policia_municipal_nos_termos_da_pec_572023_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/578/260_2025_institui_a_gratuidade_em_transporte_linhas_intermunicipais_que_ligam_paty_vassouras_paraiba_do_sul_e_tres_rios.docx" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/590/283_2025_dispoe_sobre_a_cobranca_da_tarifa_de_esgoto_pelas_companhias_de_saneamento_basico_do_municipio_de_paty_do_alferes.docx" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/725/442_2025_concede_prazo_para_legalizacao_de_construcao_em_desacordo..docx" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/732/455_2025_dispoe_sobre_a_isencao_do_imposto_predial_e_territorial_urbano_iptu_para_imoveis_de_propriedade_de_pessoas_com_necessidades_especiais.docx" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/733/456_2025_dispoe_sobre_a_criacao_de_programa_municipal_de_apoio_a_obtencao_da_carteira_nacional_de_habilitacao_cnh_para_pessoas_de_baixa_renda.docx" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/734/457_2025_dispoe_sobre_a_proibicao_da_cobranca_na_instalacao_de_hidrometros_no_municipio_de_paty_do_alferes_e_da_outras_providencias..docx" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/735/458_2025_dispoe_sobre_o_adicional_de_insalubridade_dos_agentes_comunitarios_de_saude_do_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/750/474_2025_estabelece_diretrizes_sobre_a_transparencia_na_cobranca_do_consumo_de_agua_no_municipio_de_paty_do_alferes_e_da_outras_providencias..docx" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/799/529_2025_ante_projeto_de_lei_municipal_antenas__vereadores_guilherme_edinho_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/803/529_2025_ante_projeto_de_lei_municipal_antenas__vereadores_guilherme_edinho_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/886/635_2025_dispoe_sobre_a_municipalizacao_do_clube_monte_alegre.doc" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1055/869_2025_autoriza_o_poder_executivo_municipal_a_criar_o_polo_de_atendimento_veterinario_e_saude_animal.docx" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1074/890_2025_institui_o_conselho_municipal_de_esporte_e_o_fundo_municipal_de_esporte_e_da_outras__providencias..docx" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1151/985_2025_institui_o_projeto_cultura_para_todos_e_autoriza_poder_executivo_implantar_sala_de_cinema_publica_em_paty.docx" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/383/projeto_de_lei_002_2025_denominacao_de_rua_morro_do_onca_a_rua_que_corta_o_condominio_morro_do_onca_coqueiros_prata_1.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/385/mensagem_003_2025.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/384/mensagem_004_2025.doc" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/386/mensagem_005_2025.doc" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/387/mensagem_006_2025.doc" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/388/mensagem_007_2025.doc" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/389/mensagem_008_2025.doc" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/390/mensagem_009_2025.doc" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/391/mensagem_001_2025.doc" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/392/mensagem_002_2025.doc" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/411/mensagem_010_2025.doc" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/412/mensagem_011_2025.doc" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/413/mensagem_012_2025.doc" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/414/mensagem_013_2025.doc" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/415/mensagem_014_2025.doc" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/416/mensagem_015_2025.doc" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/419/078-2025.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/455/mensagem_016_2025.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/456/mensagem_017_2025.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/457/mensagem_018_2025.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/458/mensagem_019_2025.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/484/160_2025_autoriza_o_uso_de_maquinas_pesadas_na_execucao_de_obras_de_infraestrutura_e_servicos_de_interesse_social_n.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/501/mensagem_020_2025.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/502/mensagem_021_2025.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/503/mensagem_022_2025.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/505/mensagem_023_2025.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/506/mensagem_024_2025_feliz.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/507/mensagem_025_2025.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/528/208_2025_suspensao_dos_servicos_de_abastecimento_de_agua_e_esgotamento_sanitario_e_requisitos_para_o_corte_no_municipio_.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/532/212_2025_avaliacao_pia_para_os_alunos_com_transtornos_globais_do_desenvolvimento_incluindo_o_transtorno.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/536/216_2025_projeto_de_lei_mesa_diretora_-_revisao_salaria_anual_e_reajuste_salarial_-__servidores_camara_municipal_-_75_-_marco_2025.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/545/231_2025_institui_a_tarifa_social_de_agua_e_esgoto_no_municipio_de_paty_do_alferes_autor_guilherme_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/561/247_2025_dispoe_sobre_a_obrigatoriedade_da_divulgacao_da_lista_de_profissionais_de_saude.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/565/256_2025_-_dispoe_sobre_a_definicao_de_maus-tratos_contra_animais.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/566/257_2025_institui_mais_um_dia_de_dispensa_de_ponto_para_os_sevidores_publicos_municipais_doadores_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/567/258_2025_denilson_e_guilherme_-_recomendacao_da_presenca_de_bombeiros_civis_em_estabelecimentos_e_eventos_de_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/568/259_2025_proibe_instalacao_e_comercializacao_de_escapamentos_motocicletas_nao_sejam_originais_ou_aumentem_emissao_de_ruido.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/581/274_2025_declara_festa_social_n_senh_conceicao_realizada_no_bairro_avelar_como_patrimonio_imaterial_do_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/597/mensagem_029_2025.doc" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/598/mensagem_030_2025.doc" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/599/mensagem_031_2025.doc" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/612/mensagem_032_2025.doc" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/616/316_2025_criacao_da_carteira_de_identificacao_da_pessoa_com_fibromialgia_em_paty_e_da_outras_providencias.docx" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/618/mensagem_034_2025.doc" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/619/mensagem_035_2025.doc" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/620/mensagem_036_2025.doc" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/621/mensagem_037_2025.doc" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/635/mensagem_038_2025.doc" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/636/mensagem_039_2025.doc" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/637/mensagem_040_2025.doc" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/638/mensagem_041_2025.doc" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/671/mensagem_043_2025.doc" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/704/mensagem_042_2025.doc" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/723/mensagem_044_2025.doc" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/724/mensagem_045_2025.doc" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/729/451_2025_projeto_de_lei_altera_e_reestrutura_cargos_camara_autoria_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/751/475_2025_autorizacao_instalacao_de_comedouros_e_bebedouros_para_animais_de_rua_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/752/476_2025_determina_a_criacao_do_programa_visao_adequada_e_distribuicao_de_oculos_aos_estudantes_de_escolas_municipais_de_paty_do_alferes._1.docx" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/768/492_2025_institui_a_politica_municipal_de_protecao_dos_direitos_da_pessoa_com_albinismo_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/769/mensagem_046_2025.doc" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/902/5152021.doc" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/791/mensagem_047_2025.doc" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/801/mensagem_048_2025.doc" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/802/mensagem_049_2025.doc" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/813/mensagem_050_2025.doc" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/903/5562021.doc" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/904/5572021.doc" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/905/5582021.doc" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/906/5592021.doc" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/841/mensagem_051_2025.doc" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/842/mensagem_052_2025.doc" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/843/mensagem_053_2025.doc" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/844/mensagem_054_2025.doc" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/845/mensagem_055_2025.doc" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/846/mensagem_056_2025.docx" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/847/mensagem_057_2025.docx" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/863/mensagem_058_2025.docx" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/874/608_2025_altera_lei_diarias_camara_municipal_de_paty_do_alferes.doc" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/868/613_2025_da_nova_redacao_aos_artigos_12_e_ao_art._22_da_lei_2.248_de_07_de_junho_de_2016_cor_dos_taxis_de_paty_.docx" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/869/mensagem_059_2025.docx" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/875/mensagem_060_2025.docx" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/885/634_2025_-_dispoe_sobre_a_autorizacao_para_a_realizacao_de_rodeios_autores_guilherme_e_marco_aurelio.docx" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/888/mensagem_061_2025.docx" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/889/mensagem_062_2025.doc" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/920/mensagem_063_2025.doc" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/921/mensagem_064_2025.docx" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/922/mensagem_065_2025.docx" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/934/696_2025_dispoe_sobre_a_instituicao_do_dia_municipal_dos_desbravadores.docx" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/937/mensagem_069_2025.docx" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/938/mensagem_067_2025.docx" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/939/mensagem_068_2025.docx" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/940/mensagem_069_2025.docx" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/941/mensagem_070_2025.docx" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/942/mensagem_071_2025.docx" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1214/02-7251.doc" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/954/353_2025_mens._042_2025_autografo_ldo_2026.doc" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/958/732_denominacao_de_ponte_lea_mariotti_-_heliomar.docx" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/962/mensagem_074_2025.doc" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/963/mensagem_075_2025.doc" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/964/mensagem_076_2025.doc" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/973/mensagem_077_2025.doc" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1015/mensagem_078_2025.doc" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1017/mensagem_080_2025.doc" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1029/806_2025_-_dispoe_sobre_alteracoes_e_inclusoes_na_lei_048_1989_que_institui_o_codigo_tributario_de_paty___-_mens_081_2025.doc" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1030/807_2025_-_suplementacao_r_1.600.00000__-_mens_082_2025.doc" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1031/808_2025_-_suplementacao_r_1.485.00000__-_mens_083_2025.doc" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1032/809_2025_-_concede_anistia_de_juros_e_multas_debitos_tributarios_inscrito_ou_nao_em_divida_ativa_-_mens_084_2025.doc" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1041/855_2025_da_denominacao_de_praca_jose_carlos_de_azevedo_rodrigues_praca_ao_lado_do_vivinha.docx" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1054/868_2025_da_denominacao_de_parque_infantil_caio_da_silva_gomes_ao_parque_situado_na_rua_do_retiro_no_250.docx" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1081/897_2025_da_denominacao_de_estrada_jose_da_costa_taborda_filho.docx" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1091/mensagem_088_2025.docx" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1092/mensagem_085_2025.doc" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1093/mensagem_086_2025.doc" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1094/mensagem_087_2025.doc" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1096/917_2025_-_autoriza_o_poder_executivo_instituir_programa_municipal_de_apoio_a_gestante_e_ao_recem-nascido_no_municipio.docx" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1105/mensagem_090_2025.doc" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1106/mensagem_091_2025.doc" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1107/mensagem_092_2025.doc" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1108/mensagem_093_2025.doc" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1109/mensagem_094_2025.doc" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1110/mensagem_095_2025.doc" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1153/986_2025_guilherme_edinho_e_marco_aurelio_denominacao_francisco_dornelas_lopes_ao_predio_do_corpo_de_bombeiros_bairro_arcozelo.docx" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1164/997_2025_-_suplementacao_r_420.05200_-_mens_096_2025.doc" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1165/998_2025_-_suplementacao_r_415.15700_-_mens_097_2025.doc" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1179/1015_2025_-_da_denominacao_de_carlos_fernando_de_araujo_lima_a_base_do_samu_de_avelar_autoria_vereador_flavio_feijao.doc" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1215/1021_2025_-_institui_o_programa_meu_lar_meu_documento_entrega_publicade_titulos_de_propriedade_aos_beneficiarios_reurb_autoria_vereador_guilherme_rosa.doc" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1232/1038_2025_-_suplentacao_r_1.000.00000_-_mens_098_2025.doc" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1233/1039_2025_-_suplentacao_r_500.00000_-_mens_099_2025.doc" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1234/1040_2025_-_suplentacao_r_500.00000_-_mens_100_2025.doc" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1235/1041_2025_-_altera_dispositivo_da_lei_no3.221_de_05_de_fevereiro_de_2025_que_dispoe_para_alteracao_da_nomeclatura_do_cargo_criado_-_mens_101_2025.doc" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1244/1055_2025_-_da_denominacao_de_marcio_antonio_cunha_dos_anjos_a_base_da_policia_presente__bairro_arcozelo_autoria_vereador_guilherme_rosa.doc" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1245/1056_2025_-_da_denominacao_de_professora_dilma_jose_de_andrade_risso_a_faetec_bairro_avelar_autoria_vereadores_guilherme_rosa_marco_aurelio_e_macarrao.doc" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1246/1057_2025_-_suplentacao_r_500.00000_-_mens_102_2025.doc" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1247/1058_2025_-_suplentacao_r_1.191.17600_-_mens_103_2025.doc" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1257/1072_2025_-_da_denominacao_de_rua_cezar_pereira_da_silva_mello_cantagalo_coqueiro_autoria_vereador_heliomar_do_gas.doc" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/610/1602021.doc" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/653/8_parecer_397_2025_da_comissaoo_justica_e_redacao_-_ao_veto_367_202_ao_proj_212-2025.docx" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/690/8_parecer__ao_veto_307_2025_ao_projeto_de_lei_160_2025_-__.doc" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/695/1602021.doc" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/705/parecer__ao_veto_425_-_2025_ao_projeto_de_lei_160_-_2025.doc" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/393/485_2024_declara_como_patrimonio_imaterial_do_municipio_de_paty_do_alferes_o_nucleo_de_estudos_afro-brasileiros_e_indigenas.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/394/4_despacho_diretoria_comunicando_ao_autor_do_projeto_no_463_2024_leinho.doc" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/395/4_despacho_diretoria_comunicando_ao_autor_do_projeto_no_464_2024_denilson.doc" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/861/475_2025_autorizacao_instalacao_de_comedouros_e_bebedouros_para_animais_de_rua_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/862/476_2025_determina_a_criacao_do_programa_visao_adequada_e_distribuicao_de_oculos_aos_estudantes_de_escolas_municipais_de_paty_do_alferes._1.docx" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/864/492_2025_institui_a_politica_municipal_de_protecao_dos_direitos_da_pessoa_com_albinismo_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/350/003-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/351/004-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/352/005-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/353/006-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/354/007-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/355/008-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/356/009-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/357/010-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/358/011-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/359/012-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/360/013-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/361/023-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/362/024-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/363/025-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/364/026-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/365/027-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/366/028-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/367/029-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/368/030-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/369/031-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/370/032-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/371/033-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/372/034-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/373/035-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/374/036-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/375/037-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/376/038-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/377/039-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/378/040-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/379/041-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/380/042-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/381/043-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/382/044-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/396/055-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/397/056-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/398/057-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/399/058-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/400/059-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/401/060-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/402/061-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/403/062-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/404/063-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/405/064-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/406/065-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/407/066-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/408/067-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/409/068-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/410/069-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/417/076-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/421/086-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/422/087-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/423/088-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/424/089-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/425/090-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/426/091-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/427/092-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/428/093-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/429/094-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/430/095-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/431/096-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/432/097-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/433/098-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/434/101-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/435/102-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/438/107-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/439/108-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/441/110-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/442/111-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/443/112-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/444/113-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/445/114-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/446/115-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/447/116-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/448/117-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/449/118-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/451/120-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/452/121-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/453/122-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/454/123-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/459/128-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/460/129_2025_realizacao_de_limpeza_e_conservacao_da_rua_dr._adalberto_nogueira_localizada_no_bairro_monte_alegre_rua_do_campo..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/461/130_2025_patolamento_na_estrada_orlando_gomes_dos_reis_localizada_em_bairro_encanto..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/462/131_2025_solicita_ao_prefeito_municipal_a_construcao_de_uma_quadra_poliesportiva_no_bairro_aquenta_sol..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/463/132_2025_solicita_ao_prefeito_municipal_que_realize_a_pavimentacao_asfaltica_do_trecho_que_falta_entre_o_morro_do_recreio_e_o_bairro_vista_alegre..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/464/133_2025_solicita_ao_prefeito_municipal_que_tome_providencias_quanto_a_construcao_de_uma_creche_no_bairro_vista_alegre..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/465/134_2025_solicita_ao_prefeito_municipal_a_instalacao_de_braco_de_luz_na_rj-125_na_entrada_principal_do_loteamento_do_taozinho.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/466/135_2025__realize_a_limpeza_na_rua_vereador_sidney_de_melo_freitas_que_da_seguimento_ao_centro_de_paty_do_alferes..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/467/136_2025_patrolamento_da_estrada_que_da_acesso_ao_pesque-pague_localizado_no_bairro_vista_alegre..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/468/137_2025__solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_do_morro_do_fama..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/470/139_2025_que_seja_realizado_com_urgencia_o_patrolamento_ensaibramento_e_rocada_da_rua_k_no_bairro_arcozelo..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/472/145-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/473/146-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/474/147-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/475/148-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/476/149-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/485/150-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/486/151-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/487/152-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/477/153-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/478/154-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/479/155-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/480/156-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/481/157-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/482/158-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/488/161-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/489/162-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/490/163-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/491/164-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/492/165-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/493/166-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/494/167-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/495/168-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/496/169-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/497/170-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/498/171-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/499/172-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/508/190-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/509/191-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/510/192-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/511/193-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/512/194-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/513/195-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/514/196-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/518/198_2025_locacao_ou_aquisicao_de_uma_tenda_destinada_a_cobertura_da_feira_agroecologica_na_praca_george_jacob_abdue.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/519/199_2025_instalacao_de_uma_maquina_de_cafe_multibebida_na_recepcao_da_unidade_de_saude_alba_monteiro_bernardes_maternidade.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/520/200_2025_solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_reparo_dos_buracos_na_estrada_do_bairro_paiol_velho..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/521/201_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_na_rua_agua_fria_localizada_no_bairro_palmares..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/522/202_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_queimadas_no_corrego_dantas_localizado_no_bairro_coqueiros..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/523/203_2025_junto_com_o_diretor_de_ordem_publica_estude_a_possibilidade_de_implementacao_de_mao_unica_na_rua_mara_lucia_feijo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/524/204_2025_solicita_ao_prefeito_municipal_a_colocacao_de_massa_asfaltica_em_frente_a_escola_municipal_major_monteiro_soares.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/525/205_2025_solicita_ao_prefeito_municipal_a_realizacao_de_servicos_de_limpeza_e_manutencao_na_praca_ryan_rosa_fernandes.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/526/206_2025_solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_nos_bairros_rio_pardo_e_coqueiros.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/533/213_2025_solicita_ao_prefeito_municipal_a_instalacao_de_um_refletor_em_frente_ao_colegio_joao_abreu_localizado_no_bairro_granja_california..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/534/214_2025_solicita_ao_prefeito_municipal_que_realize_a_substituicao_das_lampadas_na_localidade_de_barra_do_encanto_bairro_encanto.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/546/218-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/547/219-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/548/220-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/537/221-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/538/222-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/539/223-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/549/224-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/550/225-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/540/230-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/555/235-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/556/236-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/551/237-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/552/238-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/553/239-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/554/240-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/557/242-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/558/243-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/577/244_2025_edinho_e_heliomar__limpeza_do_bosque_da_maravilha_bem_como_a_construcao_de_dois_banheiros_publicos.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/559/245-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/588/261_2025__implementacao_da_gratuidade_no_transporte_coletivo_intermunicipal_para_pacientes_encaminhados_pela_secretaria_municipal_de_saude.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/579/262_2025_solicita_ao_prefeito_municipal_a_instalacao_de_placa_identificativa_no_predio_principal_do_casario.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/569/263_2025_solicita_ao_prefeito_municipal_a_instalacao_de_duas_faixas_de_pedestres_na_rj-125.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/570/264_2025_continuidade_calcamento_para_pedestres_no_trecho_compreendido_entre_o_bairro_granja_california_e_o_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/572/266_2025_providencie_a_pintura_dos_quebra-molas_existentes_na_rua_dr_mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/573/267_2025_providencie_a_instalacao_de_uma_placa_de_sinalizacao_para_o_quebra-molas_existente_na_rua_dr._mario_kroeff_bairro_arcozelo.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/574/268_2025_solicita_ao_prefeito_municipal_que_realize_a_troca_de_lampadas_na_rua_sao_joaquim_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/575/269_2025_presenca_de_guardas_municipais_nos_horarios_de_entrada_e_saida_dos_alunos_da_escola_sidney_de_mello_freitas.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/576/270_2025_solicita_ao_prefeito_municipal_a_revitalizacao_do_calcadao_do_dilson.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/582/275_2025_pavimentacao_asfaltica_na_rua_yolanda_cunha_de_oliveira_centro_conhecida_como_rua_do_capoteiromorro_do_capitao..docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/584/277_2025_instalacao_de_um_quebra-molas_na_rua_deputado_bernardes_neto_no_bairro_centro_nas_proximidades_da_saida_da_mao_inglesa..docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/585/278_2025_providencie_a_aquisicao_de_uma_maquina_de_lavar_roupas_de_20kg_para_a_residencia_terapeutica_situada_na_rua_mantiquira_no_27_bairro_centro..docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/586/279_2025_realize_a_substituicao_das_lampadas_na_estrada_da_boa_vista_no_bairro_boa_vista_tendo_como_referencia_o_numero_4700..docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/591/284_2025_solicita_ao_prefeito_municipal_a_realizacao_de_estudos_visando_o_aumento_do_valor_do_vale-feira..docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/592/285_2025__realize_a_reforma_na_parte_externa_do_posto_de_saude_localizado_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/593/286_2025_solicita_ao_prefeito_municipal_que_realize_o_patrolamento_no_morro_da_estrada_da_bela_vista_localizado_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/595/288_2025_realizacao_de_estudo_tecnico_com_o_objetivo_de_avaliar_a_concessao_do_adicional_de_insalubridade_as_merendeiras.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/600/297_2025_realize_o_patrolamento_da_estrada_porcino_borges_de_andrade_no_bairro_campo_verde__colegio_municipal_nossa_senhora_das_gracas.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/601/298_2025_que_seja_realizado_um_estudo_de_viabilidade_para_a_criacao_de_uma_vaga_de_carga_e_descarga_nas_proximidades_do_casario_do_alferes.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/602/299_2025_patrolamento_da_avenida_silvino_adelio_localizada_no_bairro_capivara_tendo_como_referencia_o_numero_5552.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/603/300_2025_a_instalacao_de_um_quebra-molas_na_rua_viuva_bastos_nas_proximidades_do_numero_1017.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/604/301_2025_a_realizacao_de_manutencao_nos_bracos_de_luz_existentes_na_rua_do_cantagalo_e_rua_do_quilimbo_localizadas_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/605/302_2025_reforma_da_pracinha_da_capivara_atencao_a_recuperacao_manutencao_substituicao_dos_brinquedos_infantis.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/606/303_2025_tome_as_providencias_necessarias_para_a_disponibilizacao_de_colchonetes_para_as_creches_que_atendem_a_fase_pre-escolar.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/607/304_2025__a_instalacao_de_dois_quebra-molas_na_rj-125_com_sinalizacao_adequada.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/609/306_2025_pagamento_do_adicional_de_insalubridade_no_percentual_de_20_calculado_sobre_o_piso_salarial_nacional_da_categoria_aos_acs_e_ace.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/613/313_2025__patrolamento_e_ensaibramento_nas_principais_estradas_do_bairro_rio_pardo_com_prioridade_nos_pontos_criticos.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/614/314_2025__solicita_ao_prefeito_municipal_a_realizacao_de_rocada_e_limpeza_do_morro_do_fama.__reiterando_a_indicacao_de_no_1372025_feita_pelo_mesmo..docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/615/315_2025_limpeza_e_manutencao_da_rj_125_que_vai_de_avelar_a_andrade_pinto._reiterando_a_indicacao_de_no_0952025_feita_pelo_mesmo..docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/622/328_2025_a_realizacao_das_obras_necessarias_para_o_termino_da_pavimentacao_asfaltica_da_rua_antonio_lopes_de_melo.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/623/329_2025_realize_uma_operacao_tapa-buracos_na_rua_vicente_de_freitas_situada_no.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/624/330_2025_ampliacao_do_numero_de_mediadores_escolares_para_alunos_autistas_e_a_contratacao_de_mais_monitores_para_os_onibus_escolares.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/625/331_2025_realizacao_de_patrolamento_ensaibramento_e_colocacao_de_cascalho_na_rua_quatro.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/626/332_2025_a_troca_de_lampadas_em_toda_a_extensao_da_rua_delfim_fernandes_de_barros_no_bairro_horizonte..docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/627/333_2025_ampliacao_do_horario_de_funcionamento_da_farmacia_municipal_de_avelar_para_que_opere_das_8h_as_16h.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/628/334_2025__disponibilize_uma_ambulancia_ou_um_carro_de_apoio_para_atender_emergencias_no_posto_de_saude_do_bairro_palmares.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/629/335_2025__a_substituicao_dos_refletores_da_quadra_de_grama_sintetica_situada_na_rj-125_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/632/338_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_e_de_uma_faixa_de_pedestres_na_avenida_antao_bernardes.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/640/354_2025__a_disponibilizacao_de_uma_ambulancia_ou_veiculo_de_apoio_para_atender_emergencias_no_posto_de_saude_do_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/641/355_2025__a_instalacao_de_bancos_ao_longo_da_extensao_da_praca_george_jacob_abdue..docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/642/356_2025__providencie_a_conclusao_do_servico_de_limpeza_nas_ruas_do_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/643/357_2025_a_revitalizacao_da_faixa_de_pedestres_em_frente_a_escola_municipal_gioconda_bernardes_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/644/358_2025_providencie_a_melhoria_da_iluminacao_publica_no_bosque_da_maravilha..docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/645/359_2025_instalacao_de_um_bebedouro_publico_na_praca_george_jacob_abdue_para_atender_os_feirantes__-_reiterando.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/646/360_2025_operacao_tapa-buracos_ruas_alferes_francisco_tavares_sidney_de_mello_freitas_e_comandante_bandeira_de_mello_paty..docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/647/361_2025_campanha_de_incentivo_de_parte_do_imposto_de_renda_aos_fundos_municipais_da_crianca_adolescente_pessoa_idosa..docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/648/362_2025_instalacao_de_quebra-molana_avenida_brasil_nas_proximidades_do_deposito_do_marcelo_da_obra_prima_proximo_ao_bairro_tres_porteiras..docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/649/363_2025_abrir_a_rua_da_estacao_nos_finais_de_semana_permitir_o_acesso_e_o_descarregamento_de_mercadorias_pelos_feirantes.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/650/364_2025_realize_a_revitalizacao_das_faixas_de_pedestres_na_rua_coronel_manoel_bernardes_centro.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/651/365_2025_a_troca_de_lampadas_queimadas_ou_ineficientes_na_estrada_roseiral.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/652/366_2025_patrolamento_e_rocada_na_estrada_boa_uniao_localizada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/654/368_2025_a_instalacao_de_redutor_de_velocidade_quebra-molas_na_rua_coronel_manoel_bernardes_centro_nas_proximidades_do_no_387.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/655/369_2025_a_realizacao_de_manutencao_na_academia_da_saude_localizada_no_jardim_de_avelar..docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/656/370_2025_concessao_de_isencao_do_pagamento_de_estacionamento_rotativo_aos_feirantes.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/657/371_2025_realize_o_patrolamento_ensaibramento_e_rocada_na_rua_irma_dulce_localizada_no_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/659/373_2025_pintura_interna_e_externa_do_posto_de_saude_avelar_e_a_instalacao_de_placa_indicativa_das_atividades_desenvolvidas.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/661/375_2025_a_instalacao_de_um_redutor_de_velocidade_na_rua_doutor_peralta_proximo_ao_numero_1288.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/662/376_2025_a_realizacao_de_operacao_tapa-buracos_na_rua_general_cintra_localizada_no_centro_do_municipio..docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/663/377_2025_rocada_e_patrolamento_nas_seguintes_vias_do_bairro_recanto_rua_barao_de_paty_rua_garcia_rodrigues_de_paes_e_rua_capitao_joao_vieira.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/664/378_2025__rua_sebastiao_de_lacerda_determinando_que_os_veiculos_estacionem_apenas_no_lado_direito_da_via.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/665/379_2025_a_realizacao_de_dedetizacao_nos_pontos_de_onibus_do_bairro_arcozelo_com_o_objetivo_de_eliminar_aranhas.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/666/380_2025_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rj-125_nas_proximidades_da_saida_da_ponte_do_bibi..docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/667/381_2025_solicita_ao_prefeito_municipal_a_realizacao_de_patrolamento_na_rua_antonio_aniceto_da_costa_bairro_saudade..docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/668/382_2025_providencie_a_disponibilizacao_de_fisioterapeutas_para_atendimento_nos_postos_de_saude_dos_bairros_do_municipio..docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/669/383_2025_a_realizacao_de_manutencao_nos_bracos_de_iluminacao_da_pracinha_localizada_no_bairro_granja_california_situada_as_margens_da_rj-125..docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/672/387_2025_a_pavimentacao_asfaltica_nas_principais_ruas_do_bairro_rio_pardo_rio_pardo_de_cima_e_rio_pardo_de_baixo..docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/673/388_2025_que_realize_a_manutencao_nos_bracos_de_iluminacao_publica_da_avenida_silvino_adelio_localizada_no_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/674/389_2025_instalacao_de_dois_pontos_de_onibus_na_rua_lucio_teixeira.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/675/390_2025_prorrogacao_do_prazo_previsto_na_lei_municipal_no_3.132.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/676/391_2025_a_poda_de_arvores_que_estao_em_contato_com_a_rede_eletrica_na_rua_dona_mariana_no_235_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/677/392_2025_a_limpeza_e_desobstrucao_do_corrego_que_passa_por_tras_das_residencias_situadas_na_rua_jose_de_barros_franco_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/678/393_2025_que_sejam_realizadas_acoes_de_limpeza_e_desobstrucao_do_corrego_situado_na_avenida_vereador_aloisio_ferreira_gomes.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/679/394_2025_disponibilizacao_de_um_professor_de_futebol_para_ministrar_aulas.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/683/399_2025_a_gratuidade_no_parque_da_festa_do_tomate_no_dia_da_abertura_para_estudantes_uniformizados_acompanhados_dos_responsaveis..docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/684/400_2025_limpeza_e_manutencao_da_rj_125_que_vai_de_avelar_a_andrade_pinto._reiterando_a_indicacao_de_no_3152025_feita_pelo_mesmo..docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/685/401_2025_operacao_tapa-buracos_e_servicos_de_limpeza_urbana_na_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/686/402_2025_realizacao_de_patrolamento_na_localidade_ultimo_gole.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/687/403_2025_realizacao_de_processo_seletivo_para_contratacao_de_professores_na_rede_municipal_de_ensino.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/688/404_2025_a_reforma_do_posto_de_saude_localizado_no_bairro_maravilha._reiterando.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/689/405_2025_obras_de_patrolamento_e_ensaibramento_nas_principais_de_palmares._reiterando.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/715/407_2025_instalacao_de_poste_e_refletores_na_servidao_nelson_goncalves.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/716/408_2025_realizados_os_servicos_de_rocada_patrolamento_e_limpeza_na_rua_do_sossego_localizada_no_bairro_maravilha._reiterando.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/717/409_2025_realizacao_de_servicos_de_rocada_e_limpeza_no_morro_do_macaco_localizado_no_bairro_lameirao_2.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/691/410_2025_rocada_e_patrolamento_na__rua_garcia_rodrigues_de_paes.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/692/411_2025_colocacao_de_manilhas_e_implantacao_de_rede_de_esgoto_na_rua_das_mangueiras_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/693/412_2025_realizacao_de_servicos_de_limpeza_rocada_e_retirada_de_lixo_nas_ruas_das_casinhas_populares.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/694/413_2025_substituicao_da_manilha_na_ponte_ao_lado_da_pracinha_da_bela_vista_na_rua_humberto_candido.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/697/416_2025_instalacao_de_sistemas_de_energia_solar_com_baterias_de_armazenamento_nos_postos_de_saude_e_na_maternidade.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/698/417_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_nas_proximidades_do_bosque_localizado_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/699/418_2025_realizacao_de_servicos_de_rocada_limpeza_e_um_container_para_descarte_adequado_do_lixo_na_rua_nova_mantiquira.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/700/419_2025_disponibilizacao_de_transporte_universitario_para_os_alunos_que_frequentam_instituicoes_de_ensino_superior_na_cidade_de_tres_rios..docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/701/420_2025_realizacao_de_servicos_de_limpeza_urbana_poda_de_arvores_e_substituicao_de_lampadas_queimadas_na_rua_lucio_teixeira.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/702/421_2025_pavimentacao_asfaltica_na_rua_wintor_barbosa_de_godoi_localizada_no_bairro_pedras_ruivas._1.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/703/422_2025__a_instalacao_de_uma_placa_indicativa_com_o_sentido_do_posto_de_saude_do_bairro_granja_california_na_rodovia_rj-125..docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/706/426_2025_solicita_ao_prefeito_municipal_a_troca_de_lampadas_nas_ruas_das_casinhas_populares_do_bairro_arcozelo_nas_proximidades_do_demizinho..docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/707/427_2025_instalacao_de_redutor_de_velocidade_quebra-mola_na_avenida_roberto_silveira_nas_proximidades_do_numero_284_centro..docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/709/429_2025_a_instalacao_de_rede_de_internet_na_subprefeitura_situada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/710/430_2025_a_instalacao_de_dois_quebra-molas_em_frente_a_aldeia_de_arcozelo_na_rj-125..docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/711/431_2025_a_troca_de_lampadas_na_rua_leopoldo_pullig_nas_proximidades_do_no_619_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/712/432_2025_que_realize_melhorias_na_iluminacao_publica_da_antiga_estacao_ferroviaria_de_avelar._2.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/713/433_2025_a_pavimentacao_asfaltica_do_morro_que_liga_o_bairro_capivara_ao_bairro_coqueiro..docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/714/434_2025_pavimentacao_asfaltica_na_estrada_arcozelomaravilha_no_trecho_entre_as_casinhas_populares_do_roseiral_e_o_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/718/435_2025_a_conclusao_do_servico_de_escoamento_de_esgoto_na_rua_vinte_e_dois_lote_95_bairro_acampamento.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/719/436_2025_revitalizacao_da_pracinha_vicente_de_freitas_situada_nas_proximidades_da_igreja_monte_siao..docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/720/437_2025_manutencao_nos_bracos_de_iluminacao_publica_localizados_nos_bairros_coqueiros_e_rio_pardo.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/721/438_2025_a_instalacao_de_dois_redutores_de_velocidade_quebra-molas_na_rj-125.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/722/439_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_avenida_irineu_reis_nas_proximidades_da_creche_municipal.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/726/448_2025_solicita_que_realize_com_a_secretaria_de_obras_patrolamento_e_ensaibramento_das_principais_ruas_do_bairro_prata_edinho_e_neguinho..docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/727/449_2025_a_troca_de_lampadas_queimadas_na_travessa_dona_herminia.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/728/450_2025_o_patrolamento_da_rua_quatro_situada_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/730/452_2025__a_inclusao_de_brinquedos_adaptados_para_criancas_com_transtorno_do_espectro_autista_tea_nas_pracas_publicas_do_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/736/459_2025_que_viabilize_a_instalacao_de_uma_unidade_da_farmacia_popular_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/737/460_2025_a_instalacao_de_um_banner_ou_de_uma_placa_com_a_identificacao_do_nome_oficial_do_posto_de_saude_localizado_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/738/461_2025_neguinho_e_macarrao_a_construcao_de_uma_quadra_de_areia_e_a_instalacao_de_aparelhos_de_ginastica_ao_ar_livre.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/739/462_2025_marco_aurelio__e_guilherme_realizacao_de_patrolamento_ensaibramento_e_manutencao_geral_do_morro_que_liga_o_bairro_capivara_ao_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/740/463_2025_a_realizacao_de_patrolamento_limpeza_e_rocada_na_rua_colonia_do_centro_localizada_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/741/464_2025_a_realizacao_de_patrolamento_ensaibramento_e_limpeza_no_corrego_dantas_localizado_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/742/465_2025_a_troca_de_lampadas_patrolamento_ensaibramento_e_limpeza_na_rua_agua_fria_localizada_no_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/743/466_2025_realizacao_de_poda_das_arvores_e_vegetacao_que_se_encontram_sobre_a_fiacao_eletrica_na_rua_quatorze.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/744/467_2025_realizacao_de_patrolamento_na_rua_bueno_de_andrade_e_na_rua_vinte_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/746/470_2025_instalacao_de_dois_redutores_de_velocidade_quebra-molas_na_rodovia_ary_schiavo.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/749/471_2025_a_realizacao_de_reparos_urgentes_em_uma_cratera_localizada_nas_proximidades_da_ponte_do_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/747/472_2025_a_realizacao_de_patrolamento_e_rocada_na_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/748/473_2025_a_instalacao_de_braco_de_luz_nas_proximidades_da_igreja_catolica_na_rua_antonio_aniceto_da_costa_bairro_saudade..docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/753/477_2025_aplicacao_de_po_de_pedra_nas_ruas_do_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/754/478_2025_a_construcao_de_uma_quadra_de_areia_e_de_uma_academia_ao_ar_livre_na_praca_localizada_ao_lado_do_bar_do_vivinha..docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/757/481_2025_a_implantacao_de_faixa_de_pedestres_na_rua_coronel_avelar_no_bairro_avelar_na_esquina_do_jardim_de_avelar.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/758/482_2025_a_instalacao_de_um_braco_de_iluminacao_publica_na_rua_quatro_nas_proximidades_da_igreja_crista_renovada_situada_no_bairro_clube_velho..docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/759/483_2025_a_realizacao_de_servicos_de_limpeza_patrolamento_e_ensaibramento_na_rua_quatro_localizada_no_bairro_clube_velho..docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/760/484_2025_a_aplicacao_de_massa_asfaltica_na_rua_joaquim_alves_louzada_localizada_no_bairro_biriba._referencia_rua_do_sase..docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/761/485_2025_solicita_ao_prefeito_municipal_a_construcao_de_um_portico_com_a_tematica_da_raca_mangalarga.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/762/486_2025_a_aplicacao_de_escoria_nas_ruas_do_bairro_boa_vista.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/763/487_2025_a_realizacao_de_servicos_de_limpeza_no_bairro_lameirao_com_especial_atencao_a_area_conhecida_como_morro_do_macaco.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/764/488_2025_a_aplicacao_de_po_de_pedra_no_morro_situado_na_rua_humberto_candido_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/765/489_2025_a_reforma_da_passarela_situada_atras_da_aldeia_de_arcozelo._reiterando_a_minha_indicacao_de_no_0112025..docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/766/490_2025_o_corte_de_agua_na_via_publica_e_a_desobstrucao_de_bueiro_na_estrada_da_enfermaria.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/767/491_2025_a_municipalizacao_do_clube_monte_alegre_para_que_o_espaco_possa_abrigar_um_salao_de_eventos_academia_publica.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/770/494_2025__a_realizacao_de_servico_de_rocada_na_rua_vinte.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/771/495_2025_a_pintura_da_quadra_de_grama_sintetica_situada_na_praca_do_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/772/499_2025_a_realizacao_de_manutencao_nos_bracos_de_luz_existentes_na_rua_do_cantagalo_e_rua_do_quilimbo_localizadas_no_bairro_coqueiros._reiterando.docx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/773/500_2025_a_realizacao_de_poda_dos_galhos_de_arvores_que_estao_atingindo_a_rede_eletrica_na_rua_c.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/774/501_2025_edinho_e_macarraomanutencao_nos_bracos_de_iluminacao_publica_nos_bairros_vista_alegre_e_aquenta_sol.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/775/502_2025_a_realizacao_de_reforma_urgente_na_ponte_localizada_na_rj_que_liga_o_bairro_vista_alegre_ao_sertao_do_calixto.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/776/503_2025_instalacao_de_iluminacao_publica_no_trecho_entre_a_secretaria_de_obras_e_o_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/777/504_2025_solicita_ao_prefeito_municipal_a_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_rj-125_apos_a_aldeia_de_arcozelo_sentido_avelar..docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/778/505_2025_a_realizacao_de_servico_de_rocada_e_limpeza_nas_vias_publicas_do_bairro_mantiquira..docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/779/506_2025__a_realizacao_de_manutencao_no_telhado_do_ponto_de_onibus_localizado_no_chale_de_avelar.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/780/507_2025__a_troca_ou_o_reparo_de_aparelho_de_ginastica_bem_como_a_substituicao_de_um_banco_quebrado_no_jardim_de_avelar.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/781/508_2025_a_realizacao_de_limpeza_na_rua_vereador_caio_figueira_de_vasconcelos_centro_nas_proximidades_do_colegio_dedica_i..docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/782/509_2025_a_realizacao_de_poda_de_arvores_sobre_a_fiacao_eletrica_e_o_reparo_nos_bracos_de_iluminacao_publica_com_a_troca_de_lampadas_queimadas.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/785/513_2025_instalacao_de_um_bueiro_na_estrada_do_batatal.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/786/514_2025_aplicacao_de_po_de_pedra_na_localidade_marmelos_apos_o_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/789/518_2025__a_instalacao_urgente_de_tampas_nas_caixas_de_esgoto_situadas_na_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/790/519_2025_a_substituicao_das_lampadas_queimadas_na_rj_125_nas_proximidades_da_fazenda_monte_alegre_e_do_posto_de_gasolina.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/792/522_2025_a_aplicacao_de_po_de_pedra_na_rua_vinte_e_tres_no_bairro_acampamento.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/793/523_2025_o_fechamento_dos_bueiros_abertos_localizados_na_alameda_do_ipe_e_alameda_do_inga.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/794/524_2025_a_realizacao_de_patrolamento_e_ensaibramento_na_rua_17.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/795/525_2025__a_instalacao_de_dois_quebra-molas_na_rj-125_com_sinalizacao_adequada_reiterando.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/796/526_2025__a_realizacao_de_reparos_na_rede_de_esgoto_localizada_na_rua_das_mangueiras.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/797/527_2025_a_realizacao_de_reforma_da_ponte_situada_na_estrada_do_guaribu_velho.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/798/528_2025_a_realizacao_de_reforma_e_melhorias_nos_pontos_de_onibus_do_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/800/530_2025_que_tome_as_devidas_providencias_quanto_a_uma_valeta_localizada_proxima_a_pracinha_na_rua_doutor_peralta..docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/804/534_2025_pintura_de_todos_os_quebra-molas_localizados_nos_bairros_acampamento_mantiquira_esperanca_e_mato_grosso..docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/805/535_2025_construcao_de_uma_quadra_de_areia_no_bairro_tres_porteiras..docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/806/536_2025_realizacao_de_manutencao_na_rede_de_iluminacao_publica_da_rua_santos_dumont_localizada_no_bairro_pedras_ruivas..docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/807/537_2025__a_colocacao_de_po_de_pedra_na_estrada_sitio_barreiros.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/808/538_2025_ampliacao_do_numero_de_mediadores_escolares_para_alunos_autistas_e_a_contratacao_de_mais_monitores_para_os_onibus_escolares_reiterando.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/809/539_2025_que_estude_a_viabilidade_de_criacao_de_estacionamento_na_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/810/540_2025_a_realizacao_de_pavimentacao_asfaltica_na_rua_maravilha_boa_vista_situada_no_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/811/541_2025_a_pavimentacao_asfaltica_do_corrego_dantas_situado_no_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/814/544_2025_a_realizacao_de_reparo_em_uma_tampa_de_esgoto_quebrada_localizada_na_estrada_do_batatal_no_2650_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/815/545_2025_a_construcao_de_um_ponto_de_onibus_nas_proximidades_da_pousada_nova_gironda_localizada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/816/549_2025__guilherme_e_marco_aurelio_revitalizacao_e_reforma_da_sede_administrativa_das_unidades_de_conservacao_municipais.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/817/550_2025_guilherme_e_marco_aurelio_criacao_de_um_museu_da_raca_mangalarga_marchador_no_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/818/551_2025_construcao_de_uma_praca_publica_no_horizonte_com_parque_infantil_tambem_os_bairros_vizinhos_guaribu_e_saudade..docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/819/552_2025_a_realizacao_de_servicos_de_limpeza_e_manutencao_da_iluminacao_publica_na_rua_warlindo_rangel_bairro_mantiquira._1.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/820/553_2025_a_realizacao_de_servicos_de_manutencao_na_iluminacao_publica_da_rua_elvira_de_oliveira_goulart.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/821/554_2025_a_instalacao_de_um_bebedouro_na_praca_esportiva_denominada_juliana_maria_da_silveira_duarte_nogueira.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/825/562_2025_a_reforma_da_escola_municipal_jose_eulalio_de_andrade_localizada_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/826/563_2025_reforma_da_quadra_coberta_situada_no_bairro_avelar.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/827/564_2025__construcao_de_um_posto_de_saude_no_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/831/568_2025_a_instalacao_de_um_redutor_de_velocidade_na_rua_jose_eugenio_pinheiro.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/832/569_2025_a_realizacao_de_poda_dos_galhos_de_arvores_que_estejam_proximos_ou_em_contato_com_a_rede_eletrica_nos_bairros_coqueiros_e_rio_pardo..docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/833/570_2025_a_realizacao_de_limpeza_e_patrolamento_na_rua_farid_tamer_localizada_no_bairro_zenobiopolis..docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/834/571_2025_a_realizacao_da_poda_de_arvores_que_estao_atingindo_a_rede_de_iluminacao_publica_no_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/835/572_2025__a_reforma_da_quadra_de_areia_da_praca_oswaldo_gaspar_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/838/575_2025_a_realizacao_de_patrolamento_e_rocada_na_travessa_quindins_km_38_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/848/586_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rj-125_nas_imediacoes_da_pousada_nova_gironda.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/849/587_2025_a_reforma_do_posto_de_saude_localizado_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/850/588_2025_a_revitalizacao_da_academia_da_saude_situada_no_morro_joao_malandro_1.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/851/589_2025__a_substituicao_das_manilhas_na_rua_antonio_aniceto_da_costa.docx" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/854/592_2025_a_instalacao_de_um_bueiro_na_estrada_rj-125_no_72200_bairro_granja_california_3.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/855/593_2025_que_viabilize_o_retorno_do_atendimento_aos_servidores_publicos_do_municipio.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/857/595_2025_a_aplicacao_de_po_de_pedra_na_rua_14_situada_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/866/611_2025_realizacao_de_uma_revisao_geral_nos_planos_de_cargos_carreiras_e_remuneracao_pccr_de_todos_os_servidores_publicos_municipais.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/867/612_2025_pavimentacao_asfaltica_na_estrada_das_mangueiras.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/871/619_2025_a_instalacao_de_um_redutor_de_velocidade_quebra-mola_na_rua_coronel_manoel_bernardes.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/872/620_2025__a_instalacao_de_um_redutor_de_velocidade_quebra-molas_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/881/630_2025_a_reforma_da_quadra_do_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/883/632_2025__a_instalacao_de_rede_de_esgoto_na_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/884/633_2025__a_pavimentacao_asfaltica_da_rua_eunice_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/887/636_2025_a_construcao_de_um_centro_esportivo_no_bairro_monte_alegre_neste_municipio..docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/891/646_2025__a_pavimentacao_asfaltica_da_rua_das_mangueiras_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/892/647_2025_a_instalacao_de_rede_de_esgoto_na_rua_joel_cabral_da_silva_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/893/648_2025_a_pavimentacao_asfaltica_da_rua_joel_cabral_da_silva_e_da_rua_das_mangueiras_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/898/653_2025_a_pavimentacao_asfaltica_da_rua_que_interliga_o_bairro_arcozelo_ao_bairro_capivara.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/899/654_2025_faixa_de_pedestres_proxima_ao_redutor_de_velocidade_quebra-molas_na_rj-125.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/900/655_2025_a_realizacao_de_manutencao_nos_bracos_de_iluminacao_publica_existentes_na_rua_wintor_barbosa_de_godoi_2.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/901/656_2025__pedido_para_realizacao_de_avaliacaovistoria_na_ponte_situada_em_frente_a_igreja_monte_siao__rua_vereador_sidnei_melo_de_freitas..docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/907/663_2025__a_revitalizacao_da_pracinha_localizada_na_rua_antonio_l._fernandes.docx" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/908/664_2025__que_seja_realizada_a_reforma_da_capela_mortuaria_do_cemiterio_localizado_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/909/665_2025_a_revitalizacao_da_praca_localizada_no_bairro_saudade..docx" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/911/667_2025_manutencao_na_iluminacao_estr_verr_oswaldo_fer_de_b_filho_na_estr_antonio_joaquim_e_na_rua_aniceto.docx" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/912/668_2025__a_poda_das_arvores_que_estao_sobre_a_fiacao_na_estrada_jose_monteiro.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/913/669_2025_a_construcao_de_uma_quadra_coberta_em_anexo_a_escola_localizada_no_bairro_rio_pardo..docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/914/670_2025a_disponibilizacao_do_castramovel_para_atendimento_nos_bairros_coqueiros_e_maravilha..docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/915/671_2025_edinho_e_lenice_patrolamento_e_ensaibramento_da_rua_irma_dulce_na_localidade_de_vile_de_monte_alegre_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/916/672_2025_projeto_de_saude_em_domicilio_sad__servico_de_atencao_domiciliar.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/918/674_2025___a_revitalizacao_do_portico_de_entrada_localizado_no_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/919/675_2025___a_instalacao_de_um_redutor_de_velocidade_quebra-mola_em_frente_ao_portao_lateral_da_escola_municipal_vereador_sidney_de_mello_freitas.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/923/683_2025_rua_cantagalo_bom_jardim_bairro_coqueiros_com_posterior_aplicacao_de_po_de_pedra_ou_escoria..docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/926/686_2025__a_construcao_de_uma_capela_mortuaria_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/927/687_2025__a_instalacao_de_um_quebra-molas_na_rua_barao_de_capivari.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/932/694_2025_que_estude_a_viabilidade_de_implantar_um_ponto_de_onibus_sentido_arcozelo_no_centro_da_cidade.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/933/695_2025_que_seja_estudada_a_viabilidade_do_retorno_da_mao_dupla_na_avenida_osorio_duque_estrada_na_rua_do_posto_de_gas..docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/943/707_2025_a_instalacao_de_faixa_de_pedestre_e_dois_redutores_de_velocidade_em_frente_ao_quiosque_do_vivinha..docx" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/944/708_2025_a_revitalizacao_da_pintura_dos_quebra-molas_no_bairro_recanto..docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/946/710_2025_continuidade_calcamento_para_pedestres_no_trecho_compreendido_entre_o_bairro_granja_california_e_o_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/947/711_2025_a_instalacao_de_uma_faixa_de_pedestre_na_avenida_irineu_reis_nas_proximidades_da_creche_municipal_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/948/712_2025_que_seja_feita_a_retirada_do_mato_arvores_e_bambus_que_ficaram_no_local_apos_a_rocada_realizada_no_bairro_bela_vista.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/951/715_2025___a_construcao_de_uma_praca_com_instalacao_da_academia_da_saude_na_estrada_antonio_joaquim_bairro_antonio_joaquim..docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/952/716_2025___instalacao_de_faixa_de_pedestre_no_inicio_da_travessa_osvaldo_tamer..docx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/953/717_2025_que_seja_analisada_em_conjunto_com_a_secretaria_de_ordem_publica_a_possibilidade_de_remocao_do_semaforo.docx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/955/727_2025_a_implantacao_de_uma_academia_da_saude_e_de_um_parquinho_infantil_no_bairro_sao_joaquim..docx" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/956/728_2025_a_aquisicao_de_equipamentos_de_mobilidade_e_apoio.docx" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/957/729_2025_a_realizacao_da_reforma_da_ciclovia_que_liga_o_centro_de_paty_do_alferes_ate_o_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/960/733_2025_instalacao_de_um_redutor_de_velocidade_quebra-molas_em_frente_a_clinica_dr._mackson.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/965/740_2025_a_implantacao_da_farmacia_popular_na_unidade_de_saude_do_bairro_coqueiros._reiterando_minha_indicacao.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/967/742_2025_reforma_do_campo_de_grama_sintetica_na_praca_noemia_rosa_no_bairro_granja_com_a_substituicao_da_grama.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/968/743_2025_troca_das_lampadas_de_iluminacao_publica_na_rua_professor_cornelio_neto_nas_proximidades_dos_numeros_216_e_526_no_bairro_grotao..docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/969/744_2025_a_instalacao_de_um_quebra-molas_na_estrada_coqueiros_prata_no_550_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/970/745_2025_a_implantacao_de_uma_academia_da_saude_no_bairro_boa_vista..docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/972/747_2025__implantacao_de_uma_base_do_samu_em_local_estrategico_entre_os_bairros_granja_california_e_avelar..docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/974/749_2025_implantacao_de_uma_faixa_de_pedestres_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu..docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/975/750_2025__a_construcao_de_um_ponto_de_onibus_em_frente_a_igreja_assembleia_de_deus_localizada_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/981/758_2025_a_poda_de_uma_arvore_localizada_no_bairro_rio_pardo.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/982/759_2025__a_instalacao_da_academia_da_saude_ja_disponivel_na_secretaria_de_obras_no_bairro_acampamento..docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/983/760_2025__a_implantacao_de_um_redutor_de_velocidade_quebra-molas_e_uma_faixa_de_pedestres_em_cada_acesso_da_vila_barros.docx" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/984/761_2025_que_seja_disponibilizado_um_caminhao_pipa_para_passar_no_bairro_da_prata.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/985/762_2025_a_revitalizacao_das_faixas_de_pedestre_situadas_na_rua_deputado_bernardes_neto.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/987/764_2025_realize_o_plantio_de_mudas_de_ipe_na_subida_do_cemiterio_de_avelar..docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1003/766_2025__o_patrolamento_da_estrada_do_canavial_rua_da_ponte_do_bibi_trecho_que_se_estende_ate_o_bairro_poaia..docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1004/767_2025__que_o_desfile_civico_de_7_de_setembro_seja_realizado_no_sabado.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/989/768_2025__disponibilizar_transporte_escolar_para_as_criancas_do_bairro_maravilha.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/990/769_2025_a_realizacao_de_reparos_na_ponte_situada_no_inicio_da_estrada_antonio_joaquim_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/992/771_2025_marco_aurelio_e_neguinho_a_realizacao_de_reforma_da_ponte_situada_na_estrada_do_guaribu_velho_-_reiterando.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/993/772_2025_colocacao_placa_indicativa_de_curva_de_perigo_um_guarda-corpo_na_curva_na_rj_125_conhecida_como_curva_do_campo..docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1005/776_2025__a_substituicao_das_lampadas_queimadas_na_rua_custodio_domingues_correa.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/997/777_2025__a_limpeza_do_rio_uba_e_do_corrego_localizado_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/998/778_2025__a_implantacao_de_um_polo_de_equoterapia_entre_os_bairros_granja_california_e_avelar..docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/999/779_2025_a_manutencao_da_iluminacao_publica_dos_pontos_de_onibus_situados_no_trajeto_entre_o_bairro_monte_alegre_e_o_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1000/780_2025_solicita_ao_prefeito_municipal_que_realize_a_pavimentacao_asfaltica_do_trecho_que_falta_entre_o_morro_do_recreio_e_o_bairro_vista_alegre..docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1001/781_2025_a_instalacao_de_bracos_de_luz_na_rua_da_saibreira_no_bairro_granja_california_mestre_xisto..docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1006/783_2025__a_instalacao_de_postes_com_iluminacao_solar_no_morro_do_recreio..docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1007/784_2025_a_aquisicao_de_smartphones_para_as_equipes_de_combate_as_endemias_deste_municipio.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1008/785_2025_recapeamento_da_rua_do_recanto.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1009/786_2025_a_instalacao_de_um_quebra-molas_e_faixa_em_frente_a_casa_creche.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1010/787_2025_realize_a_devida_sinalizacao_no_morro_do_recreio.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1011/788_2025_a_disponibilizacao_de_professores_de_educacao_fisica_nos_bairros_com_quadras_poliesportivas.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1014/789_2025_a_construcao_de_um_quiosque_no_bosque_da_maravilha..docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1018/795_2025_a_reforma_da_praca_situada_na_alameda_leonidia_murce_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1019/796_2025__a_manutencao_dos_brinquedos_da_praca_noemia_rosa_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1021/798_2025__a_revitalizacao_da_faixa_de_pedestres_em_frente_ao_ponto_de_onibus_no_bairro_tres_porteiras..docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1022/799_2025_a_manutencao_do_ponto_de_onibus_localizado_na_entrada_da_estrada_sao_joaquim_no_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1023/800_2025_a_instalacao_de_iluminacao_publica_na_rj-125_no_trecho_que_compreende_da_aldeia_de_arcozelo_ate_o_balaeiro.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1024/801_2025_a_realizacao_de_patrolamento_e_a_colocacao_de_po_de_pedra_na_rua_virginia_rangel_no_bairro_mantiquira..docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1026/803_2025_poda_das_arvores_que_estao_encostando_na_rede_eletrica_na_avenida_silvino_adelio.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1027/804_2025_reparo_de_bueiro_localizado_na_rua_projetada_no_27_no_morro_do_joao_malandro_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1028/805_2025_a_realizacao_de_pavimentacao_asfaltica_na_alameda_dos_patis_localizada_no_bairro_recanto..docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1033/844_2025__que_seja_realizada_a_pavimentacao_asfaltica_na_rua_antonio_aniceto_da_costa_localizada_no_bairro_saudade.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1034/845_2025_a_construcao_de_dois_bueiros_na_rua_abilio_murce_situada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1035/846_2025_a_manutencao_da_iluminacao_publica_da_calcada_que_liga_o_centro_da_granja_ate_o_campo_do_joao_malandro..docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1036/847_2025_a_troca_de_lampadas_na_estrada_bom_jardim_no_3995_bairro_coqueiros_ao_lado_do_condominio_javary..docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1037/848_2025__a_implantacao_do_projeto_casa_creche_no_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1038/849_2025_a_implantacao_do_projeto_casa_creche_no_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1039/850_2025_a_instalacao_de_um_quebra-molas_na_rua_leopoldo_pullig_no_bairro_avelar_em_frente_a_antiga_cedae..docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1043/857_2025_a_implantacao_do_projeto_casa_creche_nos_bairros_coqueiros_e_rio_pardo..docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1045/859_2025_realizacao_de_campanha_de_vacinacao_dos_animais_atencao_aos_animais_de_rua_risco_de_transmissao_de_doencas..docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1046/860_2025_a_ampliacao_da_ponte_situada_na_rj-123.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1047/861_2025_a_disponibilizacao_de_um_caminhao_de_exames_de_imagem_especialmente_para_realizacao_de_mamografia_e_ressonancia.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1048/862_2025__a_realizacao_da_poda_de_duas_arvores_situadas_na_rua_da_saibreira_no_morro_do_joao_malandro_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1049/863_2025__a_instalacao_de_uma_farmacia_popular_no_posto_de_saude_do_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1050/864_2025_a_pavimentacao_asfaltica_na_estrada_antonio_joaquim.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1051/865_2025_pavimentacao_asfaltica_de_aproximadamente_150_metros_na_estrada_vereador_oswaldo_fernandes_de_barros_filho.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1052/866_2025_a_construcao_de_uma_quadra_poliesportiva_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1053/867_2025_a_instalacao_de_dois_quebra-molas_na_rua_deputado_bernardes_neto_no_bairro_centro.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1063/877_2025_que_realize_a_rocada_na_avenida_silvino_adelio_no_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1064/878_2025__a_implantacao_de_uma_academia_da_saude_no_bosque_da_maravilha..docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1065/879_2025__a_troca_das_lampadas_de_iluminacao_publica_na_rua_professor_cornelio_neto_nas_proximidades_dos_numeros_216_e_526_no_bairro_grotao._reiterando.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1066/880_2025_colocacao_de_escoria_na_estrada_antonio_aniceto_da_costa_no_bairro_saudade_nas_proximidades_da_residencia_do_senhor_adao.docx" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1067/881_2025_a_aplicacao_de_massa_asfaltica_na_rua_vinte_e_um_localizada_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1069/885_2025_a_poda_dos_galhos_na_alameda_paty_uba_proximo_ao_no_2300_bairro_palmares..docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1070/886_2025_a_instalacao_de_lixeiras_nos_pontos_de_onibus_do_municipio..docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1071/887_2025_a_manutencao_nos_bracos_de_iluminacao_da_rua_caio_figueira_bairro_centro..docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1073/889_2025_a_reforma_geral_no_posto_de_saude_da_granja_california.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1075/891_2025_a_instalacao_de_tampas_nos_bueiros_abertos_localizados_no_morro_do_joao_malandro_bairro_granja_california.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1076/892_2025_a_construcao_de_passarela_na_rj-125_nas_imediacoes_da_loja_conhecida_como_loja_do_tatu.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1078/894_2025_a_implantacao_do_projeto_casa_creche_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1079/895_2025_a_limpeza_e_retirada_de_entulhos_no_morro_do_joao_malandro_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1082/899_2025_a_limpeza_da_rua_elza_alves_paz_bairro_maravilha..docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1083/900_2025__a_reforma_da_quadra_esportiva_e_da_pista_de_skate_do_bairro_monte_alegre..docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1084/901_2025__a_colocacao_de_po_de_pedra_na_estrada_vereador_oswaldo_fernandes_de_barros_filho_nas_proximidades_do_acude_da_fazenda_das_antas..docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1085/902_2025__a_limpeza_patrolamento_e_colocacao_de_po_de_pedra_na_rua_comandante_geraldo_sa_no_bairro_pedras_ruivas..docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1086/903_2025__o_patrolamento_da_estrada_arcozelo__maravilha..docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1087/904_2025__a_instalacao_de_bancos_ao_longo_da_extensao_da_praca_george_jacob_abdue_reiterando_minha_indicacao_355_2025..docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1088/905_2025_a_colocacao_de_manilhas_ensaibramento_colocacao_de_escoria_e_troca_das_lampadas_na_estrada_humberto_candido_sentido_sitio_das_estrelas..docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1089/906_2025_a_manutencao_dos_bueiros_entupidos_e_a_substituicao_das_lampadas_queimadas_na_rua_dr._mario_kroeff_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1090/908_2025__limpeza_e_manutencao_da_escadaria_localizada_no_morro_joao_malandro_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1097/918_2025_colocacao_de_po_de_pedra_na_estrada_da_bela_vista_nas_proximidades_dos_numeros_846_847_848_e_855_bela_vista..docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1098/919_2025_possibilidade_de_reorganizar_os_feriados_municipais.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1100/921_2025_construcao_de_um_muro_de_contencao_na_rua_sao_sebastiao_no_bairro_granja_california_proximo_ao_no_435..docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1101/922_2025_construcao_de_uma_cobertura_na_area_externa_da_creche_da_granja_california.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1102/923_2025_patrolamento_no_bairro_antonio_joaquim_no_trecho_compreendido_entre_a_igreja_catolica_e_a_ponte_de_madeira..docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1103/924_2025_instalacao_de_redutor_de_velocidade_na_rua_coronel_manoel_bernardes_referencia_o_bar_do_paulinho_guilherme_e_marc.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1104/925_2025_guilherme_edinho_e_marco_aurelio_solicita_ao_prefeito_municipal_a_construcao_de_um_predio_proprio_para_o_funcionamento_do_tea_ame.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1111/934_2025__providencias_quanto_a_rede_eletrica_do_bairro_recanto.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1112/935_2025_sistema_de_transporte_coletivo_por_meio_de_vans.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1113/936_2025_a_aplicacao_de_po_de_pedra_nas_principais_ruas_do_bairro_prata_neste_municipio..docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1118/941_2025_saneamento_basico_na_estrada_sertao_do_calixto_bairro_vista_alegre_na_localidade_conhecida_como_rua_do_japao.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1119/942_2025_natal_de_luz_e_tradicao_2025_nas_pracas_do_centro_da_cidade.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1120/943_2025_que_realize_a_aquisicao_de_um_equipamento_de_raio-x_moderno_acompanhado_de_computador_para_o_posto_de_saude_do_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1121/944_2025_colocacao_de_escoria_na_avenida_silvino_adelio_na_altura_do_no_1985_apos_a_escola_do_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1122/945_2025_recapeamento_ou_uma_operacao_tapa-buracos_na_rua_sao_sebastiao_nas_proximidades_da_igreja_catolica_granja..docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1123/952_2025_recapeamento_da_rua_do_recanto._reiterando.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1124/953_2025_a_aplicacao_de_po_de_pedra_na_rua_14_situada_no_bairro_maravilha._reiterando.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1127/956_2025__a_colocacao_de_escoria_na_rua_barao_de_paty_nas_proximidades_do_no_258_no_bairro_recanto..docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1128/957_2025_recapeamento_da_rua_filomena_da_silva_figueira_localizada_no_bairro_esperanca..docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1129/958_2025_guilherme_e_marco_aurelio_retome_a_realizacao_do_campeonato_regional_e_do_torneio_taca_emancipacao.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1132/959_2025_recapeamento_da_alameda_leonidia_murce_e_da_entrada_do_guaribu_velho.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1139/972_2025_rua_cantagalo_bom_jardim_bairro_coqueiros_com_posterior_aplicacao_de_po_de_pedra_ou_escoria._reiterando.docx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1140/973_2025_que_providencie_a_instalacao_de_ventiladores_ou_aparelho_de_ar-condicionado_na_unidade_de_saude_do_bairro_coqueiros..docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1141/974_2025_a_poda_de_uma_arvore_localizada_no_bairro_rio_pardo._reiterando.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1152/975_2025__notifique_o_proprietario_do_terreno_particular_localizado_no_bairro_lameirao_rj-117.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1142/976_2025__a_instalacao_dos_aparelhos_de_ar-condicionado_na_escola_municipal_major_monteiro_soares_localizada_no_bairro_horizonte..docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1143/977_2025__limpeza_no_campo_de_futebol_do_bairro_poaia.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1144/978_2025_mocao_de_aplausos_a_equipe_de_corredores_rusticos.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1145/979_2025_recapeamento_da_rua_abilio_murce_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1146/980_2025_recapeamento_do_inicio_da_rua_visconde_de_uba_situada_no_bairro_de_avelar..docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1148/982_2025_aplicacao_de_po_de_pedra_no_morro_da_estrada_da_bela_vista_e_na_rua_humberto_candido_ambas_localizadas_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1149/983_2025__que_realize_a_limpeza_da_quadra_situada_no_bairro_lameirao..docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1150/984_2025__a_troca_das_lampadas_queimadas_no_morro_do_fama_bairro_maravilha_tendo_como_referencia_a_residencia_do_senhor_edinho_da_pedreira..docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1154/987_2025_realizacao_do_recapeamento_de_uma_parte_da_rua_antonio_porreca.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1155/988_2025_instalacao_de_um_quebra-mola_na_rua_vereador_aloisio_ferreira_gomes_no_bairro_avelar_proximo_ao_no_478..docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1156/989_2025_instalacao_um_quebra-molas_na_avenida_silvino_adelio_na_altura_do_no_1196_bairro_barro_branco..docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1157/990_2025_aplicacao_de_po_de_pedra_na_rua_altino_de_paula_tendo_como_referencia_o_no_602_no_bairro_vista_alegre..docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1158/991_2025_a_instalacao_de_lixeiras_na_praca_george_jacob_abdue.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1159/992_2025_solicita_ao_prefeito_instalacao_de_ponto_de_onibus_na_entrada_do_morro_zeze_lopes_apos_a_aldei_sentido_avelar.docx" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1160/993_2025_realizacao_de_recapeamento_e_reparos_na_avenida_vereador_aloisio_ferreira_gomes_no_bairro_avelar.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1161/994_2025_substituicao_das_lampadas_queimadas_na_rua_dr._mario_kroeff_localizada_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1162/995_2025_reforma_do_campo_de_grama_sintetica_situado_na_rj-125_granja_california_com_instalacao_de_cobertura_em_tela.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1163/996_2025_recapeamento_asfaltico_na_rua_vicente_de_freitas_situada_no_bairro_centro..docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1168/1004_2025__a_realizacao_de_pavimentacao_asfaltica_nas_principais_ruas_do_bairro_parque_alto_do_recanto.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1169/1005_2025_a_aplicacao_de_po_de_pedra_ou_escoria_na_rua_cantagalo_bairro_coqueiros_bem_como_nas_principais_estradas_dos_bairros_rio_pardo_e_prata..docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1170/1006_2025__pavimentacao_asfaltica_nas_principais_vias_do_bairro_zenobiopolis_morro_do_capitao..docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1171/1007_2025_colocacao_de_dois_conteineres_para_serem_utilizados_como_lixeiras_na_rua_vereador_luis_soares_da_silva_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1172/1008_2025_pavimentacao_asfaltica_no_morro_do_zeze_lopes_situado_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1174/1010_2025_a_instalacao_de_tela_de_protecao_na_quadra_de_areia_localizada_na_praca_noemia_rosa_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1176/1012_2025_instalacao_de_uma_faixa_de_pedestres_na_entrada_do_posto_ale_e_na_subida_a_rua_vereador_aloisio_ferreira_gomes.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1180/1016_2025_poda_de_arvore_na_estrada_da_enfermaria_proximo_ao_no_273_bairro_bela_vista_tendo_como_referencia_a_queijaria_do_daniel..docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1181/1017_2025_poda_de_uma_arvore_na_estrada_da_bela_vista_proximo_ao_local_conhecido_como_tinguin_no_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1182/1018_2025__a_instalacao_de_tomadas_nas_pracas_manoel_congo_e_george_jacob_abdue..docx" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1217/1023_2025_revitalizacao_da_sinalizacao_viaria_existente_no_bairro_recanto_nas_proximidades_do_mercadinho_recanto..docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1218/1024_2025_colocacao_de_lixeiras_no_corrego_dantas.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1219/1025_2025_manutencao_da_iluminacao_publica_na_rua_cantagalo_no_bairro_coqueiros.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1220/1026_2025_instalacao_de_torres_de_internet_no_bairro_guaribu..docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1221/1027_2025_instalacao_de_tomadas_nas_pracas_noemia_rosa_e_na_praca_de_avelar..docx" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1222/1028_2025_disponibilizacao_de_acesso_publico_a_internet_nas_pracas_manoel_congo_e_george_jacob_abdue..docx" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1223/1029_2025_colocacao_de_po_de_pedra_na_rua_roberto_da_silveira_na_altura_do_no_1200_nas_proximidades_do_pontilhao_conhecida_como_rua_do_prodeq..docx" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1224/1030_2025_instalacao_urgente_de_tampas_nas_caixas_de_esgoto_situadas_no_trecho_que_se_estende_da_rua_dr._mario_kroeff.docx" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1225/1031_2025_colocacao_de_po_de_pedra_na_rua_viuva_bastos_localizada_no_bairro_poaia..docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1226/1032_2025_construcao_abertura_de_rua_alto_seco_bairro_sao_joaquim_ligando_a_area_conhecida_como_cabriteiro..docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1227/1033_2025_que_seja_realizada_a_reforma_geral_da_antiga_estacao_ferroviaria_de_avelar.docx" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1229/1035_2025_a_ampliacao_do_atendimento_do_caminhao_da_vacina_para_outros_bairros_do_municipio..docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1230/1036_2025_instalacao_de_um_quebra-molas_na_avenida_brasil.docx" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1236/1047_2025__instalacao_de_um_quebra-molas_na_rua_sao_sebastiao_no_bairro_granja_california_na_altura_do_no_129..docx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1237/1048_2025_instalacao_de_enfeites_natalinos_na_praca_noemia_rosa_localizada_no_bairro_granja_california..docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1239/1050_2025_manutencao_da_iluminacao_publica_no_bairro_capivara_no_trecho_que_vai_do_inicio_da_fazenda_santa_tereza_ate_o_final_da_rua..docx" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1240/1051_2025_realizacao_de_servicos_de_manutencao_na_rua_joao_paim_no_centro_incluindo_rocada_limpeza_geral_substituicao_de_lampadas.docx" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1241/1052_2025_construcao_abertura_de_uma_rua_ligando_a_estrada_do_guaribu_velho_a_avenida_irineu_reis..docx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1248/1063_2025_reparos_urgentes_no_mata-burro_do_bairro_recanto.docx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1249/1064_2025__convocar_um_agente_comunitario_de_saude_para_o_bairro_do_recanto.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1250/1065_2025_notificacao_da_empresa_responsavel_pelo_asfaltamento_do_bairro_recanto_para_realizar_a_substituicao_das_tampas_de_bueiros_quebradas..docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1251/1066_2025_adocao_de_providencias_relativas_a_manifestacao_de_ratos_e_mosquitos_na_rua_deputado_jose_vaz_no_bairro_avelar..docx" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1252/1067_2025_que_viabilize_a_instalacao_de_uma_base_de_servico_da_light.docx" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1253/1068_2025_patrolamento_e_a_aplicacao_de_po_de_pedra_na_rua_d_localizada_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1255/1070_2025_criacao_de_vaga_rotativa_para_taxi_em_frente_ao_supermercado_fernandes.docx" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1256/1071_2025_instalacao_de_faixa_de_pedestres_na_rj-125_em_frente_a_barbearia_do_danilo_no_bairro_arcozelo..docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1258/1074_2025_edinho_realizacao_dos_servicos_de_patrolamento_ensaibramento_rocada_e_a_retirada_de_uma_arvore_caida_na_rua_norberto_jose_da_silva_leal.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1259/1075_2025__neguinho_revitalizacao_de_tres_faixas_de_pedestres.docx" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1260/1076_2025_lenice__aquisicao_de_um_bebedouro_para_o_posto_de_saude_do_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/420/079-2025.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/436/099_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_denilson_claudinho_e_macarrao.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/437/100_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_heliomar_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/450/119_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_fevereiro_lenice_vianna_e_neguinho_da_oficina.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/471/144_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_carnaval_dias_03_e_05_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/517/189_2025_projeto_de_decreto_legislativo_aprova_as_contas_do_prefeito_do_exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/562/248_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_31_de_marco_a_04_de_abril_denilson_macarrao_e_neguinho.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/580/273_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_semana_santa_tiradentes_e_sao_jorge.doc" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/587/273_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_semana_santa_tiradentes_e_sao_jorge.doc" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/589/282_2022_projeto_de_decreto_legislativo-_ponto_facultativo_-_dia_02_de_maio_em_virtude_feriado_dia_do_trabalhador_01_05_2025.doc" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/594/287_2025_projeto_de_decreto_legislativo_-_fixacao_de_auxilio_alimentacao_-_servidores_da_camara_municipal.doc" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/596/289_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_07_a_11_de_abril_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/660/374_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_guilherme_edinho_marco_aurelio_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/670/384_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_denilson_macarrao_e_neguinho.doc" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/680/395_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_12_a_16_de_maio_heliomar_e_zaninho.doc" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/681/396_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_12_e_14_de_maio_comitiva_de_vereadores_em_brasilia.doc" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/682/398_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_dias_21_22_e_23_de_maio_festa_do_tomate_2025.doc" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/696/415_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_02_a_06_de_junho_claudinho_lenice_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/731/454_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_23_a_27_de_junho_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/745/468_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dia_20_de_junho_de_2025_feriado_corpus_christi.doc" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/783/511_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_30_de_junho_a_4_de_julho_heliomar_e_zaninho.doc" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/784/512_2025_projeto_de_decreto_legislativo_viagem_brasilia__30_de_junho_a_04_de_julho_denilson_macarrao_neguinho_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/823/560_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_04_a_08_de_agosto_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/840/577_2025_projeto_de_decreto_legislativo_-_regulamenta_dispensa_de_licitacao_e_revoga_decreto_legislativo_773_de_2023.docx" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/856/594_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_04_a_08_de_agosto_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/870/616_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_11_a_15_de_agosto_denilson_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/876/625_2025_projeto_de_decreto_legislativo_-_alterando_a_data_da_sessao_solene_do_ano_de_2025_para_14_dezembro_de_2025.doc" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/890/645_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_18_a_22_de_agosto_heliomar_e_zaninho.doc" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1012/790_2025_projeto_de_decreto_legislativo_concede_diploma_de_merito_municipal.doc" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1013/791_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense.doc" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1056/870_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_vereadores_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1057/871_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1058/872_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_20_a_24_de_outubro_macarrao__neguinho_e_flavio_feijao.doc" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1059/873_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_20_e_22_de_outubro_maioria_dos_vereadores_em_brasilia.doc" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1060/874_2025_projeto_de_decreto_legislativo_transferencia_do_ponto_facultativo_do_dia_do_servidor_publico_de_28__para_o_dia_31_de_outubro_de_2025.doc" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1131/961_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense_2.doc" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1133/966_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_edinho_guilherme_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1134/967_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_heliomar_zaninho_e_flavio_feijao.doc" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1135/968_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_claudinho_e_lenice_vianna.doc" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1136/969_2025_projeto_de_decreto_legislativo_viagem_brasilia__de_24_a_28_de_novembro_macarrao__neguinho_e_vinicinho.doc" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1137/970_2025_projeto_de_decreto_legislativo_suspende_as_sessoes_ordinarias_dos_dias_24_e_26_de_novembro_todos_os_vereadores_em_brasilia_em_comitiva.doc" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1138/971_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dia_21_de_novembro_de_2025_feriado_consciencia_negra_dia_20.doc" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1166/1002_2025_projeto_de_decreto_legislativo_diploma_de_cidadania_patiense_3.doc" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1167/1003_2025_projeto_de_decreto_legislativo_concede_diploma_de_merito_municipal_2.doc" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1216/1022_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dias_23_24_30_e_31_de_2025_-_final_de_ano_natal_e_ano_novo.doc" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1242/1053_2025_projeto_de_decreto_legislativo_-_ponto_facultativo_dia_15_de_dezembro_de_2025_-_aniversario_de_paty.doc" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1243/1054_2025_projeto_de_decreto_legislativo-_ponto_facultativo_dias_24_26_e_31_de_dezembro_de_2025_e_2_de_janeiro_de_2026_-_final_de_ano_natal_e_ano_novo.doc" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1261/1077_2025_projeto_de_decreto_legislativo_-_medalha_joaquim_osorio_duque_estrada_moreira_franco.doc" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/611/308_2025_projeto_de_resolucao_pregao_eletronico_para_contratacao_de_empresa_especializada_na_transmissao_ao_vivo_das_sessoes_parlamentares.docx" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/634/340_2025_projeto_de_resolucao_-_pregao_eletronico_aquisicao_de_1_veiculo_para_camara.docx" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/755/479_2025_projeto_de_resolucao_-__pregao_eletronico_para_aquisicao_de_gasolina.docx" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/839/576_2025_projeto_de_resolucao_vale_feira_da_camara_de_paty.doc" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/917/673_2025_projeto_de_resolucao_-_aquisicao_de_veiculo_pregao_presencial.docx" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/418/077-2025.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/469/138_2025_mocao_de_aplausos_ao_servidor_diogo_teixeira_da_silva_diretor_de_transporte_da_secr_de_saude_de_paty.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/500/173_2025_mocao_de_aplausos_ao_ex-vereador_juarez_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/504/177_2025_informacoes_sobre_o_atendimento_de_criancas_de_0_a_3_anos_nas_creches_municipais.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/527/207_2025_mocao_de_aplausos_ao_servidor_fernando_camargo.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/541/227_2025_mocao_de_repudio_contra_as_praticas_da_empresa_igua____autoria_de_todos_os_vereadores._1.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/542/228_2025_mocao_de_repudio_contra_as_praticas_da_empresa_light___autoria_de_todos_os_vereadores._1.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/543/229_2025_mocao_de_repudio_contra_as_praticas_da_empresa_tim_brasil__autoria_de_todos_os_vereadores._1.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/560/246_2025_mocao_de_pesara_familia_do_senhor_jorge_teixeira_vieira..pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/571/265_2025_-__informacoes_acerca_da_academia_da_saude_que_seria_instalada_na_praca_do_bairro_bela_vista..docx" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/583/276_2025_-_mocao_de_aplausos_aos_policiais_militares_leonardo_thiago_e_josientom.docx" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/608/305_2025_mocao_de_aplausos_a_brigada_de_bombeiros_civil.docx" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/630/336_2025_mocao_de_aplausos_ao_senhor_jose_carlos_costa.docx" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/631/337_2025_mocao_de_aplausos_a_servidora_cleusa_maria_de_freitas_portugal.docx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/633/339_2025_informacoes_paralisacao_do_programa_de_fortalecimento_de_vinculo_e_do_atendimento_integral_a_familia_pelo_cras.docx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/658/372_2025_expedido_oficio_ao_prefeito_solicitando_as_seguintes_informacoes_abaixo_transcritas.docx" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/708/428_2025_mocao_de_aplausos_ao_senhor_carmelio_lisboa_martins.docx" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/756/480_2025_mocao_de_aplausos_a_diocese_de_valenca.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/787/516_2025_mocao_de_aplausos_ao_coronel_pm_marcello_henrique_ferreira_guimaraes..docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/788/517_2025_mocao_de_aplausos_ao_tenente-coronel_pm_emerson_jose_da_silva_moura.docx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/812/542_2025_-_mocao_de_aplausos_ao_subsecretario_de_defesa_civil_celso_lopes_dornelas__guilherme_e_neguinho.docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/822/555_2025_mocao_aplausos_ao_vereador_presidente_desta_casa_legislativa_guilherme_rosa_rodrigue..docx" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/824/561_2025_mocao_de_aplausos_ao_servidor_jose_gilvandro_de_souza_baltar..docx" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/828/565_2025_mocao_aplausos__ao_fisioterapeuta_luis_claudio_pereira_lima..docx" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/829/566_2025_mocao_aplausos__fisioterapeuta_carla_adriana_cunha_maio_carvalho..docx" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/830/567_2025__mocao_de_aplausos_ao_instituto_nossa_senhora_aparecida..docx" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/836/573_2025_-_mocao_de_aplausos_as_finalistas_do_concurso_de_rainha_da_festa_do_tomate_e_ao_organizador_do_evento..docx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/837/574_2025_mocao_de_aplausos_aos_policiais_militares__marco_antonio_thiago_da_silva_e_josielton_paulino.docx" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/852/590_2025_mocao_de_aplausos_ao_nobre_vereador_wilson_rosa_de_souza_macarrao..docx" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/853/591_2025_mocao_de_aplausos_ao_prefeito_julio_avelino_oliveira_de_moura_junior..docx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/858/596_2025_mocao_de_aplausos_ao_mestre_petr_turya..docx" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/859/597_2025_mocao_de_aplausos_ao_professor_andre_luiz_martins_roland..docx" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/860/598_2025_mocao_de_aplausos_ao_senhor_elvis_villela_duarte..docx" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/865/610_2025_mocao_de_aplausos_a_veterinaria_fernanda_galdino_da_rocha.docx" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/873/621_2025__mocao_de_aplausos_a_fetaerj__federacao_de_teatro_associativo_do_estado_do_rio_de_janeiro..docx" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/877/626_2025_mocao_aplausos__a_servidora_raquel_da_silva_leal..docx" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/878/627_2025_mocao_aplausos__a_sra._laura_cristina_ribeiro_proenca.docx" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/879/628_2025_mocao_aplausos__ao_servidor_alfranio_luiz_lopes_babo..docx" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/880/629_2025_mocao_de_aplausos_ao_bombeiro_francisco_lopes_da_silva..docx" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/882/631_2025_mocao_de_aplausos_ao_secretario_municipal_de_obras_juliano_de_almeida_amaral_ao_diretor_iago_ventura_da_silva.docx" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/894/649_2025_-_mocao_de_aplausos_aos_professores_comissao_tecnica_e_diretores_colegios.docx" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/895/650_2025_-_mocao_de_aplausos_aos_atletas_da_escola_municipal_liddy_mignone.docx" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/896/651_2025_-_mocao_de_aplausos_as_atletas_da_escola_municipal_vereador_sidney_de_mello_freitas.docx" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/897/652_2025_mocao_aplausos_a_mara_dalila_oliveira_da_costa..docx" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/910/666_2025__mocao_de_pesar_a_familia_de_jorge_da_cunha_santos.docx" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/924/684_2025_mocao_de_aplausos_a_senhora_solange_raiboltte_turl..docx" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/925/685_2025_mocao_de_aplausos_aos_agentes_de_combate_a_endemias_luiz_fernando_baptista_joaquim_e_jose_ricardo_faria_de_freitas..docx" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/928/688_2025_mocao_de_aplausos_a_empresa_irmaos_faustino_porto_e_cia_ltda_fazenda_das_antas.docx" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/929/689_2025_-_mocao_de_aplausos_aos_policiais_militares_foragido_da_justica.docx" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/930/690_2025_-_mocao_de_aplausos_aos_policiais_militares_trafico_ilicito_de_drogas.docx" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/931/691_2025_-_mocao_de_aplausos_aos_policiais_militares_veiculo_em_atitude_suspeita_.docx" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/935/692_2025_mocao_de_aplausos_ao_senhor_carlos_roberto_carius_rosa..docx" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/936/693_2025_mocao_de_aplausos_ao_senhor_mateus_lima_de_carvalho.docx" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/945/709_2025_-_mocao_de_aplausos_ao_sr._alan_bastos_da_silva..docx" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/949/713_2025_mocao_de_aplausos__ao_padre_itamar_andrade_santos.docx" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/950/714_2025_mocao_de_aplausos_ao_padre_welder_de_carvalho_silva..docx" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/977/730_2025___mocao_de_aplausos_aos_atletas_da_categoria_sub-11_e_a_comissao_tecnica.docx" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/978/731_2025___mocao_de_aplausos_aos_profissionais_da_tv_rio_sul.docx" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/976/734_2025_mocao_de_aplausos_ao_professor_e_aos_alunos_do_projeto_escola_leo_brazilian_jiu-jitsu.docx" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/961/734_2025_mocao_de_aplausos_ao_professor_e_aos_alunos_do_projeto_escola_leo_brazilian_jiu-jitsu.docx" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/966/741_2025_mocao_de_aplausos_senhor_cid_matos_carius..docx" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/971/746_2025_mocao_de_aplausos_ao_pastor_marcio_rosa_da_silva..docx" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/979/756_2025_-_mocao_de_pesar_a_familia_do_sr._jose_carlos_de_azevedo_rodrigues..docx" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/980/757_2025_-_mocao_de_pesar_a_familia_do_vereador_denilson_da_costa_nogueira..docx" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/986/763_2025_-_mocao_de_aplausosaos_profissionais_de_saude_do_hospital_municipal_luiz_gonzaga.docx" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/988/765_2025_mocao_aplausos__ao_senhor_jose_carlos_costa.docx" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/991/770_2025_mocao_de_aplausos_ao_secretario_de_ordem_publica_de_paty_roan_carlo_nascimento_teixeira.docx" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/994/773_2025_mocao_aplausos__a_sra._mariangela_aparecida_fernandes_conrado.docx" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/995/774_2025_mocao_aplausos__ao_sr_daniel_rodrigues_saraiva..docx" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/996/775_2025_mocao_aplausos__ao_sr._odenir_gomes_duarte..docx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1002/782_2025_mocao_de_aplausos__a_equipe_de_saude_mental_do_municipio_de_paty_do_alferes.docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1020/797_2025_mocao_de_aplausos_ao_secretario_de_saude_de_paty_sr._leonardo_pereira_dos_santos..docx" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1025/802_2025_mocao_aplausos__a_danila_maria_da_silva_braga_dan_silva_e_rodolfo_da_silva_ferreira..docx" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1040/851_2025_mocao_de_aplausos_ao_dedica_centro_educacional._1.docx" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1042/856_2025_mocao_de_aplausos_a_sra._michele_benazzi_da_silva.docx" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1044/858_2025__mocao_de_aplausos_ao_coordenador_do_programa_da_dengue_johnny_davidson_cardoso_e_a_supervisora_tatiana_viana_costa_soares..docx" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1061/875_2025_mocao_de_aplausos_ao__pastor_humberto_bertholdo_rosa..docx" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1062/876_2025_mocao_de_aplausos_ao_sr._iago_luiz_cristian_silva_oliveira_campanhao..docx" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1068/882_2025_-_mocao_de_pesar_a_familia_da_dra._carmen_suzana_gomes_vieira_muniz..docx" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1072/888_2025_-_mocao_de_pesa_a_damilia_do_diego_dos_santos_coelho..docx" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1077/893_2025_mocao_aplausos__a_sra._eva_aparecida_figueira_ferreira..docx" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1080/896_2025_-_mocao_de_aplausos_ao_sr._nei_jose_medeiros..docx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1095/907_2025_audiencia_publica_sobre_empesa_igua_-___autoria_de_todos_os_vereadores..docx" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1099/920_2025_mocao_de_aplausos_ao_prefeito_julio_avelino_oliveira_de_moura_junior._paty_agro_show.docx" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1114/937_2025_mocao_aplausos__a_sra._heloiza_de_lima..docx" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1115/938_2025_mocao_aplausos__a_sra._karlla_lisboa_simonis..docx" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1116/939_2025_mocao_aplausos__ao_sr._bruno_bessa_de_paulo..docx" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1117/940_2025__-_mocao_de_aplausos_aos_policiais_civis.docx" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1125/954_2025_mocao_de_aplausos_ao_sr_rogerio__mendes_de_melo.docx" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1126/955_2025_mocao_de_aplausos_ao_sr._osias_gomes_rosa..docx" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1130/960_2025_mocao_de_aplausos_carlos_alexandre_passos_de_souza..docx" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1147/981_2025_mocao_aplausos_a_funcionaria_da_emater_audinea_da_silva_nunes..docx" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1173/1009_2025_mocao_aplausos__jetania_alves_teixeira_rodrigues..docx" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1175/1011_2025_mocao_de_aplausos_a_sra._daiana_dutra_de_medeiros_de_souza_goncalves..docx" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1177/1013_2025_mocao_de_aplausos_ao_servidor_publico_wagner_de_souza_barros.docx" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1178/1014_2025_mocao_de_aplausos_ronildo_rodrigues_da_costa..docx" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1183/1019_2025_mocao_aplausos_ao_sr._sebastiao_barboza_junior.docx" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1231/1037_2025_mocao_de_aplausos_-_acio_contabilidade.docx" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1238/1049_2025_edinho_e_feijao_mocao_de_aplausos_aos_servidores_aldemir_de_assis_campos_edson_colli_christo_e_gesse_ribeiro.docx" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1254/1069_2025__mocao_de_aplausos_ao_senhor_fernando_ribeiro..docx" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1184/814-2025_-_aquisicao_de_equipamentos_eletroencefalograma_e_nobreak_para_mamografia.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1185/815-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1186/816-2025_-_aquisicao_de_medicamentos_da_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1187/817-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1188/818-2025_-_aquisicao_de_equipamentos_para_a_unidade_de_saude_da_granja_da_granja_california.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1189/819-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1190/820-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1191/821-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1192/822-2025_-_2_jogos_de_equipamentos_de_academia_de_saude_bosque_da_maravilha_e_quadra_lameirao.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1193/823-2025_-_realizacao_de_exames_da_saude_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1194/824-2025_-_2_jogos_de_equipamentos_de_academia_de_saude.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1195/825-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1196/826-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1197/827-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1198/828-2025_-_aquisicao_de_veiculo_tipo_van_para_transportes_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1199/829-2025_-_2_jogos_de_equipamentos_de_academia_de_saude.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1200/830-2025_-_aquisicao_de_equipamentos_eletroencefalograma.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1201/831-2025_-_aquisicao_de_equipamento_para_duas_salas_multisensorial_no_espaco_tea_ame.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1202/832-2025_-_aquisicao_de_veiculo_com_carroceria_para_atender_almoxarifado_da_saude.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1203/833-2025_-_asfaltamento_da_rua_joao_paim.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1204/834-2025_-_aquisicao_de_manilhas_tijolos_e_outros_materiais_para_construcao_de_redes_de_agua_pluvial_no_bairro_recanto_dos_eucalliptos.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1205/835-2025_-_construcao_de_uma_lixeira_comunitaria_no_bairro_boa_vista_proximo_a_mercearia_do_lino.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1206/836-2025_-_asfaltamento_da_subida_da_igreja_casa_de_oracao_de_aquenta_sol.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1207/837-2025_-_aquisicao_de_veiculo_4x4_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1208/838-2025_-_calcamento_em_paralelepipedo_na_estrada_de_palmares.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1209/839-2025_-_aquisicao_de_manilhas_tijolos_e_outros_materiais_para_construcao_de_redes_de_agua_pluvial_no_bairro_granja_california.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1210/840-2025_-_aquisicao_compra_de_um_terreno_no_morro_do_macaco.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1211/841-2025_-_asfaltamento_da_subida_da_igreja_casa_de_oracao_do_bairro_aquenta_sol.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1212/842-2025_-_reforma_na_quadra_da_escola_do_bairro_campo_verde.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1213/843-2025_-_calcamento_em_paralelepipedo_na_estrada_de_palmares.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/483/159_2025_dispoe_sobre_a_apreensao_de_motocicletas_com_descarga_irregular_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/529/209_2025_institui_a_realizacao_obrigatoria_do_desfile_civico_de_7_de_setembro_no_municipio_de_paty_do_alferes..pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/530/210_2025_dispoe_sobre_a_apreensao_de_motocicletas_com_descarga_irregular_e_da_outras_providencias._1.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/531/211_2025_dispoe_sobre_a_criacao_da_policia_municipal_nos_termos_da_pec_572023_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/578/260_2025_institui_a_gratuidade_em_transporte_linhas_intermunicipais_que_ligam_paty_vassouras_paraiba_do_sul_e_tres_rios.docx" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/590/283_2025_dispoe_sobre_a_cobranca_da_tarifa_de_esgoto_pelas_companhias_de_saneamento_basico_do_municipio_de_paty_do_alferes.docx" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/725/442_2025_concede_prazo_para_legalizacao_de_construcao_em_desacordo..docx" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/732/455_2025_dispoe_sobre_a_isencao_do_imposto_predial_e_territorial_urbano_iptu_para_imoveis_de_propriedade_de_pessoas_com_necessidades_especiais.docx" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/733/456_2025_dispoe_sobre_a_criacao_de_programa_municipal_de_apoio_a_obtencao_da_carteira_nacional_de_habilitacao_cnh_para_pessoas_de_baixa_renda.docx" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/734/457_2025_dispoe_sobre_a_proibicao_da_cobranca_na_instalacao_de_hidrometros_no_municipio_de_paty_do_alferes_e_da_outras_providencias..docx" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/735/458_2025_dispoe_sobre_o_adicional_de_insalubridade_dos_agentes_comunitarios_de_saude_do_municipio_de_paty_do_alferes..docx" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/750/474_2025_estabelece_diretrizes_sobre_a_transparencia_na_cobranca_do_consumo_de_agua_no_municipio_de_paty_do_alferes_e_da_outras_providencias..docx" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/799/529_2025_ante_projeto_de_lei_municipal_antenas__vereadores_guilherme_edinho_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/803/529_2025_ante_projeto_de_lei_municipal_antenas__vereadores_guilherme_edinho_e_marco_aurelio.doc" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/886/635_2025_dispoe_sobre_a_municipalizacao_do_clube_monte_alegre.doc" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1055/869_2025_autoriza_o_poder_executivo_municipal_a_criar_o_polo_de_atendimento_veterinario_e_saude_animal.docx" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1074/890_2025_institui_o_conselho_municipal_de_esporte_e_o_fundo_municipal_de_esporte_e_da_outras__providencias..docx" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1151/985_2025_institui_o_projeto_cultura_para_todos_e_autoriza_poder_executivo_implantar_sala_de_cinema_publica_em_paty.docx" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/383/projeto_de_lei_002_2025_denominacao_de_rua_morro_do_onca_a_rua_que_corta_o_condominio_morro_do_onca_coqueiros_prata_1.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/385/mensagem_003_2025.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/384/mensagem_004_2025.doc" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/386/mensagem_005_2025.doc" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/387/mensagem_006_2025.doc" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/388/mensagem_007_2025.doc" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/389/mensagem_008_2025.doc" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/390/mensagem_009_2025.doc" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/391/mensagem_001_2025.doc" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/392/mensagem_002_2025.doc" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/411/mensagem_010_2025.doc" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/412/mensagem_011_2025.doc" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/413/mensagem_012_2025.doc" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/414/mensagem_013_2025.doc" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/415/mensagem_014_2025.doc" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/416/mensagem_015_2025.doc" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/419/078-2025.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/455/mensagem_016_2025.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/456/mensagem_017_2025.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/457/mensagem_018_2025.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/458/mensagem_019_2025.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/484/160_2025_autoriza_o_uso_de_maquinas_pesadas_na_execucao_de_obras_de_infraestrutura_e_servicos_de_interesse_social_n.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/501/mensagem_020_2025.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/502/mensagem_021_2025.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/503/mensagem_022_2025.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/505/mensagem_023_2025.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/506/mensagem_024_2025_feliz.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/507/mensagem_025_2025.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/528/208_2025_suspensao_dos_servicos_de_abastecimento_de_agua_e_esgotamento_sanitario_e_requisitos_para_o_corte_no_municipio_.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/532/212_2025_avaliacao_pia_para_os_alunos_com_transtornos_globais_do_desenvolvimento_incluindo_o_transtorno.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/536/216_2025_projeto_de_lei_mesa_diretora_-_revisao_salaria_anual_e_reajuste_salarial_-__servidores_camara_municipal_-_75_-_marco_2025.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/545/231_2025_institui_a_tarifa_social_de_agua_e_esgoto_no_municipio_de_paty_do_alferes_autor_guilherme_e_zaninho.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/561/247_2025_dispoe_sobre_a_obrigatoriedade_da_divulgacao_da_lista_de_profissionais_de_saude.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/565/256_2025_-_dispoe_sobre_a_definicao_de_maus-tratos_contra_animais.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/566/257_2025_institui_mais_um_dia_de_dispensa_de_ponto_para_os_sevidores_publicos_municipais_doadores_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/567/258_2025_denilson_e_guilherme_-_recomendacao_da_presenca_de_bombeiros_civis_em_estabelecimentos_e_eventos_de_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/568/259_2025_proibe_instalacao_e_comercializacao_de_escapamentos_motocicletas_nao_sejam_originais_ou_aumentem_emissao_de_ruido.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/581/274_2025_declara_festa_social_n_senh_conceicao_realizada_no_bairro_avelar_como_patrimonio_imaterial_do_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/597/mensagem_029_2025.doc" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/598/mensagem_030_2025.doc" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/599/mensagem_031_2025.doc" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/612/mensagem_032_2025.doc" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/616/316_2025_criacao_da_carteira_de_identificacao_da_pessoa_com_fibromialgia_em_paty_e_da_outras_providencias.docx" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/618/mensagem_034_2025.doc" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/619/mensagem_035_2025.doc" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/620/mensagem_036_2025.doc" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/621/mensagem_037_2025.doc" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/635/mensagem_038_2025.doc" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/636/mensagem_039_2025.doc" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/637/mensagem_040_2025.doc" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/638/mensagem_041_2025.doc" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/671/mensagem_043_2025.doc" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/704/mensagem_042_2025.doc" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/723/mensagem_044_2025.doc" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/724/mensagem_045_2025.doc" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/729/451_2025_projeto_de_lei_altera_e_reestrutura_cargos_camara_autoria_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/751/475_2025_autorizacao_instalacao_de_comedouros_e_bebedouros_para_animais_de_rua_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/752/476_2025_determina_a_criacao_do_programa_visao_adequada_e_distribuicao_de_oculos_aos_estudantes_de_escolas_municipais_de_paty_do_alferes._1.docx" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/768/492_2025_institui_a_politica_municipal_de_protecao_dos_direitos_da_pessoa_com_albinismo_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/769/mensagem_046_2025.doc" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/902/5152021.doc" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/791/mensagem_047_2025.doc" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/801/mensagem_048_2025.doc" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/802/mensagem_049_2025.doc" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/813/mensagem_050_2025.doc" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/903/5562021.doc" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/904/5572021.doc" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/905/5582021.doc" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/906/5592021.doc" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/841/mensagem_051_2025.doc" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/842/mensagem_052_2025.doc" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/843/mensagem_053_2025.doc" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/844/mensagem_054_2025.doc" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/845/mensagem_055_2025.doc" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/846/mensagem_056_2025.docx" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/847/mensagem_057_2025.docx" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/863/mensagem_058_2025.docx" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/874/608_2025_altera_lei_diarias_camara_municipal_de_paty_do_alferes.doc" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/868/613_2025_da_nova_redacao_aos_artigos_12_e_ao_art._22_da_lei_2.248_de_07_de_junho_de_2016_cor_dos_taxis_de_paty_.docx" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/869/mensagem_059_2025.docx" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/875/mensagem_060_2025.docx" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/885/634_2025_-_dispoe_sobre_a_autorizacao_para_a_realizacao_de_rodeios_autores_guilherme_e_marco_aurelio.docx" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/888/mensagem_061_2025.docx" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/889/mensagem_062_2025.doc" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/920/mensagem_063_2025.doc" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/921/mensagem_064_2025.docx" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/922/mensagem_065_2025.docx" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/934/696_2025_dispoe_sobre_a_instituicao_do_dia_municipal_dos_desbravadores.docx" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/937/mensagem_069_2025.docx" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/938/mensagem_067_2025.docx" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/939/mensagem_068_2025.docx" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/940/mensagem_069_2025.docx" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/941/mensagem_070_2025.docx" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/942/mensagem_071_2025.docx" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1214/02-7251.doc" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/954/353_2025_mens._042_2025_autografo_ldo_2026.doc" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/958/732_denominacao_de_ponte_lea_mariotti_-_heliomar.docx" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/962/mensagem_074_2025.doc" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/963/mensagem_075_2025.doc" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/964/mensagem_076_2025.doc" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/973/mensagem_077_2025.doc" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1015/mensagem_078_2025.doc" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1017/mensagem_080_2025.doc" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1029/806_2025_-_dispoe_sobre_alteracoes_e_inclusoes_na_lei_048_1989_que_institui_o_codigo_tributario_de_paty___-_mens_081_2025.doc" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1030/807_2025_-_suplementacao_r_1.600.00000__-_mens_082_2025.doc" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1031/808_2025_-_suplementacao_r_1.485.00000__-_mens_083_2025.doc" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1032/809_2025_-_concede_anistia_de_juros_e_multas_debitos_tributarios_inscrito_ou_nao_em_divida_ativa_-_mens_084_2025.doc" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1041/855_2025_da_denominacao_de_praca_jose_carlos_de_azevedo_rodrigues_praca_ao_lado_do_vivinha.docx" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1054/868_2025_da_denominacao_de_parque_infantil_caio_da_silva_gomes_ao_parque_situado_na_rua_do_retiro_no_250.docx" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1081/897_2025_da_denominacao_de_estrada_jose_da_costa_taborda_filho.docx" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1091/mensagem_088_2025.docx" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1092/mensagem_085_2025.doc" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1093/mensagem_086_2025.doc" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1094/mensagem_087_2025.doc" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1096/917_2025_-_autoriza_o_poder_executivo_instituir_programa_municipal_de_apoio_a_gestante_e_ao_recem-nascido_no_municipio.docx" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1105/mensagem_090_2025.doc" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1106/mensagem_091_2025.doc" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1107/mensagem_092_2025.doc" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1108/mensagem_093_2025.doc" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1109/mensagem_094_2025.doc" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1110/mensagem_095_2025.doc" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1153/986_2025_guilherme_edinho_e_marco_aurelio_denominacao_francisco_dornelas_lopes_ao_predio_do_corpo_de_bombeiros_bairro_arcozelo.docx" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1164/997_2025_-_suplementacao_r_420.05200_-_mens_096_2025.doc" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1165/998_2025_-_suplementacao_r_415.15700_-_mens_097_2025.doc" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1179/1015_2025_-_da_denominacao_de_carlos_fernando_de_araujo_lima_a_base_do_samu_de_avelar_autoria_vereador_flavio_feijao.doc" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1215/1021_2025_-_institui_o_programa_meu_lar_meu_documento_entrega_publicade_titulos_de_propriedade_aos_beneficiarios_reurb_autoria_vereador_guilherme_rosa.doc" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1232/1038_2025_-_suplentacao_r_1.000.00000_-_mens_098_2025.doc" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1233/1039_2025_-_suplentacao_r_500.00000_-_mens_099_2025.doc" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1234/1040_2025_-_suplentacao_r_500.00000_-_mens_100_2025.doc" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1235/1041_2025_-_altera_dispositivo_da_lei_no3.221_de_05_de_fevereiro_de_2025_que_dispoe_para_alteracao_da_nomeclatura_do_cargo_criado_-_mens_101_2025.doc" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1244/1055_2025_-_da_denominacao_de_marcio_antonio_cunha_dos_anjos_a_base_da_policia_presente__bairro_arcozelo_autoria_vereador_guilherme_rosa.doc" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1245/1056_2025_-_da_denominacao_de_professora_dilma_jose_de_andrade_risso_a_faetec_bairro_avelar_autoria_vereadores_guilherme_rosa_marco_aurelio_e_macarrao.doc" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1246/1057_2025_-_suplentacao_r_500.00000_-_mens_102_2025.doc" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1247/1058_2025_-_suplentacao_r_1.191.17600_-_mens_103_2025.doc" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/1257/1072_2025_-_da_denominacao_de_rua_cezar_pereira_da_silva_mello_cantagalo_coqueiro_autoria_vereador_heliomar_do_gas.doc" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/610/1602021.doc" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/653/8_parecer_397_2025_da_comissaoo_justica_e_redacao_-_ao_veto_367_202_ao_proj_212-2025.docx" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/690/8_parecer__ao_veto_307_2025_ao_projeto_de_lei_160_2025_-__.doc" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/695/1602021.doc" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/705/parecer__ao_veto_425_-_2025_ao_projeto_de_lei_160_-_2025.doc" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/393/485_2024_declara_como_patrimonio_imaterial_do_municipio_de_paty_do_alferes_o_nucleo_de_estudos_afro-brasileiros_e_indigenas.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/394/4_despacho_diretoria_comunicando_ao_autor_do_projeto_no_463_2024_leinho.doc" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/395/4_despacho_diretoria_comunicando_ao_autor_do_projeto_no_464_2024_denilson.doc" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/861/475_2025_autorizacao_instalacao_de_comedouros_e_bebedouros_para_animais_de_rua_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/862/476_2025_determina_a_criacao_do_programa_visao_adequada_e_distribuicao_de_oculos_aos_estudantes_de_escolas_municipais_de_paty_do_alferes._1.docx" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/sapl/public/materialegislativa/2025/864/492_2025_institui_a_politica_municipal_de_protecao_dos_direitos_da_pessoa_com_albinismo_no_municipio_de_paty.docx" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patydoalferes.rj.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H908"/>
+  <dimension ref="A1:H912"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="143" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="230" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="229.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -23745,9270 +23781,9374 @@
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
         <v>1671</v>
       </c>
       <c r="D553" t="s">
         <v>11</v>
       </c>
       <c r="E553" t="s">
         <v>12</v>
       </c>
       <c r="F553" t="s">
         <v>100</v>
       </c>
       <c r="G553" s="1" t="s">
         <v>1994</v>
       </c>
       <c r="H553" t="s">
         <v>1995</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>964</v>
+        <v>1996</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="D554" t="s">
-        <v>1997</v>
+        <v>11</v>
       </c>
       <c r="E554" t="s">
+        <v>12</v>
+      </c>
+      <c r="F554" t="s">
+        <v>18</v>
+      </c>
+      <c r="G554" s="1" t="s">
         <v>1998</v>
       </c>
-      <c r="F554" t="s">
+      <c r="H554" t="s">
         <v>1999</v>
-      </c>
-[...4 lines deleted...]
-        <v>2001</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>1001</v>
+        <v>2000</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D555" t="s">
+        <v>11</v>
+      </c>
+      <c r="E555" t="s">
+        <v>12</v>
+      </c>
+      <c r="F555" t="s">
+        <v>100</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H555" t="s">
         <v>2002</v>
-      </c>
-[...13 lines deleted...]
-        <v>2004</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>1005</v>
+        <v>2003</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D556" t="s">
+        <v>11</v>
+      </c>
+      <c r="E556" t="s">
+        <v>12</v>
+      </c>
+      <c r="F556" t="s">
+        <v>40</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H556" t="s">
         <v>2005</v>
-      </c>
-[...13 lines deleted...]
-        <v>2004</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>1021</v>
+        <v>964</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
+        <v>2006</v>
+      </c>
+      <c r="D557" t="s">
         <v>2007</v>
       </c>
-      <c r="D557" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E557" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F557" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="H557" t="s">
-        <v>2004</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>1058</v>
+        <v>1001</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D558" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E558" t="s">
+        <v>2008</v>
+      </c>
+      <c r="F558" t="s">
         <v>2009</v>
       </c>
-      <c r="D558" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G558" s="1" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="H558" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2012</v>
+        <v>1005</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="D559" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E559" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F559" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G559" s="1" t="s">
+        <v>2016</v>
+      </c>
+      <c r="H559" t="s">
         <v>2014</v>
-      </c>
-[...1 lines deleted...]
-        <v>2015</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2016</v>
+        <v>1021</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
         <v>2017</v>
       </c>
       <c r="D560" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E560" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F560" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>287</v>
+        <v>2018</v>
       </c>
       <c r="H560" t="s">
-        <v>2018</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>1248</v>
+        <v>1058</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
         <v>2019</v>
       </c>
       <c r="D561" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E561" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F561" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G561" s="1" t="s">
         <v>2020</v>
       </c>
       <c r="H561" t="s">
-        <v>2004</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="D562" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E562" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F562" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H562" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>1283</v>
+        <v>2026</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="D563" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E563" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F563" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>2026</v>
+        <v>287</v>
       </c>
       <c r="H563" t="s">
-        <v>2024</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>1290</v>
+        <v>1248</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="D564" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E564" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F564" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="H564" t="s">
-        <v>2029</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="D565" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E565" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F565" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="H565" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>2034</v>
+        <v>1283</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
         <v>2035</v>
       </c>
       <c r="D566" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E566" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F566" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G566" s="1" t="s">
         <v>2036</v>
       </c>
       <c r="H566" t="s">
-        <v>2004</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="C567" t="s">
         <v>2037</v>
       </c>
-      <c r="B567" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D567" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E567" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F567" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G567" s="1" t="s">
         <v>2038</v>
       </c>
       <c r="H567" t="s">
-        <v>2004</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>1374</v>
+        <v>2040</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="D568" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E568" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F568" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>2040</v>
+        <v>2042</v>
       </c>
       <c r="H568" t="s">
-        <v>2004</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="D569" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E569" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F569" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2043</v>
+        <v>2046</v>
       </c>
       <c r="H569" t="s">
-        <v>2004</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>152</v>
+        <v>115</v>
       </c>
       <c r="D570" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E570" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F570" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="H570" t="s">
-        <v>2046</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2047</v>
+        <v>1374</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>160</v>
+        <v>2049</v>
       </c>
       <c r="D571" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E571" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F571" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
       <c r="H571" t="s">
-        <v>2049</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="D572" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E572" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F572" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="H572" t="s">
-        <v>2004</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>337</v>
+        <v>152</v>
       </c>
       <c r="D573" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E573" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F573" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="H573" t="s">
-        <v>2004</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>1458</v>
+        <v>2057</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>376</v>
+        <v>160</v>
       </c>
       <c r="D574" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E574" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F574" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>2055</v>
+        <v>2058</v>
       </c>
       <c r="H574" t="s">
-        <v>2056</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>1527</v>
+        <v>2060</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>500</v>
+        <v>2061</v>
       </c>
       <c r="D575" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E575" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F575" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2057</v>
+        <v>2062</v>
       </c>
       <c r="H575" t="s">
-        <v>2004</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>1531</v>
+        <v>2063</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>504</v>
+        <v>337</v>
       </c>
       <c r="D576" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E576" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F576" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2058</v>
+        <v>2064</v>
       </c>
       <c r="H576" t="s">
-        <v>2004</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2059</v>
+        <v>1458</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>2060</v>
+        <v>376</v>
       </c>
       <c r="D577" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E577" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F577" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2061</v>
+        <v>2065</v>
       </c>
       <c r="H577" t="s">
-        <v>2004</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2062</v>
+        <v>1527</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>629</v>
+        <v>500</v>
       </c>
       <c r="D578" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E578" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F578" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="H578" t="s">
-        <v>2064</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2065</v>
+        <v>1531</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>2030</v>
+        <v>504</v>
       </c>
       <c r="D579" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E579" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F579" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>2066</v>
+        <v>2068</v>
       </c>
       <c r="H579" t="s">
-        <v>2004</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2067</v>
+        <v>2069</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="D580" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E580" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F580" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="H580" t="s">
-        <v>2004</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2070</v>
+        <v>2072</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>764</v>
+        <v>629</v>
       </c>
       <c r="D581" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E581" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F581" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2071</v>
+        <v>2073</v>
       </c>
       <c r="H581" t="s">
-        <v>2072</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2073</v>
+        <v>2075</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>803</v>
+        <v>2040</v>
       </c>
       <c r="D582" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E582" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F582" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="H582" t="s">
-        <v>2004</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>1896</v>
+        <v>2077</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>1164</v>
+        <v>2078</v>
       </c>
       <c r="D583" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E583" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F583" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2075</v>
+        <v>2079</v>
       </c>
       <c r="H583" t="s">
-        <v>2076</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2077</v>
+        <v>2080</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>2078</v>
+        <v>764</v>
       </c>
       <c r="D584" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E584" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F584" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="H584" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>2067</v>
+        <v>803</v>
       </c>
       <c r="D585" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E585" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F585" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="H585" t="s">
-        <v>2004</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2083</v>
+        <v>1896</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>1310</v>
+        <v>1164</v>
       </c>
       <c r="D586" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E586" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F586" t="s">
-        <v>2084</v>
+        <v>2009</v>
       </c>
       <c r="G586" s="1" t="s">
         <v>2085</v>
       </c>
       <c r="H586" t="s">
-        <v>2004</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>1314</v>
+        <v>2088</v>
       </c>
       <c r="D587" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E587" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F587" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="H587" t="s">
-        <v>2004</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2088</v>
+        <v>2091</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>2089</v>
+        <v>2077</v>
       </c>
       <c r="D588" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E588" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F588" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="H588" t="s">
-        <v>2091</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>2093</v>
+        <v>1310</v>
       </c>
       <c r="D589" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E589" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F589" t="s">
-        <v>1999</v>
+        <v>2094</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="H589" t="s">
-        <v>2095</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
         <v>2096</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D590" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E590" t="s">
+        <v>2008</v>
+      </c>
+      <c r="F590" t="s">
+        <v>2009</v>
+      </c>
+      <c r="G590" s="1" t="s">
         <v>2097</v>
       </c>
-      <c r="D590" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H590" t="s">
-        <v>2080</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
         <v>2099</v>
       </c>
-      <c r="B591" t="s">
-[...2 lines deleted...]
-      <c r="C591" t="s">
+      <c r="D591" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E591" t="s">
+        <v>2008</v>
+      </c>
+      <c r="F591" t="s">
+        <v>2009</v>
+      </c>
+      <c r="G591" s="1" t="s">
         <v>2100</v>
       </c>
-      <c r="D591" t="s">
-[...8 lines deleted...]
-      <c r="G591" s="1" t="s">
+      <c r="H591" t="s">
         <v>2101</v>
-      </c>
-[...1 lines deleted...]
-        <v>2004</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
         <v>2102</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>1448</v>
+        <v>2103</v>
       </c>
       <c r="D592" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E592" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F592" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="H592" t="s">
-        <v>2004</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2104</v>
+        <v>2106</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>1451</v>
+        <v>2107</v>
       </c>
       <c r="D593" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E593" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F593" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2105</v>
+        <v>2108</v>
       </c>
       <c r="H593" t="s">
-        <v>2004</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2106</v>
+        <v>2109</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>1454</v>
+        <v>2110</v>
       </c>
       <c r="D594" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E594" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F594" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="H594" t="s">
-        <v>2004</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>1457</v>
+        <v>1448</v>
       </c>
       <c r="D595" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E595" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F595" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2109</v>
+        <v>2113</v>
       </c>
       <c r="H595" t="s">
-        <v>2110</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2111</v>
+        <v>2114</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>2112</v>
+        <v>1451</v>
       </c>
       <c r="D596" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E596" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F596" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="H596" t="s">
-        <v>2114</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2115</v>
+        <v>2116</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>2116</v>
+        <v>1454</v>
       </c>
       <c r="D597" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E597" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F597" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G597" s="1" t="s">
         <v>2117</v>
       </c>
       <c r="H597" t="s">
-        <v>2080</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
         <v>2118</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>1489</v>
+        <v>1457</v>
       </c>
       <c r="D598" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E598" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F598" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G598" s="1" t="s">
         <v>2119</v>
       </c>
       <c r="H598" t="s">
-        <v>2076</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>1560</v>
+        <v>2122</v>
       </c>
       <c r="D599" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E599" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F599" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2121</v>
+        <v>2123</v>
       </c>
       <c r="H599" t="s">
-        <v>2122</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2123</v>
+        <v>2125</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>1641</v>
+        <v>2126</v>
       </c>
       <c r="D600" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E600" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F600" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2124</v>
+        <v>2127</v>
       </c>
       <c r="H600" t="s">
-        <v>2125</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>2127</v>
+        <v>1489</v>
       </c>
       <c r="D601" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E601" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="F601" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="H601" t="s">
-        <v>2129</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>1303</v>
+        <v>2130</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>2130</v>
+        <v>1560</v>
       </c>
       <c r="D602" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E602" t="s">
+        <v>2008</v>
+      </c>
+      <c r="F602" t="s">
+        <v>2009</v>
+      </c>
+      <c r="G602" s="1" t="s">
         <v>2131</v>
       </c>
-      <c r="E602" t="s">
+      <c r="H602" t="s">
         <v>2132</v>
-      </c>
-[...7 lines deleted...]
-        <v>2134</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
+        <v>2133</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D603" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E603" t="s">
+        <v>2008</v>
+      </c>
+      <c r="F603" t="s">
+        <v>2009</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H603" t="s">
         <v>2135</v>
-      </c>
-[...19 lines deleted...]
-        <v>2138</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D604" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E604" t="s">
+        <v>2008</v>
+      </c>
+      <c r="F604" t="s">
+        <v>2009</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>2138</v>
+      </c>
+      <c r="H604" t="s">
         <v>2139</v>
-      </c>
-[...19 lines deleted...]
-        <v>2141</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
+        <v>2140</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D605" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E605" t="s">
+        <v>2008</v>
+      </c>
+      <c r="F605" t="s">
+        <v>2009</v>
+      </c>
+      <c r="G605" s="1" t="s">
         <v>2142</v>
       </c>
-      <c r="B605" t="s">
-[...14 lines deleted...]
-      <c r="G605" s="1" t="s">
+      <c r="H605" t="s">
         <v>2143</v>
-      </c>
-[...1 lines deleted...]
-        <v>2144</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D606" t="s">
         <v>2145</v>
       </c>
-      <c r="B606" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E606" t="s">
-        <v>2132</v>
+        <v>2146</v>
       </c>
       <c r="F606" t="s">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
       <c r="H606" t="s">
-        <v>2147</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>956</v>
+        <v>2149</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
       <c r="D607" t="s">
-        <v>2149</v>
+        <v>2145</v>
       </c>
       <c r="E607" t="s">
-        <v>2150</v>
+        <v>2146</v>
       </c>
       <c r="F607" t="s">
-        <v>53</v>
+        <v>2009</v>
       </c>
       <c r="G607" s="1" t="s">
         <v>2151</v>
       </c>
       <c r="H607" t="s">
         <v>2152</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
         <v>2153</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
+        <v>424</v>
+      </c>
+      <c r="D608" t="s">
+        <v>2145</v>
+      </c>
+      <c r="E608" t="s">
+        <v>2146</v>
+      </c>
+      <c r="F608" t="s">
+        <v>2009</v>
+      </c>
+      <c r="G608" s="1" t="s">
         <v>2154</v>
       </c>
-      <c r="D608" t="s">
-[...8 lines deleted...]
-      <c r="G608" s="1" t="s">
+      <c r="H608" t="s">
         <v>2155</v>
-      </c>
-[...1 lines deleted...]
-        <v>2156</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>1118</v>
+        <v>2156</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
+        <v>669</v>
+      </c>
+      <c r="D609" t="s">
+        <v>2145</v>
+      </c>
+      <c r="E609" t="s">
+        <v>2146</v>
+      </c>
+      <c r="F609" t="s">
+        <v>2009</v>
+      </c>
+      <c r="G609" s="1" t="s">
         <v>2157</v>
       </c>
-      <c r="D609" t="s">
-[...8 lines deleted...]
-      <c r="G609" s="1" t="s">
+      <c r="H609" t="s">
         <v>2158</v>
-      </c>
-[...1 lines deleted...]
-        <v>2159</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>1134</v>
+        <v>2159</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
+        <v>874</v>
+      </c>
+      <c r="D610" t="s">
+        <v>2145</v>
+      </c>
+      <c r="E610" t="s">
+        <v>2146</v>
+      </c>
+      <c r="F610" t="s">
+        <v>2009</v>
+      </c>
+      <c r="G610" s="1" t="s">
         <v>2160</v>
       </c>
-      <c r="D610" t="s">
-[...8 lines deleted...]
-      <c r="G610" s="1" t="s">
+      <c r="H610" t="s">
         <v>2161</v>
-      </c>
-[...1 lines deleted...]
-        <v>2162</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>1183</v>
+        <v>956</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
+        <v>2162</v>
+      </c>
+      <c r="D611" t="s">
         <v>2163</v>
       </c>
-      <c r="D611" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E611" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F611" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="H611" t="s">
-        <v>2165</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>1218</v>
+        <v>2167</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>2166</v>
+        <v>2168</v>
       </c>
       <c r="D612" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E612" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F612" t="s">
-        <v>2167</v>
+        <v>18</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
       <c r="H612" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>2170</v>
+        <v>1118</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
         <v>2171</v>
       </c>
       <c r="D613" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E613" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F613" t="s">
-        <v>2167</v>
+        <v>18</v>
       </c>
       <c r="G613" s="1" t="s">
         <v>2172</v>
       </c>
       <c r="H613" t="s">
         <v>2173</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
         <v>2174</v>
       </c>
-      <c r="B614" t="s">
-[...2 lines deleted...]
-      <c r="C614" t="s">
+      <c r="D614" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E614" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F614" t="s">
+        <v>254</v>
+      </c>
+      <c r="G614" s="1" t="s">
         <v>2175</v>
       </c>
-      <c r="D614" t="s">
-[...8 lines deleted...]
-      <c r="G614" s="1" t="s">
+      <c r="H614" t="s">
         <v>2176</v>
-      </c>
-[...1 lines deleted...]
-        <v>2177</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2060</v>
+        <v>1183</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D615" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E615" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F615" t="s">
+        <v>18</v>
+      </c>
+      <c r="G615" s="1" t="s">
         <v>2178</v>
       </c>
-      <c r="D615" t="s">
-[...8 lines deleted...]
-      <c r="G615" s="1" t="s">
+      <c r="H615" t="s">
         <v>2179</v>
-      </c>
-[...1 lines deleted...]
-        <v>2180</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>1270</v>
+        <v>1218</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D616" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E616" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F616" t="s">
         <v>2181</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
       <c r="G616" s="1" t="s">
         <v>2182</v>
       </c>
       <c r="H616" t="s">
         <v>2183</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
         <v>2184</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
         <v>2185</v>
       </c>
       <c r="D617" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E617" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F617" t="s">
-        <v>13</v>
+        <v>2181</v>
       </c>
       <c r="G617" s="1" t="s">
         <v>2186</v>
       </c>
       <c r="H617" t="s">
         <v>2187</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
         <v>2188</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
         <v>2189</v>
       </c>
       <c r="D618" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E618" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F618" t="s">
-        <v>137</v>
+        <v>2181</v>
       </c>
       <c r="G618" s="1" t="s">
         <v>2190</v>
       </c>
       <c r="H618" t="s">
         <v>2191</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>1319</v>
+        <v>2070</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
         <v>2192</v>
       </c>
       <c r="D619" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E619" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F619" t="s">
-        <v>254</v>
+        <v>40</v>
       </c>
       <c r="G619" s="1" t="s">
         <v>2193</v>
       </c>
       <c r="H619" t="s">
         <v>2194</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
         <v>2195</v>
       </c>
-      <c r="B620" t="s">
-[...2 lines deleted...]
-      <c r="C620" t="s">
+      <c r="D620" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E620" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F620" t="s">
+        <v>40</v>
+      </c>
+      <c r="G620" s="1" t="s">
         <v>2196</v>
       </c>
-      <c r="D620" t="s">
-[...8 lines deleted...]
-      <c r="G620" s="1" t="s">
+      <c r="H620" t="s">
         <v>2197</v>
-      </c>
-[...1 lines deleted...]
-        <v>2198</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>1326</v>
+        <v>2198</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
         <v>2199</v>
       </c>
       <c r="D621" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E621" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F621" t="s">
-        <v>254</v>
+        <v>13</v>
       </c>
       <c r="G621" s="1" t="s">
         <v>2200</v>
       </c>
       <c r="H621" t="s">
         <v>2201</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
         <v>2202</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>107</v>
+        <v>2203</v>
       </c>
       <c r="D622" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E622" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F622" t="s">
-        <v>915</v>
+        <v>137</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>2203</v>
+        <v>2204</v>
       </c>
       <c r="H622" t="s">
-        <v>2204</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>1410</v>
+        <v>1319</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>244</v>
+        <v>2206</v>
       </c>
       <c r="D623" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E623" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F623" t="s">
-        <v>40</v>
+        <v>254</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="H623" t="s">
-        <v>2206</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>2207</v>
+        <v>2209</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>428</v>
+        <v>2210</v>
       </c>
       <c r="D624" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E624" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F624" t="s">
         <v>53</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>2208</v>
+        <v>2211</v>
       </c>
       <c r="H624" t="s">
-        <v>2209</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>1541</v>
+        <v>1326</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>2210</v>
+        <v>2213</v>
       </c>
       <c r="D625" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E625" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F625" t="s">
         <v>254</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>2211</v>
+        <v>2214</v>
       </c>
       <c r="H625" t="s">
-        <v>2212</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>1545</v>
+        <v>2216</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>2012</v>
+        <v>107</v>
       </c>
       <c r="D626" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E626" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F626" t="s">
-        <v>254</v>
+        <v>915</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2213</v>
+        <v>2217</v>
       </c>
       <c r="H626" t="s">
-        <v>2214</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>2215</v>
+        <v>1410</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>2170</v>
+        <v>244</v>
       </c>
       <c r="D627" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E627" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F627" t="s">
-        <v>2216</v>
+        <v>40</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="H627" t="s">
-        <v>2218</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2219</v>
+        <v>2221</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>597</v>
+        <v>428</v>
       </c>
       <c r="D628" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E628" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F628" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
       <c r="H628" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>2222</v>
+        <v>1541</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
       <c r="D629" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E629" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F629" t="s">
-        <v>137</v>
+        <v>254</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
       <c r="H629" t="s">
-        <v>2225</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>2226</v>
+        <v>1545</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D630" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E630" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F630" t="s">
+        <v>254</v>
+      </c>
+      <c r="G630" s="1" t="s">
         <v>2227</v>
       </c>
-      <c r="D630" t="s">
-[...8 lines deleted...]
-      <c r="G630" s="1" t="s">
+      <c r="H630" t="s">
         <v>2228</v>
-      </c>
-[...1 lines deleted...]
-        <v>2229</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
+        <v>2229</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>2184</v>
+      </c>
+      <c r="D631" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E631" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F631" t="s">
         <v>2230</v>
       </c>
-      <c r="B631" t="s">
-[...2 lines deleted...]
-      <c r="C631" t="s">
+      <c r="G631" s="1" t="s">
         <v>2231</v>
       </c>
-      <c r="D631" t="s">
-[...8 lines deleted...]
-      <c r="G631" s="1" t="s">
+      <c r="H631" t="s">
         <v>2232</v>
-      </c>
-[...1 lines deleted...]
-        <v>2233</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
+        <v>2233</v>
+      </c>
+      <c r="B632" t="s">
+        <v>9</v>
+      </c>
+      <c r="C632" t="s">
+        <v>597</v>
+      </c>
+      <c r="D632" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E632" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F632" t="s">
+        <v>40</v>
+      </c>
+      <c r="G632" s="1" t="s">
         <v>2234</v>
       </c>
-      <c r="B632" t="s">
-[...2 lines deleted...]
-      <c r="C632" t="s">
+      <c r="H632" t="s">
         <v>2235</v>
-      </c>
-[...13 lines deleted...]
-        <v>2237</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
+        <v>2236</v>
+      </c>
+      <c r="B633" t="s">
+        <v>9</v>
+      </c>
+      <c r="C633" t="s">
+        <v>2237</v>
+      </c>
+      <c r="D633" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E633" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F633" t="s">
+        <v>137</v>
+      </c>
+      <c r="G633" s="1" t="s">
         <v>2238</v>
       </c>
-      <c r="B633" t="s">
-[...14 lines deleted...]
-      <c r="G633" s="1" t="s">
+      <c r="H633" t="s">
         <v>2239</v>
-      </c>
-[...1 lines deleted...]
-        <v>2240</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
+        <v>2240</v>
+      </c>
+      <c r="B634" t="s">
+        <v>9</v>
+      </c>
+      <c r="C634" t="s">
         <v>2241</v>
       </c>
-      <c r="B634" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D634" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E634" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F634" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="G634" s="1" t="s">
         <v>2242</v>
       </c>
       <c r="H634" t="s">
         <v>2243</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
         <v>2244</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
         <v>2245</v>
       </c>
       <c r="D635" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E635" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F635" t="s">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="G635" s="1" t="s">
         <v>2246</v>
       </c>
       <c r="H635" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
         <v>2248</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>688</v>
+        <v>2249</v>
       </c>
       <c r="D636" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E636" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F636" t="s">
-        <v>100</v>
+        <v>915</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
       <c r="H636" t="s">
-        <v>2250</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>2251</v>
+        <v>2252</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>2034</v>
+        <v>657</v>
       </c>
       <c r="D637" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E637" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F637" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>2252</v>
+        <v>2253</v>
       </c>
       <c r="H637" t="s">
-        <v>2253</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>1611</v>
+        <v>2255</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>2254</v>
+        <v>661</v>
       </c>
       <c r="D638" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E638" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F638" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>2255</v>
+        <v>2256</v>
       </c>
       <c r="H638" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>1615</v>
+        <v>2258</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="D639" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E639" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F639" t="s">
-        <v>53</v>
+        <v>100</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>2258</v>
+        <v>2260</v>
       </c>
       <c r="H639" t="s">
-        <v>2259</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>1635</v>
+        <v>2262</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>2260</v>
+        <v>688</v>
       </c>
       <c r="D640" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E640" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F640" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>2261</v>
+        <v>2263</v>
       </c>
       <c r="H640" t="s">
-        <v>2262</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2089</v>
+        <v>2265</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>2263</v>
+        <v>2044</v>
       </c>
       <c r="D641" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E641" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F641" t="s">
-        <v>915</v>
+        <v>18</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="H641" t="s">
-        <v>2265</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>1645</v>
+        <v>1611</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>768</v>
+        <v>2268</v>
       </c>
       <c r="D642" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E642" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F642" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2266</v>
+        <v>2269</v>
       </c>
       <c r="H642" t="s">
-        <v>2267</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>1649</v>
+        <v>1615</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>772</v>
+        <v>2271</v>
       </c>
       <c r="D643" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E643" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F643" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2268</v>
+        <v>2272</v>
       </c>
       <c r="H643" t="s">
-        <v>2269</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>1653</v>
+        <v>1635</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>776</v>
+        <v>2274</v>
       </c>
       <c r="D644" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E644" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F644" t="s">
-        <v>40</v>
+        <v>87</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2270</v>
+        <v>2275</v>
       </c>
       <c r="H644" t="s">
-        <v>2271</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>1657</v>
+        <v>2099</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>780</v>
+        <v>2277</v>
       </c>
       <c r="D645" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E645" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F645" t="s">
-        <v>18</v>
+        <v>915</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2272</v>
+        <v>2278</v>
       </c>
       <c r="H645" t="s">
-        <v>2273</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2274</v>
+        <v>1645</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>2195</v>
+        <v>768</v>
       </c>
       <c r="D646" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E646" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F646" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2275</v>
+        <v>2280</v>
       </c>
       <c r="H646" t="s">
-        <v>2276</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>1685</v>
+        <v>1649</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>815</v>
+        <v>772</v>
       </c>
       <c r="D647" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E647" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F647" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2277</v>
+        <v>2282</v>
       </c>
       <c r="H647" t="s">
-        <v>2278</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>1689</v>
+        <v>1653</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>818</v>
+        <v>776</v>
       </c>
       <c r="D648" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E648" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F648" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2279</v>
+        <v>2284</v>
       </c>
       <c r="H648" t="s">
-        <v>2280</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2281</v>
+        <v>1657</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>821</v>
+        <v>780</v>
       </c>
       <c r="D649" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E649" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F649" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2282</v>
+        <v>2286</v>
       </c>
       <c r="H649" t="s">
-        <v>2283</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2284</v>
+        <v>2288</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>824</v>
+        <v>2209</v>
       </c>
       <c r="D650" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E650" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F650" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2285</v>
+        <v>2289</v>
       </c>
       <c r="H650" t="s">
-        <v>2286</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2287</v>
+        <v>1685</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>857</v>
+        <v>815</v>
       </c>
       <c r="D651" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E651" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F651" t="s">
-        <v>254</v>
+        <v>13</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2288</v>
+        <v>2291</v>
       </c>
       <c r="H651" t="s">
-        <v>2289</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>1742</v>
+        <v>1689</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>905</v>
+        <v>818</v>
       </c>
       <c r="D652" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E652" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F652" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2290</v>
+        <v>2293</v>
       </c>
       <c r="H652" t="s">
-        <v>2291</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>1747</v>
+        <v>2295</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>908</v>
+        <v>821</v>
       </c>
       <c r="D653" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E653" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F653" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2292</v>
+        <v>2296</v>
       </c>
       <c r="H653" t="s">
-        <v>2293</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2294</v>
+        <v>2298</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>918</v>
+        <v>824</v>
       </c>
       <c r="D654" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E654" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F654" t="s">
-        <v>137</v>
+        <v>40</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2295</v>
+        <v>2299</v>
       </c>
       <c r="H654" t="s">
-        <v>2296</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2297</v>
+        <v>2301</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>921</v>
+        <v>857</v>
       </c>
       <c r="D655" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E655" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F655" t="s">
-        <v>13</v>
+        <v>254</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2298</v>
+        <v>2302</v>
       </c>
       <c r="H655" t="s">
-        <v>2299</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2300</v>
+        <v>1742</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>2301</v>
+        <v>905</v>
       </c>
       <c r="D656" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E656" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F656" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2302</v>
+        <v>2304</v>
       </c>
       <c r="H656" t="s">
-        <v>2303</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2304</v>
+        <v>1747</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>933</v>
+        <v>908</v>
       </c>
       <c r="D657" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E657" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F657" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="H657" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>1755</v>
+        <v>2308</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="D658" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E658" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F658" t="s">
-        <v>53</v>
+        <v>137</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2307</v>
+        <v>2309</v>
       </c>
       <c r="H658" t="s">
-        <v>2308</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>1759</v>
+        <v>2311</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>940</v>
+        <v>921</v>
       </c>
       <c r="D659" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E659" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F659" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2309</v>
+        <v>2312</v>
       </c>
       <c r="H659" t="s">
-        <v>2310</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>1777</v>
+        <v>2314</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>979</v>
+        <v>2315</v>
       </c>
       <c r="D660" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E660" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F660" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>2311</v>
+        <v>2316</v>
       </c>
       <c r="H660" t="s">
-        <v>2312</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2313</v>
+        <v>2318</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>991</v>
+        <v>933</v>
       </c>
       <c r="D661" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E661" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F661" t="s">
-        <v>137</v>
+        <v>13</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2314</v>
+        <v>2319</v>
       </c>
       <c r="H661" t="s">
-        <v>2315</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2316</v>
+        <v>1755</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>994</v>
+        <v>936</v>
       </c>
       <c r="D662" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E662" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F662" t="s">
-        <v>137</v>
+        <v>53</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2317</v>
+        <v>2321</v>
       </c>
       <c r="H662" t="s">
-        <v>2318</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>1818</v>
+        <v>1759</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>1024</v>
+        <v>940</v>
       </c>
       <c r="D663" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E663" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F663" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>2319</v>
+        <v>2323</v>
       </c>
       <c r="H663" t="s">
-        <v>2320</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>1822</v>
+        <v>1777</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>2053</v>
+        <v>979</v>
       </c>
       <c r="D664" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E664" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F664" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2321</v>
+        <v>2325</v>
       </c>
       <c r="H664" t="s">
-        <v>2322</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>1814</v>
+        <v>2327</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>2323</v>
+        <v>991</v>
       </c>
       <c r="D665" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E665" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F665" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>2324</v>
+        <v>2328</v>
       </c>
       <c r="H665" t="s">
-        <v>2325</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2097</v>
+        <v>2330</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>2326</v>
+        <v>994</v>
       </c>
       <c r="D666" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E666" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F666" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="H666" t="s">
-        <v>2325</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2100</v>
+        <v>1818</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>1042</v>
+        <v>1024</v>
       </c>
       <c r="D667" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E667" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F667" t="s">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>2328</v>
+        <v>2333</v>
       </c>
       <c r="H667" t="s">
-        <v>2329</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2112</v>
+        <v>1822</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>1054</v>
+        <v>2063</v>
       </c>
       <c r="D668" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E668" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F668" t="s">
-        <v>137</v>
+        <v>13</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2330</v>
+        <v>2335</v>
       </c>
       <c r="H668" t="s">
-        <v>2331</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>1826</v>
+        <v>1814</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>2207</v>
+        <v>2337</v>
       </c>
       <c r="D669" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E669" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F669" t="s">
-        <v>53</v>
+        <v>100</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2332</v>
+        <v>2338</v>
       </c>
       <c r="H669" t="s">
-        <v>2333</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>1830</v>
+        <v>2107</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>1073</v>
+        <v>2340</v>
       </c>
       <c r="D670" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E670" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F670" t="s">
-        <v>53</v>
+        <v>100</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>2334</v>
+        <v>2341</v>
       </c>
       <c r="H670" t="s">
-        <v>2335</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2336</v>
+        <v>2110</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>1093</v>
+        <v>1042</v>
       </c>
       <c r="D671" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E671" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F671" t="s">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2337</v>
+        <v>2342</v>
       </c>
       <c r="H671" t="s">
-        <v>2338</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>1846</v>
+        <v>2122</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>1099</v>
+        <v>1054</v>
       </c>
       <c r="D672" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E672" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F672" t="s">
-        <v>40</v>
+        <v>137</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2339</v>
+        <v>2344</v>
       </c>
       <c r="H672" t="s">
-        <v>2340</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>1856</v>
+        <v>1826</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>1108</v>
+        <v>2221</v>
       </c>
       <c r="D673" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E673" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F673" t="s">
-        <v>100</v>
+        <v>53</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2341</v>
+        <v>2346</v>
       </c>
       <c r="H673" t="s">
-        <v>2342</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>1866</v>
+        <v>1830</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>1117</v>
+        <v>1073</v>
       </c>
       <c r="D674" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E674" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F674" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>2343</v>
+        <v>2348</v>
       </c>
       <c r="H674" t="s">
-        <v>2344</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>1870</v>
+        <v>2350</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>1121</v>
+        <v>1093</v>
       </c>
       <c r="D675" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E675" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F675" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>2345</v>
+        <v>2351</v>
       </c>
       <c r="H675" t="s">
-        <v>2346</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>1874</v>
+        <v>1846</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>1125</v>
+        <v>1099</v>
       </c>
       <c r="D676" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E676" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F676" t="s">
         <v>40</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2347</v>
+        <v>2353</v>
       </c>
       <c r="H676" t="s">
-        <v>2348</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2116</v>
+        <v>1856</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>1152</v>
+        <v>1108</v>
       </c>
       <c r="D677" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E677" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F677" t="s">
         <v>100</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2349</v>
+        <v>2355</v>
       </c>
       <c r="H677" t="s">
-        <v>2350</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2351</v>
+        <v>1866</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>1182</v>
+        <v>1117</v>
       </c>
       <c r="D678" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E678" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F678" t="s">
-        <v>137</v>
+        <v>40</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2352</v>
+        <v>2357</v>
       </c>
       <c r="H678" t="s">
-        <v>2353</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>1917</v>
+        <v>1870</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>2354</v>
+        <v>1121</v>
       </c>
       <c r="D679" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E679" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F679" t="s">
         <v>40</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2355</v>
+        <v>2359</v>
       </c>
       <c r="H679" t="s">
-        <v>2356</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2357</v>
+        <v>1874</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>1289</v>
+        <v>1125</v>
       </c>
       <c r="D680" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E680" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F680" t="s">
-        <v>137</v>
+        <v>40</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2358</v>
+        <v>2361</v>
       </c>
       <c r="H680" t="s">
-        <v>2359</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2360</v>
+        <v>2126</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>2065</v>
+        <v>1152</v>
       </c>
       <c r="D681" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E681" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F681" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2361</v>
+        <v>2363</v>
       </c>
       <c r="H681" t="s">
-        <v>2362</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>2251</v>
+        <v>1182</v>
       </c>
       <c r="D682" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E682" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F682" t="s">
-        <v>18</v>
+        <v>137</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="H682" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2366</v>
+        <v>1917</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>2367</v>
+        <v>2368</v>
       </c>
       <c r="D683" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E683" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F683" t="s">
-        <v>1573</v>
+        <v>40</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2368</v>
+        <v>2369</v>
       </c>
       <c r="H683" t="s">
-        <v>2369</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2370</v>
+        <v>2371</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>2070</v>
+        <v>1289</v>
       </c>
       <c r="D684" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E684" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F684" t="s">
-        <v>1573</v>
+        <v>137</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2371</v>
+        <v>2372</v>
       </c>
       <c r="H684" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>1987</v>
+        <v>2374</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>2274</v>
+        <v>2075</v>
       </c>
       <c r="D685" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E685" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F685" t="s">
-        <v>53</v>
+        <v>137</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="H685" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>2376</v>
+        <v>2265</v>
       </c>
       <c r="D686" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E686" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F686" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2377</v>
+        <v>2378</v>
       </c>
       <c r="H686" t="s">
-        <v>2378</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2379</v>
+        <v>2380</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>1339</v>
+        <v>2381</v>
       </c>
       <c r="D687" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E687" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F687" t="s">
-        <v>40</v>
+        <v>1573</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="H687" t="s">
-        <v>2381</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>2281</v>
+        <v>2080</v>
       </c>
       <c r="D688" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E688" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F688" t="s">
-        <v>18</v>
+        <v>1573</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
       <c r="H688" t="s">
-        <v>2384</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2385</v>
+        <v>1987</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>1355</v>
+        <v>2288</v>
       </c>
       <c r="D689" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E689" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F689" t="s">
-        <v>2386</v>
+        <v>53</v>
       </c>
       <c r="G689" s="1" t="s">
         <v>2387</v>
       </c>
       <c r="H689" t="s">
         <v>2388</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
         <v>2389</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
         <v>2390</v>
       </c>
       <c r="D690" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E690" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F690" t="s">
-        <v>100</v>
+        <v>53</v>
       </c>
       <c r="G690" s="1" t="s">
         <v>2391</v>
       </c>
       <c r="H690" t="s">
         <v>2392</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2393</v>
+        <v>2141</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>2394</v>
+        <v>1339</v>
       </c>
       <c r="D691" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E691" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F691" t="s">
         <v>40</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2395</v>
+        <v>2393</v>
       </c>
       <c r="H691" t="s">
-        <v>2396</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
+        <v>2395</v>
+      </c>
+      <c r="B692" t="s">
+        <v>9</v>
+      </c>
+      <c r="C692" t="s">
+        <v>2295</v>
+      </c>
+      <c r="D692" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E692" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F692" t="s">
+        <v>18</v>
+      </c>
+      <c r="G692" s="1" t="s">
+        <v>2396</v>
+      </c>
+      <c r="H692" t="s">
         <v>2397</v>
-      </c>
-[...19 lines deleted...]
-        <v>2400</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B693" t="s">
+        <v>9</v>
+      </c>
+      <c r="C693" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D693" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E693" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F693" t="s">
+        <v>2399</v>
+      </c>
+      <c r="G693" s="1" t="s">
+        <v>2400</v>
+      </c>
+      <c r="H693" t="s">
         <v>2401</v>
-      </c>
-[...19 lines deleted...]
-        <v>2404</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B694" t="s">
+        <v>9</v>
+      </c>
+      <c r="C694" t="s">
+        <v>2403</v>
+      </c>
+      <c r="D694" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E694" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F694" t="s">
+        <v>100</v>
+      </c>
+      <c r="G694" s="1" t="s">
+        <v>2404</v>
+      </c>
+      <c r="H694" t="s">
         <v>2405</v>
-      </c>
-[...19 lines deleted...]
-        <v>2408</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B695" t="s">
+        <v>9</v>
+      </c>
+      <c r="C695" t="s">
+        <v>2407</v>
+      </c>
+      <c r="D695" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E695" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F695" t="s">
+        <v>40</v>
+      </c>
+      <c r="G695" s="1" t="s">
+        <v>2408</v>
+      </c>
+      <c r="H695" t="s">
         <v>2409</v>
-      </c>
-[...19 lines deleted...]
-        <v>2412</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B696" t="s">
+        <v>9</v>
+      </c>
+      <c r="C696" t="s">
+        <v>2411</v>
+      </c>
+      <c r="D696" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E696" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F696" t="s">
+        <v>40</v>
+      </c>
+      <c r="G696" s="1" t="s">
+        <v>2412</v>
+      </c>
+      <c r="H696" t="s">
         <v>2413</v>
-      </c>
-[...19 lines deleted...]
-        <v>2415</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B697" t="s">
+        <v>9</v>
+      </c>
+      <c r="C697" t="s">
+        <v>2415</v>
+      </c>
+      <c r="D697" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E697" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F697" t="s">
+        <v>40</v>
+      </c>
+      <c r="G697" s="1" t="s">
         <v>2416</v>
       </c>
-      <c r="B697" t="s">
-[...11 lines deleted...]
-      <c r="G697" s="1" t="s">
+      <c r="H697" t="s">
         <v>2417</v>
-      </c>
-[...1 lines deleted...]
-        <v>2418</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B698" t="s">
+        <v>9</v>
+      </c>
+      <c r="C698" t="s">
         <v>2419</v>
       </c>
-      <c r="B698" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D698" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E698" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F698" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="G698" s="1" t="s">
         <v>2420</v>
       </c>
       <c r="H698" t="s">
         <v>2421</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
         <v>2422</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>1537</v>
+        <v>2423</v>
       </c>
       <c r="D699" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E699" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F699" t="s">
-        <v>40</v>
+        <v>1573</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="H699" t="s">
-        <v>2424</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2425</v>
+        <v>2426</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>1544</v>
+        <v>1431</v>
       </c>
       <c r="D700" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E700" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F700" t="s">
-        <v>137</v>
+        <v>1573</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="H700" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>2077</v>
+        <v>1441</v>
       </c>
       <c r="D701" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E701" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>1573</v>
+        <v>2164</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="H701" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>1548</v>
+        <v>1471</v>
       </c>
       <c r="D702" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E702" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F702" t="s">
-        <v>1573</v>
+        <v>40</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="H702" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>1554</v>
+        <v>1537</v>
       </c>
       <c r="D703" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E703" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F703" t="s">
         <v>40</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
       <c r="H703" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>1598</v>
+        <v>1544</v>
       </c>
       <c r="D704" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E704" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F704" t="s">
-        <v>13</v>
+        <v>137</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="H704" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>1626</v>
+        <v>2087</v>
       </c>
       <c r="D705" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E705" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F705" t="s">
-        <v>18</v>
+        <v>1573</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="H705" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>1663</v>
+        <v>1548</v>
       </c>
       <c r="D706" t="s">
-        <v>2149</v>
+        <v>2163</v>
       </c>
       <c r="E706" t="s">
-        <v>2150</v>
+        <v>2164</v>
       </c>
       <c r="F706" t="s">
-        <v>915</v>
+        <v>1573</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="H706" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>1221</v>
+        <v>1554</v>
       </c>
       <c r="D707" t="s">
-        <v>2447</v>
+        <v>2163</v>
       </c>
       <c r="E707" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F707" t="s">
+        <v>40</v>
+      </c>
+      <c r="G707" s="1" t="s">
         <v>2448</v>
       </c>
-      <c r="F707" t="s">
-[...2 lines deleted...]
-      <c r="G707" s="1" t="s">
+      <c r="H707" t="s">
         <v>2449</v>
-      </c>
-[...1 lines deleted...]
-        <v>2450</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
+        <v>2450</v>
+      </c>
+      <c r="B708" t="s">
+        <v>9</v>
+      </c>
+      <c r="C708" t="s">
+        <v>1598</v>
+      </c>
+      <c r="D708" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E708" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F708" t="s">
+        <v>13</v>
+      </c>
+      <c r="G708" s="1" t="s">
         <v>2451</v>
       </c>
-      <c r="B708" t="s">
-[...14 lines deleted...]
-      <c r="G708" s="1" t="s">
+      <c r="H708" t="s">
         <v>2452</v>
-      </c>
-[...1 lines deleted...]
-        <v>2453</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2454</v>
+        <v>2453</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>1229</v>
+        <v>1626</v>
       </c>
       <c r="D709" t="s">
-        <v>2447</v>
+        <v>2163</v>
       </c>
       <c r="E709" t="s">
-        <v>2448</v>
+        <v>2164</v>
       </c>
       <c r="F709" t="s">
         <v>18</v>
       </c>
       <c r="G709" s="1" t="s">
+        <v>2454</v>
+      </c>
+      <c r="H709" t="s">
         <v>2455</v>
-      </c>
-[...1 lines deleted...]
-        <v>2456</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
+        <v>2456</v>
+      </c>
+      <c r="B710" t="s">
+        <v>9</v>
+      </c>
+      <c r="C710" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D710" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E710" t="s">
+        <v>2164</v>
+      </c>
+      <c r="F710" t="s">
+        <v>915</v>
+      </c>
+      <c r="G710" s="1" t="s">
         <v>2457</v>
       </c>
-      <c r="B710" t="s">
-[...14 lines deleted...]
-      <c r="G710" s="1" t="s">
+      <c r="H710" t="s">
         <v>2458</v>
-      </c>
-[...1 lines deleted...]
-        <v>2453</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
         <v>2459</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>1235</v>
+        <v>1221</v>
       </c>
       <c r="D711" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E711" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F711" t="s">
-        <v>1573</v>
+        <v>62</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2460</v>
+        <v>2462</v>
       </c>
       <c r="H711" t="s">
-        <v>2461</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2462</v>
+        <v>2464</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>1238</v>
+        <v>1225</v>
       </c>
       <c r="D712" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E712" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F712" t="s">
-        <v>1573</v>
+        <v>62</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2463</v>
+        <v>2465</v>
       </c>
       <c r="H712" t="s">
-        <v>2453</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2464</v>
+        <v>2467</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>1241</v>
+        <v>1229</v>
       </c>
       <c r="D713" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E713" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F713" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2465</v>
+        <v>2468</v>
       </c>
       <c r="H713" t="s">
-        <v>2466</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2467</v>
+        <v>2470</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>1244</v>
+        <v>1232</v>
       </c>
       <c r="D714" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E714" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F714" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2468</v>
+        <v>2471</v>
       </c>
       <c r="H714" t="s">
         <v>2466</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2469</v>
+        <v>2472</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>2219</v>
+        <v>1235</v>
       </c>
       <c r="D715" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E715" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F715" t="s">
-        <v>27</v>
+        <v>1573</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2470</v>
+        <v>2473</v>
       </c>
       <c r="H715" t="s">
-        <v>2471</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2472</v>
+        <v>2475</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>2059</v>
+        <v>1238</v>
       </c>
       <c r="D716" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E716" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F716" t="s">
-        <v>40</v>
+        <v>1573</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2473</v>
+        <v>2476</v>
       </c>
       <c r="H716" t="s">
-        <v>2474</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2475</v>
+        <v>2477</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>2222</v>
+        <v>1241</v>
       </c>
       <c r="D717" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E717" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F717" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="H717" t="s">
-        <v>2477</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2478</v>
+        <v>2480</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>1247</v>
+        <v>1244</v>
       </c>
       <c r="D718" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E718" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F718" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="G718" s="1" t="s">
+        <v>2481</v>
+      </c>
+      <c r="H718" t="s">
         <v>2479</v>
-      </c>
-[...1 lines deleted...]
-        <v>2466</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2480</v>
+        <v>2482</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>1251</v>
+        <v>2233</v>
       </c>
       <c r="D719" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E719" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F719" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2481</v>
+        <v>2483</v>
       </c>
       <c r="H719" t="s">
-        <v>2466</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2482</v>
+        <v>2485</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>1255</v>
+        <v>2069</v>
       </c>
       <c r="D720" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E720" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F720" t="s">
-        <v>137</v>
+        <v>40</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2483</v>
+        <v>2486</v>
       </c>
       <c r="H720" t="s">
-        <v>2466</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2484</v>
+        <v>2488</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>2226</v>
+        <v>2236</v>
       </c>
       <c r="D721" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E721" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F721" t="s">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2485</v>
+        <v>2489</v>
       </c>
       <c r="H721" t="s">
-        <v>2466</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2486</v>
+        <v>2491</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>2230</v>
+        <v>1247</v>
       </c>
       <c r="D722" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E722" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F722" t="s">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2487</v>
+        <v>2492</v>
       </c>
       <c r="H722" t="s">
-        <v>2477</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2488</v>
+        <v>2493</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>2234</v>
+        <v>1251</v>
       </c>
       <c r="D723" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E723" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F723" t="s">
-        <v>915</v>
+        <v>53</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2489</v>
+        <v>2494</v>
       </c>
       <c r="H723" t="s">
-        <v>2490</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2491</v>
+        <v>2495</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>1259</v>
+        <v>1255</v>
       </c>
       <c r="D724" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E724" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F724" t="s">
-        <v>915</v>
+        <v>137</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2492</v>
+        <v>2496</v>
       </c>
       <c r="H724" t="s">
-        <v>2493</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2494</v>
+        <v>2497</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>1263</v>
+        <v>2240</v>
       </c>
       <c r="D725" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E725" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F725" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2495</v>
+        <v>2498</v>
       </c>
       <c r="H725" t="s">
-        <v>2496</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2497</v>
+        <v>2499</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>1266</v>
+        <v>2244</v>
       </c>
       <c r="D726" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E726" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F726" t="s">
-        <v>915</v>
+        <v>100</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2498</v>
+        <v>2500</v>
       </c>
       <c r="H726" t="s">
-        <v>2499</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>1269</v>
+        <v>2248</v>
       </c>
       <c r="D727" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E727" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F727" t="s">
-        <v>62</v>
+        <v>915</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
       <c r="H727" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>1273</v>
+        <v>1259</v>
       </c>
       <c r="D728" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E728" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F728" t="s">
-        <v>18</v>
+        <v>915</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
       <c r="H728" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>2238</v>
+        <v>1263</v>
       </c>
       <c r="D729" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E729" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F729" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="H729" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2509</v>
+        <v>2510</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>2241</v>
+        <v>1266</v>
       </c>
       <c r="D730" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E730" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F730" t="s">
-        <v>40</v>
+        <v>915</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2510</v>
+        <v>2511</v>
       </c>
       <c r="H730" t="s">
-        <v>2511</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2512</v>
+        <v>2513</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>1276</v>
+        <v>1269</v>
       </c>
       <c r="D731" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E731" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F731" t="s">
-        <v>1573</v>
+        <v>62</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2513</v>
+        <v>2514</v>
       </c>
       <c r="H731" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>2515</v>
+        <v>2516</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>2142</v>
+        <v>1273</v>
       </c>
       <c r="D732" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E732" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F732" t="s">
-        <v>1573</v>
+        <v>18</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>2516</v>
+        <v>2517</v>
       </c>
       <c r="H732" t="s">
-        <v>2517</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>2062</v>
+        <v>2252</v>
       </c>
       <c r="D733" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E733" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F733" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2519</v>
+        <v>2520</v>
       </c>
       <c r="H733" t="s">
-        <v>2520</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>2522</v>
+        <v>2255</v>
       </c>
       <c r="D734" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="E734" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="F734" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="G734" s="1" t="s">
         <v>2523</v>
       </c>
       <c r="H734" t="s">
         <v>2524</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
         <v>2525</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D735" t="s">
+        <v>2460</v>
+      </c>
+      <c r="E735" t="s">
+        <v>2461</v>
+      </c>
+      <c r="F735" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G735" s="1" t="s">
         <v>2526</v>
       </c>
-      <c r="D735" t="s">
-[...8 lines deleted...]
-      <c r="G735" s="1" t="s">
+      <c r="H735" t="s">
         <v>2527</v>
-      </c>
-[...1 lines deleted...]
-        <v>2528</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B736" t="s">
+        <v>9</v>
+      </c>
+      <c r="C736" t="s">
+        <v>2156</v>
+      </c>
+      <c r="D736" t="s">
+        <v>2460</v>
+      </c>
+      <c r="E736" t="s">
+        <v>2461</v>
+      </c>
+      <c r="F736" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G736" s="1" t="s">
         <v>2529</v>
       </c>
-      <c r="B736" t="s">
-[...2 lines deleted...]
-      <c r="C736" t="s">
+      <c r="H736" t="s">
         <v>2530</v>
-      </c>
-[...13 lines deleted...]
-        <v>2514</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>1080</v>
+        <v>2531</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D737" t="s">
+        <v>2460</v>
+      </c>
+      <c r="E737" t="s">
+        <v>2461</v>
+      </c>
+      <c r="F737" t="s">
+        <v>27</v>
+      </c>
+      <c r="G737" s="1" t="s">
         <v>2532</v>
       </c>
-      <c r="D737" t="s">
+      <c r="H737" t="s">
         <v>2533</v>
-      </c>
-[...10 lines deleted...]
-        <v>2536</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B738" t="s">
+        <v>9</v>
+      </c>
+      <c r="C738" t="s">
+        <v>2535</v>
+      </c>
+      <c r="D738" t="s">
+        <v>2460</v>
+      </c>
+      <c r="E738" t="s">
+        <v>2461</v>
+      </c>
+      <c r="F738" t="s">
+        <v>53</v>
+      </c>
+      <c r="G738" s="1" t="s">
+        <v>2536</v>
+      </c>
+      <c r="H738" t="s">
         <v>2537</v>
-      </c>
-[...19 lines deleted...]
-        <v>2540</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>1191</v>
+        <v>2538</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
+        <v>2539</v>
+      </c>
+      <c r="D739" t="s">
+        <v>2460</v>
+      </c>
+      <c r="E739" t="s">
+        <v>2461</v>
+      </c>
+      <c r="F739" t="s">
+        <v>87</v>
+      </c>
+      <c r="G739" s="1" t="s">
+        <v>2540</v>
+      </c>
+      <c r="H739" t="s">
         <v>2541</v>
-      </c>
-[...13 lines deleted...]
-        <v>2543</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
+        <v>2542</v>
+      </c>
+      <c r="B740" t="s">
+        <v>9</v>
+      </c>
+      <c r="C740" t="s">
+        <v>2543</v>
+      </c>
+      <c r="D740" t="s">
+        <v>2460</v>
+      </c>
+      <c r="E740" t="s">
+        <v>2461</v>
+      </c>
+      <c r="F740" t="s">
+        <v>13</v>
+      </c>
+      <c r="G740" s="1" t="s">
         <v>2544</v>
       </c>
-      <c r="B740" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H740" t="s">
-        <v>2547</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B741" t="s">
+        <v>9</v>
+      </c>
+      <c r="C741" t="s">
+        <v>2545</v>
+      </c>
+      <c r="D741" t="s">
+        <v>2546</v>
+      </c>
+      <c r="E741" t="s">
+        <v>2547</v>
+      </c>
+      <c r="F741" t="s">
+        <v>254</v>
+      </c>
+      <c r="G741" s="1" t="s">
         <v>2548</v>
       </c>
-      <c r="B741" t="s">
-[...2 lines deleted...]
-      <c r="C741" t="s">
+      <c r="H741" t="s">
         <v>2549</v>
-      </c>
-[...13 lines deleted...]
-        <v>2551</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>2245</v>
+        <v>2550</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
+        <v>2551</v>
+      </c>
+      <c r="D742" t="s">
+        <v>2546</v>
+      </c>
+      <c r="E742" t="s">
+        <v>2547</v>
+      </c>
+      <c r="F742" t="s">
+        <v>137</v>
+      </c>
+      <c r="G742" s="1" t="s">
         <v>2552</v>
       </c>
-      <c r="D742" t="s">
-[...8 lines deleted...]
-      <c r="G742" s="1" t="s">
+      <c r="H742" t="s">
         <v>2553</v>
-      </c>
-[...1 lines deleted...]
-        <v>2554</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B743" t="s">
+        <v>9</v>
+      </c>
+      <c r="C743" t="s">
+        <v>2554</v>
+      </c>
+      <c r="D743" t="s">
+        <v>2546</v>
+      </c>
+      <c r="E743" t="s">
+        <v>2547</v>
+      </c>
+      <c r="F743" t="s">
+        <v>254</v>
+      </c>
+      <c r="G743" s="1" t="s">
         <v>2555</v>
       </c>
-      <c r="B743" t="s">
-[...14 lines deleted...]
-      <c r="G743" s="1" t="s">
+      <c r="H743" t="s">
         <v>2556</v>
-      </c>
-[...1 lines deleted...]
-        <v>2557</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B744" t="s">
+        <v>9</v>
+      </c>
+      <c r="C744" t="s">
         <v>2558</v>
       </c>
-      <c r="B744" t="s">
-[...2 lines deleted...]
-      <c r="C744" t="s">
+      <c r="D744" t="s">
+        <v>2546</v>
+      </c>
+      <c r="E744" t="s">
+        <v>2547</v>
+      </c>
+      <c r="F744" t="s">
+        <v>254</v>
+      </c>
+      <c r="G744" s="1" t="s">
         <v>2559</v>
       </c>
-      <c r="D744" t="s">
-[...8 lines deleted...]
-      <c r="G744" s="1" t="s">
+      <c r="H744" t="s">
         <v>2560</v>
-      </c>
-[...1 lines deleted...]
-        <v>2561</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>1442</v>
+        <v>2561</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
         <v>2562</v>
       </c>
       <c r="D745" t="s">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="E745" t="s">
-        <v>2534</v>
+        <v>2547</v>
       </c>
       <c r="F745" t="s">
-        <v>87</v>
+        <v>27</v>
       </c>
       <c r="G745" s="1" t="s">
         <v>2563</v>
       </c>
       <c r="H745" t="s">
         <v>2564</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2323</v>
+        <v>2259</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
         <v>2565</v>
       </c>
       <c r="D746" t="s">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="E746" t="s">
-        <v>2534</v>
+        <v>2547</v>
       </c>
       <c r="F746" t="s">
         <v>87</v>
       </c>
       <c r="G746" s="1" t="s">
         <v>2566</v>
       </c>
       <c r="H746" t="s">
         <v>2567</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2326</v>
+        <v>2568</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>2568</v>
+        <v>293</v>
       </c>
       <c r="D747" t="s">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="E747" t="s">
-        <v>2534</v>
+        <v>2547</v>
       </c>
       <c r="F747" t="s">
-        <v>18</v>
+        <v>915</v>
       </c>
       <c r="G747" s="1" t="s">
         <v>2569</v>
       </c>
       <c r="H747" t="s">
         <v>2570</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>1468</v>
+        <v>2571</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>392</v>
+        <v>2572</v>
       </c>
       <c r="D748" t="s">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="E748" t="s">
-        <v>2534</v>
+        <v>2547</v>
       </c>
       <c r="F748" t="s">
         <v>87</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>2571</v>
+        <v>2573</v>
       </c>
       <c r="H748" t="s">
-        <v>2572</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>1561</v>
+        <v>1442</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>396</v>
+        <v>2575</v>
       </c>
       <c r="D749" t="s">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="E749" t="s">
-        <v>2534</v>
+        <v>2547</v>
       </c>
       <c r="F749" t="s">
-        <v>13</v>
+        <v>87</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>2573</v>
+        <v>2576</v>
       </c>
       <c r="H749" t="s">
-        <v>2574</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>1572</v>
+        <v>2337</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>2537</v>
+        <v>2578</v>
       </c>
       <c r="D750" t="s">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="E750" t="s">
-        <v>2534</v>
+        <v>2547</v>
       </c>
       <c r="F750" t="s">
-        <v>13</v>
+        <v>87</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>2575</v>
+        <v>2579</v>
       </c>
       <c r="H750" t="s">
-        <v>2574</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>1668</v>
+        <v>2340</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>2576</v>
+        <v>2581</v>
       </c>
       <c r="D751" t="s">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="E751" t="s">
-        <v>2534</v>
+        <v>2547</v>
       </c>
       <c r="F751" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>2577</v>
+        <v>2582</v>
       </c>
       <c r="H751" t="s">
-        <v>2578</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2579</v>
+        <v>1468</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>2580</v>
+        <v>392</v>
       </c>
       <c r="D752" t="s">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="E752" t="s">
-        <v>2534</v>
+        <v>2547</v>
       </c>
       <c r="F752" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>2581</v>
+        <v>2584</v>
       </c>
       <c r="H752" t="s">
-        <v>2582</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2583</v>
+        <v>1561</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>2073</v>
+        <v>396</v>
       </c>
       <c r="D753" t="s">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="E753" t="s">
-        <v>2534</v>
+        <v>2547</v>
       </c>
       <c r="F753" t="s">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>2584</v>
+        <v>2586</v>
       </c>
       <c r="H753" t="s">
-        <v>2585</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>2586</v>
+        <v>1572</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>1483</v>
+        <v>2550</v>
       </c>
       <c r="D754" t="s">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="E754" t="s">
-        <v>2534</v>
+        <v>2547</v>
       </c>
       <c r="F754" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G754" s="1" t="s">
+        <v>2588</v>
+      </c>
+      <c r="H754" t="s">
         <v>2587</v>
-      </c>
-[...1 lines deleted...]
-        <v>2588</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>867</v>
+        <v>1668</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
         <v>2589</v>
       </c>
       <c r="D755" t="s">
-        <v>2590</v>
+        <v>2546</v>
       </c>
       <c r="E755" t="s">
-        <v>2591</v>
+        <v>2547</v>
       </c>
       <c r="F755" t="s">
         <v>13</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>2592</v>
+        <v>2590</v>
       </c>
       <c r="H755" t="s">
-        <v>2593</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
+        <v>2592</v>
+      </c>
+      <c r="B756" t="s">
+        <v>9</v>
+      </c>
+      <c r="C756" t="s">
+        <v>2593</v>
+      </c>
+      <c r="D756" t="s">
+        <v>2546</v>
+      </c>
+      <c r="E756" t="s">
+        <v>2547</v>
+      </c>
+      <c r="F756" t="s">
+        <v>100</v>
+      </c>
+      <c r="G756" s="1" t="s">
         <v>2594</v>
       </c>
-      <c r="B756" t="s">
-[...2 lines deleted...]
-      <c r="C756" t="s">
+      <c r="H756" t="s">
         <v>2595</v>
-      </c>
-[...13 lines deleted...]
-        <v>2598</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>2039</v>
+        <v>1997</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>2599</v>
+        <v>2083</v>
       </c>
       <c r="D757" t="s">
-        <v>2590</v>
+        <v>2546</v>
       </c>
       <c r="E757" t="s">
-        <v>2591</v>
+        <v>2547</v>
       </c>
       <c r="F757" t="s">
+        <v>100</v>
+      </c>
+      <c r="G757" s="1" t="s">
         <v>2596</v>
       </c>
-      <c r="G757" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H757" t="s">
-        <v>2601</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>2602</v>
+        <v>2598</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>2603</v>
+        <v>1483</v>
       </c>
       <c r="D758" t="s">
-        <v>2590</v>
+        <v>2546</v>
       </c>
       <c r="E758" t="s">
-        <v>2591</v>
+        <v>2547</v>
       </c>
       <c r="F758" t="s">
-        <v>2596</v>
+        <v>27</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>2604</v>
+        <v>2599</v>
       </c>
       <c r="H758" t="s">
-        <v>2605</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>2606</v>
+        <v>2601</v>
       </c>
       <c r="D759" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E759" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F759" t="s">
-        <v>2596</v>
+        <v>13</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>2607</v>
+        <v>2604</v>
       </c>
       <c r="H759" t="s">
-        <v>2608</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>875</v>
+        <v>2606</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
+        <v>2607</v>
+      </c>
+      <c r="D760" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E760" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F760" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G760" s="1" t="s">
         <v>2609</v>
       </c>
-      <c r="D760" t="s">
-[...8 lines deleted...]
-      <c r="G760" s="1" t="s">
+      <c r="H760" t="s">
         <v>2610</v>
-      </c>
-[...1 lines deleted...]
-        <v>2611</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>879</v>
+        <v>2049</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
+        <v>2611</v>
+      </c>
+      <c r="D761" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E761" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F761" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G761" s="1" t="s">
         <v>2612</v>
       </c>
-      <c r="D761" t="s">
-[...5 lines deleted...]
-      <c r="F761" t="s">
+      <c r="H761" t="s">
         <v>2613</v>
-      </c>
-[...4 lines deleted...]
-        <v>2615</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>883</v>
+        <v>2614</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
+        <v>2615</v>
+      </c>
+      <c r="D762" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E762" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F762" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G762" s="1" t="s">
         <v>2616</v>
       </c>
-      <c r="D762" t="s">
-[...8 lines deleted...]
-      <c r="G762" s="1" t="s">
+      <c r="H762" t="s">
         <v>2617</v>
-      </c>
-[...1 lines deleted...]
-        <v>2618</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>887</v>
+        <v>871</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
+        <v>2618</v>
+      </c>
+      <c r="D763" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E763" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F763" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G763" s="1" t="s">
         <v>2619</v>
       </c>
-      <c r="D763" t="s">
-[...8 lines deleted...]
-      <c r="G763" s="1" t="s">
+      <c r="H763" t="s">
         <v>2620</v>
-      </c>
-[...1 lines deleted...]
-        <v>2621</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>891</v>
+        <v>875</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
+        <v>2621</v>
+      </c>
+      <c r="D764" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E764" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F764" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G764" s="1" t="s">
         <v>2622</v>
       </c>
-      <c r="D764" t="s">
-[...8 lines deleted...]
-      <c r="G764" s="1" t="s">
+      <c r="H764" t="s">
         <v>2623</v>
-      </c>
-[...1 lines deleted...]
-        <v>2624</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>937</v>
+        <v>879</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
+        <v>2624</v>
+      </c>
+      <c r="D765" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E765" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F765" t="s">
         <v>2625</v>
-      </c>
-[...7 lines deleted...]
-        <v>2596</v>
       </c>
       <c r="G765" s="1" t="s">
         <v>2626</v>
       </c>
       <c r="H765" t="s">
         <v>2627</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>941</v>
+        <v>883</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
         <v>2628</v>
       </c>
       <c r="D766" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E766" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F766" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G766" s="1" t="s">
         <v>2629</v>
       </c>
       <c r="H766" t="s">
         <v>2630</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>945</v>
+        <v>887</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
         <v>2631</v>
       </c>
       <c r="D767" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E767" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F767" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G767" s="1" t="s">
         <v>2632</v>
       </c>
       <c r="H767" t="s">
         <v>2633</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
+        <v>891</v>
+      </c>
+      <c r="B768" t="s">
+        <v>9</v>
+      </c>
+      <c r="C768" t="s">
         <v>2634</v>
       </c>
-      <c r="B768" t="s">
-[...2 lines deleted...]
-      <c r="C768" t="s">
+      <c r="D768" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E768" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F768" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G768" s="1" t="s">
         <v>2635</v>
       </c>
-      <c r="D768" t="s">
-[...8 lines deleted...]
-      <c r="G768" s="1" t="s">
+      <c r="H768" t="s">
         <v>2636</v>
-      </c>
-[...1 lines deleted...]
-        <v>2637</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>2051</v>
+        <v>937</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
+        <v>2637</v>
+      </c>
+      <c r="D769" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E769" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F769" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G769" s="1" t="s">
         <v>2638</v>
       </c>
-      <c r="D769" t="s">
-[...8 lines deleted...]
-      <c r="G769" s="1" t="s">
+      <c r="H769" t="s">
         <v>2639</v>
-      </c>
-[...1 lines deleted...]
-        <v>2640</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>949</v>
+        <v>941</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
+        <v>2640</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E770" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F770" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G770" s="1" t="s">
         <v>2641</v>
       </c>
-      <c r="D770" t="s">
-[...8 lines deleted...]
-      <c r="G770" s="1" t="s">
+      <c r="H770" t="s">
         <v>2642</v>
-      </c>
-[...1 lines deleted...]
-        <v>2643</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>960</v>
+        <v>945</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
+        <v>2643</v>
+      </c>
+      <c r="D771" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E771" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F771" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G771" s="1" t="s">
         <v>2644</v>
       </c>
-      <c r="D771" t="s">
-[...8 lines deleted...]
-      <c r="G771" s="1" t="s">
+      <c r="H771" t="s">
         <v>2645</v>
-      </c>
-[...1 lines deleted...]
-        <v>2646</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>2559</v>
+        <v>2646</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
         <v>2647</v>
       </c>
       <c r="D772" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E772" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F772" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G772" s="1" t="s">
         <v>2648</v>
       </c>
       <c r="H772" t="s">
         <v>2649</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>2562</v>
+        <v>2061</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
         <v>2650</v>
       </c>
       <c r="D773" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E773" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F773" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G773" s="1" t="s">
         <v>2651</v>
       </c>
       <c r="H773" t="s">
         <v>2652</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>2565</v>
+        <v>949</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
         <v>2653</v>
       </c>
       <c r="D774" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E774" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F774" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G774" s="1" t="s">
         <v>2654</v>
       </c>
       <c r="H774" t="s">
         <v>2655</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>2568</v>
+        <v>960</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
         <v>2656</v>
       </c>
       <c r="D775" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E775" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F775" t="s">
-        <v>2596</v>
+        <v>137</v>
       </c>
       <c r="G775" s="1" t="s">
         <v>2657</v>
       </c>
       <c r="H775" t="s">
         <v>2658</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>1084</v>
+        <v>2572</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
         <v>2659</v>
       </c>
       <c r="D776" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E776" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F776" t="s">
-        <v>254</v>
+        <v>2608</v>
       </c>
       <c r="G776" s="1" t="s">
         <v>2660</v>
       </c>
       <c r="H776" t="s">
         <v>2661</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>1122</v>
+        <v>2575</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
         <v>2662</v>
       </c>
       <c r="D777" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E777" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F777" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G777" s="1" t="s">
         <v>2663</v>
       </c>
       <c r="H777" t="s">
         <v>2664</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>1126</v>
+        <v>2578</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
         <v>2665</v>
       </c>
       <c r="D778" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E778" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F778" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G778" s="1" t="s">
         <v>2666</v>
       </c>
       <c r="H778" t="s">
         <v>2667</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>1130</v>
+        <v>2581</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
         <v>2668</v>
       </c>
       <c r="D779" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E779" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F779" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G779" s="1" t="s">
         <v>2669</v>
       </c>
       <c r="H779" t="s">
         <v>2670</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>1138</v>
+        <v>1084</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
         <v>2671</v>
       </c>
       <c r="D780" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E780" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F780" t="s">
-        <v>2596</v>
+        <v>254</v>
       </c>
       <c r="G780" s="1" t="s">
         <v>2672</v>
       </c>
       <c r="H780" t="s">
         <v>2673</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>1142</v>
+        <v>1122</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
         <v>2674</v>
       </c>
       <c r="D781" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E781" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F781" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G781" s="1" t="s">
         <v>2675</v>
       </c>
       <c r="H781" t="s">
         <v>2676</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>1146</v>
+        <v>1126</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
         <v>2677</v>
       </c>
       <c r="D782" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E782" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F782" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G782" s="1" t="s">
         <v>2678</v>
       </c>
       <c r="H782" t="s">
         <v>2679</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>1187</v>
+        <v>1130</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
         <v>2680</v>
       </c>
       <c r="D783" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E783" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F783" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G783" s="1" t="s">
         <v>2681</v>
       </c>
-      <c r="G783" s="1" t="s">
+      <c r="H783" t="s">
         <v>2682</v>
-      </c>
-[...1 lines deleted...]
-        <v>2683</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B784" t="s">
+        <v>9</v>
+      </c>
+      <c r="C784" t="s">
+        <v>2683</v>
+      </c>
+      <c r="D784" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E784" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F784" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G784" s="1" t="s">
         <v>2684</v>
       </c>
-      <c r="B784" t="s">
-[...2 lines deleted...]
-      <c r="C784" t="s">
+      <c r="H784" t="s">
         <v>2685</v>
-      </c>
-[...13 lines deleted...]
-        <v>2687</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>1198</v>
+        <v>1142</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
+        <v>2686</v>
+      </c>
+      <c r="D785" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E785" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F785" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G785" s="1" t="s">
+        <v>2687</v>
+      </c>
+      <c r="H785" t="s">
         <v>2688</v>
-      </c>
-[...13 lines deleted...]
-        <v>2689</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>1202</v>
+        <v>1146</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
+        <v>2689</v>
+      </c>
+      <c r="D786" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E786" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F786" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G786" s="1" t="s">
         <v>2690</v>
       </c>
-      <c r="D786" t="s">
-[...8 lines deleted...]
-      <c r="G786" s="1" t="s">
+      <c r="H786" t="s">
         <v>2691</v>
-      </c>
-[...1 lines deleted...]
-        <v>2692</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>1222</v>
+        <v>1187</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
+        <v>2692</v>
+      </c>
+      <c r="D787" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E787" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F787" t="s">
         <v>2693</v>
       </c>
-      <c r="D787" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G787" s="1" t="s">
-        <v>287</v>
+        <v>2694</v>
       </c>
       <c r="H787" t="s">
-        <v>2694</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>1226</v>
+        <v>2696</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
-        <v>2695</v>
+        <v>2697</v>
       </c>
       <c r="D788" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E788" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F788" t="s">
-        <v>13</v>
+        <v>254</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>2696</v>
+        <v>2698</v>
       </c>
       <c r="H788" t="s">
-        <v>2697</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>2223</v>
+        <v>1198</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>2698</v>
+        <v>2700</v>
       </c>
       <c r="D789" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E789" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F789" t="s">
-        <v>254</v>
+        <v>2608</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>2699</v>
+        <v>287</v>
       </c>
       <c r="H789" t="s">
-        <v>2700</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>1252</v>
+        <v>1202</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
-        <v>2701</v>
+        <v>2702</v>
       </c>
       <c r="D790" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E790" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F790" t="s">
-        <v>2596</v>
+        <v>2009</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>287</v>
+        <v>2703</v>
       </c>
       <c r="H790" t="s">
-        <v>2702</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>1256</v>
+        <v>1222</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>2703</v>
+        <v>2705</v>
       </c>
       <c r="D791" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E791" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F791" t="s">
-        <v>2596</v>
+        <v>254</v>
       </c>
       <c r="G791" s="1" t="s">
         <v>287</v>
       </c>
       <c r="H791" t="s">
-        <v>2704</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>2227</v>
+        <v>1226</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>2705</v>
+        <v>2707</v>
       </c>
       <c r="D792" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E792" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F792" t="s">
         <v>13</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>2706</v>
+        <v>2708</v>
       </c>
       <c r="H792" t="s">
-        <v>2707</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>2231</v>
+        <v>2237</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>2708</v>
+        <v>2710</v>
       </c>
       <c r="D793" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E793" t="s">
-        <v>2591</v>
+        <v>2603</v>
+      </c>
+      <c r="F793" t="s">
+        <v>254</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>2709</v>
+        <v>2711</v>
       </c>
       <c r="H793" t="s">
-        <v>2710</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>2235</v>
+        <v>1252</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>2711</v>
+        <v>2713</v>
       </c>
       <c r="D794" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E794" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F794" t="s">
-        <v>254</v>
+        <v>2608</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>2712</v>
+        <v>287</v>
       </c>
       <c r="H794" t="s">
-        <v>2713</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>1260</v>
+        <v>1256</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>2714</v>
+        <v>2715</v>
       </c>
       <c r="D795" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E795" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F795" t="s">
-        <v>254</v>
+        <v>2608</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>2715</v>
+        <v>287</v>
       </c>
       <c r="H795" t="s">
         <v>2716</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
+        <v>2241</v>
+      </c>
+      <c r="B796" t="s">
+        <v>9</v>
+      </c>
+      <c r="C796" t="s">
         <v>2717</v>
       </c>
-      <c r="B796" t="s">
-[...2 lines deleted...]
-      <c r="C796" t="s">
+      <c r="D796" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E796" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F796" t="s">
+        <v>13</v>
+      </c>
+      <c r="G796" s="1" t="s">
         <v>2718</v>
       </c>
-      <c r="D796" t="s">
-[...8 lines deleted...]
-      <c r="G796" s="1" t="s">
+      <c r="H796" t="s">
         <v>2719</v>
-      </c>
-[...1 lines deleted...]
-        <v>2720</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>2254</v>
+        <v>2245</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
+        <v>2720</v>
+      </c>
+      <c r="D797" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E797" t="s">
+        <v>2603</v>
+      </c>
+      <c r="G797" s="1" t="s">
         <v>2721</v>
       </c>
-      <c r="D797" t="s">
-[...8 lines deleted...]
-      <c r="G797" s="1" t="s">
+      <c r="H797" t="s">
         <v>2722</v>
-      </c>
-[...1 lines deleted...]
-        <v>2723</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>2257</v>
+        <v>2249</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
+        <v>2723</v>
+      </c>
+      <c r="D798" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E798" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F798" t="s">
+        <v>254</v>
+      </c>
+      <c r="G798" s="1" t="s">
         <v>2724</v>
       </c>
-      <c r="D798" t="s">
-[...8 lines deleted...]
-      <c r="G798" s="1" t="s">
+      <c r="H798" t="s">
         <v>2725</v>
-      </c>
-[...1 lines deleted...]
-        <v>2726</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B799" t="s">
+        <v>9</v>
+      </c>
+      <c r="C799" t="s">
+        <v>2726</v>
+      </c>
+      <c r="D799" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E799" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F799" t="s">
+        <v>254</v>
+      </c>
+      <c r="G799" s="1" t="s">
         <v>2727</v>
       </c>
-      <c r="B799" t="s">
-[...2 lines deleted...]
-      <c r="C799" t="s">
+      <c r="H799" t="s">
         <v>2728</v>
-      </c>
-[...13 lines deleted...]
-        <v>2730</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>1307</v>
+        <v>2729</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
+        <v>2730</v>
+      </c>
+      <c r="D800" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E800" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F800" t="s">
+        <v>137</v>
+      </c>
+      <c r="G800" s="1" t="s">
         <v>2731</v>
       </c>
-      <c r="D800" t="s">
-[...8 lines deleted...]
-      <c r="G800" s="1" t="s">
+      <c r="H800" t="s">
         <v>2732</v>
-      </c>
-[...1 lines deleted...]
-        <v>2733</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>2068</v>
+        <v>2268</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
+        <v>2733</v>
+      </c>
+      <c r="D801" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E801" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F801" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G801" s="1" t="s">
         <v>2734</v>
       </c>
-      <c r="D801" t="s">
-[...8 lines deleted...]
-      <c r="G801" s="1" t="s">
+      <c r="H801" t="s">
         <v>2735</v>
-      </c>
-[...1 lines deleted...]
-        <v>2736</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B802" t="s">
+        <v>9</v>
+      </c>
+      <c r="C802" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D802" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E802" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F802" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G802" s="1" t="s">
         <v>2737</v>
       </c>
-      <c r="B802" t="s">
-[...2 lines deleted...]
-      <c r="C802" t="s">
+      <c r="H802" t="s">
         <v>2738</v>
-      </c>
-[...13 lines deleted...]
-        <v>2739</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
+        <v>2739</v>
+      </c>
+      <c r="B803" t="s">
+        <v>9</v>
+      </c>
+      <c r="C803" t="s">
         <v>2740</v>
       </c>
-      <c r="B803" t="s">
-[...2 lines deleted...]
-      <c r="C803" t="s">
+      <c r="D803" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E803" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F803" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G803" s="1" t="s">
         <v>2741</v>
       </c>
-      <c r="D803" t="s">
-[...8 lines deleted...]
-      <c r="G803" s="1" t="s">
+      <c r="H803" t="s">
         <v>2742</v>
-      </c>
-[...1 lines deleted...]
-        <v>2743</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>1311</v>
+        <v>1307</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
+        <v>2743</v>
+      </c>
+      <c r="D804" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E804" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F804" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G804" s="1" t="s">
         <v>2744</v>
       </c>
-      <c r="D804" t="s">
-[...8 lines deleted...]
-      <c r="G804" s="1" t="s">
+      <c r="H804" t="s">
         <v>2745</v>
-      </c>
-[...1 lines deleted...]
-        <v>2746</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>1315</v>
+        <v>2078</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
+        <v>2746</v>
+      </c>
+      <c r="D805" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E805" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F805" t="s">
+        <v>137</v>
+      </c>
+      <c r="G805" s="1" t="s">
         <v>2747</v>
       </c>
-      <c r="D805" t="s">
-[...8 lines deleted...]
-      <c r="G805" s="1" t="s">
+      <c r="H805" t="s">
         <v>2748</v>
-      </c>
-[...1 lines deleted...]
-        <v>2749</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>2263</v>
+        <v>2749</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
         <v>2750</v>
       </c>
       <c r="D806" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E806" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F806" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G806" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H806" t="s">
         <v>2751</v>
-      </c>
-[...1 lines deleted...]
-        <v>2752</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>2576</v>
+        <v>2752</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
         <v>2753</v>
       </c>
       <c r="D807" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E807" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F807" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G807" s="1" t="s">
         <v>2754</v>
       </c>
       <c r="H807" t="s">
         <v>2755</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>1330</v>
+        <v>1311</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
         <v>2756</v>
       </c>
       <c r="D808" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E808" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F808" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G808" s="1" t="s">
         <v>2757</v>
       </c>
       <c r="H808" t="s">
         <v>2758</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B809" t="s">
+        <v>9</v>
+      </c>
+      <c r="C809" t="s">
         <v>2759</v>
       </c>
-      <c r="B809" t="s">
-[...2 lines deleted...]
-      <c r="C809" t="s">
+      <c r="D809" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E809" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F809" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G809" s="1" t="s">
         <v>2760</v>
       </c>
-      <c r="D809" t="s">
-[...8 lines deleted...]
-      <c r="G809" s="1" t="s">
+      <c r="H809" t="s">
         <v>2761</v>
-      </c>
-[...1 lines deleted...]
-        <v>2762</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B810" t="s">
+        <v>9</v>
+      </c>
+      <c r="C810" t="s">
+        <v>2762</v>
+      </c>
+      <c r="D810" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E810" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F810" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G810" s="1" t="s">
         <v>2763</v>
       </c>
-      <c r="B810" t="s">
-[...2 lines deleted...]
-      <c r="C810" t="s">
+      <c r="H810" t="s">
         <v>2764</v>
-      </c>
-[...13 lines deleted...]
-        <v>2766</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
+        <v>2589</v>
+      </c>
+      <c r="B811" t="s">
+        <v>9</v>
+      </c>
+      <c r="C811" t="s">
+        <v>2765</v>
+      </c>
+      <c r="D811" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E811" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F811" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G811" s="1" t="s">
+        <v>2766</v>
+      </c>
+      <c r="H811" t="s">
         <v>2767</v>
-      </c>
-[...19 lines deleted...]
-        <v>2768</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
-        <v>1378</v>
+        <v>1330</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>2594</v>
+        <v>2768</v>
       </c>
       <c r="D812" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E812" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F812" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G812" s="1" t="s">
         <v>2769</v>
       </c>
       <c r="H812" t="s">
         <v>2770</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
         <v>2771</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>224</v>
+        <v>2772</v>
       </c>
       <c r="D813" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E813" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F813" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>2772</v>
+        <v>2773</v>
       </c>
       <c r="H813" t="s">
-        <v>2773</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>2774</v>
+        <v>2775</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
-        <v>285</v>
+        <v>2776</v>
       </c>
       <c r="D814" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E814" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F814" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>2775</v>
+        <v>2777</v>
       </c>
       <c r="H814" t="s">
-        <v>2776</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>2777</v>
+        <v>2779</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>289</v>
+        <v>25</v>
       </c>
       <c r="D815" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E815" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F815" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>2778</v>
+        <v>287</v>
       </c>
       <c r="H815" t="s">
-        <v>2779</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>1438</v>
+        <v>1378</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>325</v>
+        <v>2606</v>
       </c>
       <c r="D816" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E816" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F816" t="s">
-        <v>1999</v>
+        <v>2608</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>2780</v>
+        <v>2781</v>
       </c>
       <c r="H816" t="s">
-        <v>2781</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
-        <v>2782</v>
+        <v>2783</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>396</v>
+        <v>224</v>
       </c>
       <c r="D817" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E817" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F817" t="s">
-        <v>87</v>
+        <v>2608</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>2783</v>
+        <v>2784</v>
       </c>
       <c r="H817" t="s">
-        <v>2784</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>2785</v>
+        <v>2786</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>400</v>
+        <v>285</v>
       </c>
       <c r="D818" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E818" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F818" t="s">
-        <v>915</v>
+        <v>2608</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>2786</v>
+        <v>2787</v>
       </c>
       <c r="H818" t="s">
-        <v>2787</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>1496</v>
+        <v>2789</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>456</v>
+        <v>289</v>
       </c>
       <c r="D819" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E819" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F819" t="s">
-        <v>254</v>
+        <v>2608</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>2788</v>
+        <v>2790</v>
       </c>
       <c r="H819" t="s">
-        <v>2789</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>1500</v>
+        <v>1438</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>460</v>
+        <v>325</v>
       </c>
       <c r="D820" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E820" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F820" t="s">
-        <v>2596</v>
+        <v>2009</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>2790</v>
+        <v>2792</v>
       </c>
       <c r="H820" t="s">
-        <v>2791</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>1702</v>
+        <v>2794</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>2016</v>
+        <v>396</v>
       </c>
       <c r="D821" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E821" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F821" t="s">
-        <v>254</v>
+        <v>87</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>2792</v>
+        <v>2795</v>
       </c>
       <c r="H821" t="s">
-        <v>2793</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
-        <v>2078</v>
+        <v>2797</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>524</v>
+        <v>400</v>
       </c>
       <c r="D822" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E822" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F822" t="s">
-        <v>2596</v>
+        <v>915</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>2794</v>
+        <v>2798</v>
       </c>
       <c r="H822" t="s">
-        <v>2795</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
-        <v>1568</v>
+        <v>1496</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
-        <v>2684</v>
+        <v>456</v>
       </c>
       <c r="D823" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E823" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F823" t="s">
-        <v>2596</v>
+        <v>254</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>2796</v>
+        <v>2800</v>
       </c>
       <c r="H823" t="s">
-        <v>2797</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
-        <v>2354</v>
+        <v>1500</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>553</v>
+        <v>460</v>
       </c>
       <c r="D824" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E824" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F824" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>2798</v>
+        <v>2802</v>
       </c>
       <c r="H824" t="s">
-        <v>2799</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
-        <v>2800</v>
+        <v>1702</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>2174</v>
+        <v>2026</v>
       </c>
       <c r="D825" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E825" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F825" t="s">
-        <v>2596</v>
+        <v>254</v>
       </c>
       <c r="G825" s="1" t="s">
-        <v>2801</v>
+        <v>2804</v>
       </c>
       <c r="H825" t="s">
-        <v>2802</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
-        <v>1706</v>
+        <v>2088</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
-        <v>601</v>
+        <v>524</v>
       </c>
       <c r="D826" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E826" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F826" t="s">
-        <v>254</v>
+        <v>2608</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>2803</v>
+        <v>2806</v>
       </c>
       <c r="H826" t="s">
-        <v>2804</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
-        <v>1710</v>
+        <v>1568</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
-        <v>621</v>
+        <v>2696</v>
       </c>
       <c r="D827" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E827" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F827" t="s">
-        <v>254</v>
+        <v>2608</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>2805</v>
+        <v>2808</v>
       </c>
       <c r="H827" t="s">
-        <v>2806</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
-        <v>1714</v>
+        <v>2368</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
-        <v>625</v>
+        <v>553</v>
       </c>
       <c r="D828" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E828" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F828" t="s">
-        <v>254</v>
+        <v>2608</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>2807</v>
+        <v>2810</v>
       </c>
       <c r="H828" t="s">
-        <v>2808</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
-        <v>1718</v>
+        <v>2812</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
-        <v>633</v>
+        <v>2188</v>
       </c>
       <c r="D829" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E829" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F829" t="s">
-        <v>254</v>
+        <v>2608</v>
       </c>
       <c r="G829" s="1" t="s">
-        <v>2809</v>
+        <v>2813</v>
       </c>
       <c r="H829" t="s">
-        <v>2810</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
-        <v>2522</v>
+        <v>1706</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
-        <v>2548</v>
+        <v>601</v>
       </c>
       <c r="D830" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E830" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F830" t="s">
-        <v>2596</v>
+        <v>254</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>2811</v>
+        <v>2815</v>
       </c>
       <c r="H830" t="s">
-        <v>2812</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
-        <v>2526</v>
+        <v>1710</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
-        <v>641</v>
+        <v>621</v>
       </c>
       <c r="D831" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E831" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F831" t="s">
-        <v>2596</v>
+        <v>254</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>2813</v>
+        <v>2817</v>
       </c>
       <c r="H831" t="s">
-        <v>2814</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
-        <v>2530</v>
+        <v>1714</v>
       </c>
       <c r="B832" t="s">
         <v>9</v>
       </c>
       <c r="C832" t="s">
-        <v>2021</v>
+        <v>625</v>
       </c>
       <c r="D832" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E832" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F832" t="s">
-        <v>2596</v>
+        <v>254</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>2815</v>
+        <v>2819</v>
       </c>
       <c r="H832" t="s">
-        <v>2816</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
-        <v>1583</v>
+        <v>1718</v>
       </c>
       <c r="B833" t="s">
         <v>9</v>
       </c>
       <c r="C833" t="s">
-        <v>2717</v>
+        <v>633</v>
       </c>
       <c r="D833" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E833" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F833" t="s">
-        <v>2596</v>
+        <v>254</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>2817</v>
+        <v>2821</v>
       </c>
       <c r="H833" t="s">
-        <v>2818</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
-        <v>1587</v>
+        <v>2535</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
-        <v>673</v>
+        <v>2561</v>
       </c>
       <c r="D834" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E834" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F834" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>2819</v>
+        <v>2823</v>
       </c>
       <c r="H834" t="s">
-        <v>2820</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
-        <v>1591</v>
+        <v>2539</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
-        <v>2184</v>
+        <v>641</v>
       </c>
       <c r="D835" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E835" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F835" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>2821</v>
+        <v>2825</v>
       </c>
       <c r="H835" t="s">
-        <v>2822</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
-        <v>1595</v>
+        <v>2543</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
-        <v>677</v>
+        <v>2031</v>
       </c>
       <c r="D836" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E836" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F836" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>2823</v>
+        <v>2827</v>
       </c>
       <c r="H836" t="s">
-        <v>2824</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
-        <v>1627</v>
+        <v>1583</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
-        <v>732</v>
+        <v>2729</v>
       </c>
       <c r="D837" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E837" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F837" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>2825</v>
+        <v>2829</v>
       </c>
       <c r="H837" t="s">
-        <v>2814</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
-        <v>2093</v>
+        <v>1587</v>
       </c>
       <c r="B838" t="s">
         <v>9</v>
       </c>
       <c r="C838" t="s">
-        <v>2188</v>
+        <v>673</v>
       </c>
       <c r="D838" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E838" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F838" t="s">
-        <v>1999</v>
+        <v>2608</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>2826</v>
+        <v>2831</v>
       </c>
       <c r="H838" t="s">
-        <v>2827</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
-        <v>2828</v>
+        <v>1591</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
-        <v>740</v>
+        <v>2198</v>
       </c>
       <c r="D839" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E839" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F839" t="s">
-        <v>27</v>
+        <v>2608</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>2829</v>
+        <v>2833</v>
       </c>
       <c r="H839" t="s">
-        <v>2830</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
-        <v>2580</v>
+        <v>1595</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
-        <v>748</v>
+        <v>677</v>
       </c>
       <c r="D840" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E840" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F840" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>2831</v>
+        <v>2835</v>
       </c>
       <c r="H840" t="s">
-        <v>2832</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
-        <v>2367</v>
+        <v>1627</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
-        <v>760</v>
+        <v>732</v>
       </c>
       <c r="D841" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E841" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F841" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>2833</v>
+        <v>2837</v>
       </c>
       <c r="H841" t="s">
-        <v>2834</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
-        <v>1664</v>
+        <v>2103</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
-        <v>2135</v>
+        <v>2202</v>
       </c>
       <c r="D842" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E842" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F842" t="s">
-        <v>1743</v>
+        <v>2009</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
       <c r="H842" t="s">
-        <v>2836</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
-        <v>2376</v>
+        <v>2840</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>2759</v>
+        <v>740</v>
       </c>
       <c r="D843" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E843" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F843" t="s">
-        <v>2596</v>
+        <v>27</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>2837</v>
+        <v>2841</v>
       </c>
       <c r="H843" t="s">
-        <v>2822</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
-        <v>1675</v>
+        <v>2593</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
-        <v>2763</v>
+        <v>748</v>
       </c>
       <c r="D844" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E844" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F844" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>2838</v>
+        <v>2843</v>
       </c>
       <c r="H844" t="s">
-        <v>2839</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
-        <v>2390</v>
+        <v>2381</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
-        <v>886</v>
+        <v>760</v>
       </c>
       <c r="D845" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E845" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F845" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>2840</v>
+        <v>2845</v>
       </c>
       <c r="H845" t="s">
-        <v>2841</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
-        <v>1731</v>
+        <v>1664</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
-        <v>890</v>
+        <v>2149</v>
       </c>
       <c r="D846" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E846" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F846" t="s">
-        <v>2596</v>
+        <v>1743</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>2842</v>
+        <v>2847</v>
       </c>
       <c r="H846" t="s">
-        <v>2843</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
-        <v>1735</v>
+        <v>2390</v>
       </c>
       <c r="B847" t="s">
         <v>9</v>
       </c>
       <c r="C847" t="s">
-        <v>894</v>
+        <v>2771</v>
       </c>
       <c r="D847" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E847" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F847" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>2844</v>
+        <v>2849</v>
       </c>
       <c r="H847" t="s">
-        <v>2845</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
-        <v>1751</v>
+        <v>1675</v>
       </c>
       <c r="B848" t="s">
         <v>9</v>
       </c>
       <c r="C848" t="s">
-        <v>2050</v>
+        <v>2775</v>
       </c>
       <c r="D848" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E848" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F848" t="s">
-        <v>87</v>
+        <v>2608</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>2846</v>
+        <v>2850</v>
       </c>
       <c r="H848" t="s">
-        <v>2847</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
-        <v>2394</v>
+        <v>2403</v>
       </c>
       <c r="B849" t="s">
         <v>9</v>
       </c>
       <c r="C849" t="s">
-        <v>963</v>
+        <v>886</v>
       </c>
       <c r="D849" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E849" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F849" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>2848</v>
+        <v>2852</v>
       </c>
       <c r="H849" t="s">
-        <v>2849</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
-        <v>2398</v>
+        <v>1731</v>
       </c>
       <c r="B850" t="s">
         <v>9</v>
       </c>
       <c r="C850" t="s">
-        <v>967</v>
+        <v>890</v>
       </c>
       <c r="D850" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E850" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F850" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G850" s="1" t="s">
-        <v>2850</v>
+        <v>2854</v>
       </c>
       <c r="H850" t="s">
-        <v>2851</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
-        <v>2402</v>
+        <v>1735</v>
       </c>
       <c r="B851" t="s">
         <v>9</v>
       </c>
       <c r="C851" t="s">
-        <v>970</v>
+        <v>894</v>
       </c>
       <c r="D851" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E851" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F851" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>2852</v>
+        <v>2856</v>
       </c>
       <c r="H851" t="s">
-        <v>2853</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
-        <v>2406</v>
+        <v>1751</v>
       </c>
       <c r="B852" t="s">
         <v>9</v>
       </c>
       <c r="C852" t="s">
-        <v>2771</v>
+        <v>2060</v>
       </c>
       <c r="D852" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E852" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F852" t="s">
-        <v>2596</v>
+        <v>87</v>
       </c>
       <c r="G852" s="1" t="s">
-        <v>2854</v>
+        <v>2858</v>
       </c>
       <c r="H852" t="s">
-        <v>2849</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
-        <v>1763</v>
+        <v>2407</v>
       </c>
       <c r="B853" t="s">
         <v>9</v>
       </c>
       <c r="C853" t="s">
-        <v>2855</v>
+        <v>963</v>
       </c>
       <c r="D853" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E853" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F853" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G853" s="1" t="s">
-        <v>2856</v>
+        <v>2860</v>
       </c>
       <c r="H853" t="s">
-        <v>2849</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
-        <v>1767</v>
+        <v>2411</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
-        <v>973</v>
+        <v>967</v>
       </c>
       <c r="D854" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E854" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F854" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G854" s="1" t="s">
-        <v>2857</v>
+        <v>2862</v>
       </c>
       <c r="H854" t="s">
-        <v>2858</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
-        <v>2859</v>
+        <v>2415</v>
       </c>
       <c r="B855" t="s">
         <v>9</v>
       </c>
       <c r="C855" t="s">
-        <v>2555</v>
+        <v>970</v>
       </c>
       <c r="D855" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E855" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F855" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G855" s="1" t="s">
-        <v>2860</v>
+        <v>2864</v>
       </c>
       <c r="H855" t="s">
-        <v>2861</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
-        <v>2410</v>
+        <v>2419</v>
       </c>
       <c r="B856" t="s">
         <v>9</v>
       </c>
       <c r="C856" t="s">
-        <v>1014</v>
+        <v>2783</v>
       </c>
       <c r="D856" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E856" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F856" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G856" s="1" t="s">
-        <v>2862</v>
+        <v>2866</v>
       </c>
       <c r="H856" t="s">
-        <v>2863</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
-        <v>1793</v>
+        <v>1763</v>
       </c>
       <c r="B857" t="s">
         <v>9</v>
       </c>
       <c r="C857" t="s">
-        <v>2558</v>
+        <v>2867</v>
       </c>
       <c r="D857" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E857" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F857" t="s">
-        <v>27</v>
+        <v>2608</v>
       </c>
       <c r="G857" s="1" t="s">
-        <v>2864</v>
+        <v>2868</v>
       </c>
       <c r="H857" t="s">
-        <v>2865</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
-        <v>2866</v>
+        <v>1767</v>
       </c>
       <c r="B858" t="s">
         <v>9</v>
       </c>
       <c r="C858" t="s">
-        <v>2326</v>
+        <v>973</v>
       </c>
       <c r="D858" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E858" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F858" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G858" s="1" t="s">
-        <v>2867</v>
+        <v>2869</v>
       </c>
       <c r="H858" t="s">
-        <v>2868</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
-        <v>2869</v>
+        <v>2871</v>
       </c>
       <c r="B859" t="s">
         <v>9</v>
       </c>
       <c r="C859" t="s">
-        <v>1027</v>
+        <v>2568</v>
       </c>
       <c r="D859" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E859" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F859" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G859" s="1" t="s">
-        <v>2870</v>
+        <v>2872</v>
       </c>
       <c r="H859" t="s">
-        <v>2871</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
-        <v>2872</v>
+        <v>2423</v>
       </c>
       <c r="B860" t="s">
         <v>9</v>
       </c>
       <c r="C860" t="s">
-        <v>1030</v>
+        <v>1014</v>
       </c>
       <c r="D860" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E860" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F860" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G860" s="1" t="s">
-        <v>2873</v>
+        <v>2874</v>
       </c>
       <c r="H860" t="s">
-        <v>2874</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
-        <v>1804</v>
+        <v>1793</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
-        <v>1064</v>
+        <v>2571</v>
       </c>
       <c r="D861" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E861" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F861" t="s">
-        <v>2596</v>
+        <v>27</v>
       </c>
       <c r="G861" s="1" t="s">
-        <v>2875</v>
+        <v>2876</v>
       </c>
       <c r="H861" t="s">
-        <v>2876</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
-        <v>2877</v>
+        <v>2878</v>
       </c>
       <c r="B862" t="s">
         <v>9</v>
       </c>
       <c r="C862" t="s">
-        <v>1167</v>
+        <v>2340</v>
       </c>
       <c r="D862" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E862" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F862" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G862" s="1" t="s">
-        <v>2878</v>
+        <v>2879</v>
       </c>
       <c r="H862" t="s">
-        <v>2879</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
-        <v>1900</v>
+        <v>2881</v>
       </c>
       <c r="B863" t="s">
         <v>9</v>
       </c>
       <c r="C863" t="s">
-        <v>1170</v>
+        <v>1027</v>
       </c>
       <c r="D863" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E863" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F863" t="s">
-        <v>2613</v>
+        <v>2608</v>
       </c>
       <c r="G863" s="1" t="s">
-        <v>287</v>
+        <v>2882</v>
       </c>
       <c r="H863" t="s">
-        <v>2880</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
-        <v>1904</v>
+        <v>2884</v>
       </c>
       <c r="B864" t="s">
         <v>9</v>
       </c>
       <c r="C864" t="s">
-        <v>1173</v>
+        <v>1030</v>
       </c>
       <c r="D864" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E864" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F864" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G864" s="1" t="s">
-        <v>2881</v>
+        <v>2885</v>
       </c>
       <c r="H864" t="s">
-        <v>2882</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
-        <v>1930</v>
+        <v>1804</v>
       </c>
       <c r="B865" t="s">
         <v>9</v>
       </c>
       <c r="C865" t="s">
-        <v>1201</v>
+        <v>1064</v>
       </c>
       <c r="D865" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E865" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F865" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G865" s="1" t="s">
-        <v>2883</v>
+        <v>2887</v>
       </c>
       <c r="H865" t="s">
-        <v>2884</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
-        <v>1934</v>
+        <v>2889</v>
       </c>
       <c r="B866" t="s">
         <v>9</v>
       </c>
       <c r="C866" t="s">
-        <v>1205</v>
+        <v>1167</v>
       </c>
       <c r="D866" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E866" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F866" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G866" s="1" t="s">
-        <v>2885</v>
+        <v>2890</v>
       </c>
       <c r="H866" t="s">
-        <v>2886</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
-        <v>1938</v>
+        <v>1900</v>
       </c>
       <c r="B867" t="s">
         <v>9</v>
       </c>
       <c r="C867" t="s">
-        <v>1208</v>
+        <v>1170</v>
       </c>
       <c r="D867" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E867" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F867" t="s">
-        <v>2596</v>
+        <v>2625</v>
       </c>
       <c r="G867" s="1" t="s">
-        <v>2887</v>
+        <v>287</v>
       </c>
       <c r="H867" t="s">
-        <v>2888</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
-        <v>1942</v>
+        <v>1904</v>
       </c>
       <c r="B868" t="s">
         <v>9</v>
       </c>
       <c r="C868" t="s">
-        <v>1211</v>
+        <v>1173</v>
       </c>
       <c r="D868" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E868" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F868" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G868" s="1" t="s">
-        <v>2889</v>
+        <v>2893</v>
       </c>
       <c r="H868" t="s">
-        <v>2890</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
-        <v>2891</v>
+        <v>1930</v>
       </c>
       <c r="B869" t="s">
         <v>9</v>
       </c>
       <c r="C869" t="s">
-        <v>1296</v>
+        <v>1201</v>
       </c>
       <c r="D869" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E869" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F869" t="s">
-        <v>137</v>
+        <v>2608</v>
       </c>
       <c r="G869" s="1" t="s">
-        <v>2892</v>
+        <v>2895</v>
       </c>
       <c r="H869" t="s">
-        <v>2893</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
-        <v>2127</v>
+        <v>1934</v>
       </c>
       <c r="B870" t="s">
         <v>9</v>
       </c>
       <c r="C870" t="s">
-        <v>2828</v>
+        <v>1205</v>
       </c>
       <c r="D870" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E870" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F870" t="s">
-        <v>53</v>
+        <v>2608</v>
       </c>
       <c r="G870" s="1" t="s">
-        <v>2894</v>
+        <v>2897</v>
       </c>
       <c r="H870" t="s">
-        <v>2895</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
-        <v>2896</v>
+        <v>1938</v>
       </c>
       <c r="B871" t="s">
         <v>9</v>
       </c>
       <c r="C871" t="s">
-        <v>2284</v>
+        <v>1208</v>
       </c>
       <c r="D871" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E871" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F871" t="s">
-        <v>18</v>
+        <v>2608</v>
       </c>
       <c r="G871" s="1" t="s">
-        <v>2897</v>
+        <v>2899</v>
       </c>
       <c r="H871" t="s">
-        <v>2898</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
-        <v>2899</v>
+        <v>1942</v>
       </c>
       <c r="B872" t="s">
         <v>9</v>
       </c>
       <c r="C872" t="s">
-        <v>1361</v>
+        <v>1211</v>
       </c>
       <c r="D872" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E872" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F872" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G872" s="1" t="s">
-        <v>2900</v>
+        <v>2901</v>
       </c>
       <c r="H872" t="s">
-        <v>2901</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
-        <v>2902</v>
+        <v>2903</v>
       </c>
       <c r="B873" t="s">
         <v>9</v>
       </c>
       <c r="C873" t="s">
-        <v>2287</v>
+        <v>1296</v>
       </c>
       <c r="D873" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E873" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F873" t="s">
-        <v>2596</v>
+        <v>137</v>
       </c>
       <c r="G873" s="1" t="s">
-        <v>2903</v>
+        <v>2904</v>
       </c>
       <c r="H873" t="s">
-        <v>2904</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
-        <v>2905</v>
+        <v>2137</v>
       </c>
       <c r="B874" t="s">
         <v>9</v>
       </c>
       <c r="C874" t="s">
-        <v>1364</v>
+        <v>2840</v>
       </c>
       <c r="D874" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E874" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F874" t="s">
-        <v>2596</v>
+        <v>53</v>
       </c>
       <c r="G874" s="1" t="s">
         <v>2906</v>
       </c>
       <c r="H874" t="s">
         <v>2907</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
         <v>2908</v>
       </c>
       <c r="B875" t="s">
         <v>9</v>
       </c>
       <c r="C875" t="s">
-        <v>1367</v>
+        <v>2298</v>
       </c>
       <c r="D875" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E875" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F875" t="s">
-        <v>2596</v>
+        <v>18</v>
       </c>
       <c r="G875" s="1" t="s">
         <v>2909</v>
       </c>
       <c r="H875" t="s">
         <v>2910</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
         <v>2911</v>
       </c>
       <c r="B876" t="s">
         <v>9</v>
       </c>
       <c r="C876" t="s">
-        <v>2145</v>
+        <v>1361</v>
       </c>
       <c r="D876" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E876" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F876" t="s">
-        <v>13</v>
+        <v>2608</v>
       </c>
       <c r="G876" s="1" t="s">
         <v>2912</v>
       </c>
       <c r="H876" t="s">
         <v>2913</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
         <v>2914</v>
       </c>
       <c r="B877" t="s">
         <v>9</v>
       </c>
       <c r="C877" t="s">
-        <v>2294</v>
+        <v>2301</v>
       </c>
       <c r="D877" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E877" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F877" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G877" s="1" t="s">
         <v>2915</v>
       </c>
       <c r="H877" t="s">
         <v>2916</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
         <v>2917</v>
       </c>
       <c r="B878" t="s">
         <v>9</v>
       </c>
       <c r="C878" t="s">
-        <v>2297</v>
+        <v>1364</v>
       </c>
       <c r="D878" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E878" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F878" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G878" s="1" t="s">
         <v>2918</v>
       </c>
       <c r="H878" t="s">
         <v>2919</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
         <v>2920</v>
       </c>
       <c r="B879" t="s">
         <v>9</v>
       </c>
       <c r="C879" t="s">
-        <v>2300</v>
+        <v>1367</v>
       </c>
       <c r="D879" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E879" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F879" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G879" s="1" t="s">
         <v>2921</v>
       </c>
       <c r="H879" t="s">
         <v>2922</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
         <v>2923</v>
       </c>
       <c r="B880" t="s">
         <v>9</v>
       </c>
       <c r="C880" t="s">
-        <v>2304</v>
+        <v>2159</v>
       </c>
       <c r="D880" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E880" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F880" t="s">
-        <v>2596</v>
+        <v>13</v>
       </c>
       <c r="G880" s="1" t="s">
         <v>2924</v>
       </c>
       <c r="H880" t="s">
         <v>2925</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
         <v>2926</v>
       </c>
       <c r="B881" t="s">
         <v>9</v>
       </c>
       <c r="C881" t="s">
-        <v>1399</v>
+        <v>2308</v>
       </c>
       <c r="D881" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E881" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F881" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G881" s="1" t="s">
         <v>2927</v>
       </c>
       <c r="H881" t="s">
         <v>2928</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
         <v>2929</v>
       </c>
       <c r="B882" t="s">
         <v>9</v>
       </c>
       <c r="C882" t="s">
-        <v>1402</v>
+        <v>2311</v>
       </c>
       <c r="D882" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E882" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F882" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G882" s="1" t="s">
         <v>2930</v>
       </c>
       <c r="H882" t="s">
         <v>2931</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
         <v>2932</v>
       </c>
       <c r="B883" t="s">
         <v>9</v>
       </c>
       <c r="C883" t="s">
-        <v>2336</v>
+        <v>2314</v>
       </c>
       <c r="D883" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E883" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F883" t="s">
-        <v>13</v>
+        <v>2608</v>
       </c>
       <c r="G883" s="1" t="s">
         <v>2933</v>
       </c>
       <c r="H883" t="s">
         <v>2934</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
         <v>2935</v>
       </c>
       <c r="B884" t="s">
         <v>9</v>
       </c>
       <c r="C884" t="s">
-        <v>1512</v>
+        <v>2318</v>
       </c>
       <c r="D884" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E884" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F884" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G884" s="1" t="s">
         <v>2936</v>
       </c>
       <c r="H884" t="s">
         <v>2937</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
         <v>2938</v>
       </c>
       <c r="B885" t="s">
         <v>9</v>
       </c>
       <c r="C885" t="s">
-        <v>1515</v>
+        <v>1399</v>
       </c>
       <c r="D885" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E885" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F885" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G885" s="1" t="s">
         <v>2939</v>
       </c>
       <c r="H885" t="s">
         <v>2940</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
         <v>2941</v>
       </c>
       <c r="B886" t="s">
         <v>9</v>
       </c>
       <c r="C886" t="s">
-        <v>2877</v>
+        <v>1402</v>
       </c>
       <c r="D886" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E886" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F886" t="s">
-        <v>1573</v>
+        <v>2608</v>
       </c>
       <c r="G886" s="1" t="s">
         <v>2942</v>
       </c>
       <c r="H886" t="s">
         <v>2943</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
         <v>2944</v>
       </c>
       <c r="B887" t="s">
         <v>9</v>
       </c>
       <c r="C887" t="s">
-        <v>1557</v>
+        <v>2350</v>
       </c>
       <c r="D887" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E887" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F887" t="s">
         <v>13</v>
       </c>
       <c r="G887" s="1" t="s">
         <v>2945</v>
       </c>
       <c r="H887" t="s">
         <v>2946</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
         <v>2947</v>
       </c>
       <c r="B888" t="s">
         <v>9</v>
       </c>
       <c r="C888" t="s">
-        <v>1601</v>
+        <v>1512</v>
       </c>
       <c r="D888" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E888" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F888" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G888" s="1" t="s">
         <v>2948</v>
       </c>
       <c r="H888" t="s">
-        <v>2816</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
-        <v>2949</v>
+        <v>2950</v>
       </c>
       <c r="B889" t="s">
         <v>9</v>
       </c>
       <c r="C889" t="s">
-        <v>1604</v>
+        <v>1515</v>
       </c>
       <c r="D889" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E889" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F889" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G889" s="1" t="s">
-        <v>2950</v>
+        <v>2951</v>
       </c>
       <c r="H889" t="s">
-        <v>2812</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
-        <v>2951</v>
+        <v>2953</v>
       </c>
       <c r="B890" t="s">
         <v>9</v>
       </c>
       <c r="C890" t="s">
-        <v>2357</v>
+        <v>2889</v>
       </c>
       <c r="D890" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E890" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F890" t="s">
-        <v>2596</v>
+        <v>1573</v>
       </c>
       <c r="G890" s="1" t="s">
-        <v>2952</v>
+        <v>2954</v>
       </c>
       <c r="H890" t="s">
-        <v>2812</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
-        <v>2953</v>
+        <v>2956</v>
       </c>
       <c r="B891" t="s">
         <v>9</v>
       </c>
       <c r="C891" t="s">
-        <v>2891</v>
+        <v>1557</v>
       </c>
       <c r="D891" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E891" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F891" t="s">
-        <v>2596</v>
+        <v>13</v>
       </c>
       <c r="G891" s="1" t="s">
-        <v>2954</v>
+        <v>2957</v>
       </c>
       <c r="H891" t="s">
-        <v>2955</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
-        <v>2956</v>
+        <v>2959</v>
       </c>
       <c r="B892" t="s">
         <v>9</v>
       </c>
       <c r="C892" t="s">
-        <v>2579</v>
+        <v>1601</v>
       </c>
       <c r="D892" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E892" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F892" t="s">
-        <v>13</v>
+        <v>2608</v>
       </c>
       <c r="G892" s="1" t="s">
-        <v>2957</v>
+        <v>2960</v>
       </c>
       <c r="H892" t="s">
-        <v>2958</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
-        <v>2959</v>
+        <v>2961</v>
       </c>
       <c r="B893" t="s">
         <v>9</v>
       </c>
       <c r="C893" t="s">
-        <v>2081</v>
+        <v>1604</v>
       </c>
       <c r="D893" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E893" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F893" t="s">
-        <v>13</v>
+        <v>2608</v>
       </c>
       <c r="G893" s="1" t="s">
-        <v>2960</v>
+        <v>2962</v>
       </c>
       <c r="H893" t="s">
-        <v>2961</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
-        <v>2962</v>
+        <v>2963</v>
       </c>
       <c r="B894" t="s">
         <v>9</v>
       </c>
       <c r="C894" t="s">
-        <v>2083</v>
+        <v>2371</v>
       </c>
       <c r="D894" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E894" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F894" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G894" s="1" t="s">
-        <v>2963</v>
+        <v>2964</v>
       </c>
       <c r="H894" t="s">
-        <v>2812</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
-        <v>2964</v>
+        <v>2965</v>
       </c>
       <c r="B895" t="s">
         <v>9</v>
       </c>
       <c r="C895" t="s">
-        <v>2086</v>
+        <v>2903</v>
       </c>
       <c r="D895" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E895" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F895" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G895" s="1" t="s">
-        <v>2965</v>
+        <v>2966</v>
       </c>
       <c r="H895" t="s">
-        <v>2966</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
-        <v>2967</v>
+        <v>2968</v>
       </c>
       <c r="B896" t="s">
         <v>9</v>
       </c>
       <c r="C896" t="s">
-        <v>2375</v>
+        <v>2592</v>
       </c>
       <c r="D896" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="E896" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="F896" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G896" s="1" t="s">
-        <v>2968</v>
+        <v>2969</v>
       </c>
       <c r="H896" t="s">
-        <v>2969</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
-        <v>2260</v>
+        <v>2971</v>
       </c>
       <c r="B897" t="s">
         <v>9</v>
       </c>
       <c r="C897" t="s">
-        <v>2970</v>
+        <v>2091</v>
       </c>
       <c r="D897" t="s">
-        <v>2971</v>
+        <v>2602</v>
       </c>
       <c r="E897" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F897" t="s">
+        <v>13</v>
+      </c>
+      <c r="G897" s="1" t="s">
         <v>2972</v>
       </c>
-      <c r="F897" t="s">
-[...2 lines deleted...]
-      <c r="G897" s="1" t="s">
+      <c r="H897" t="s">
         <v>2973</v>
-      </c>
-[...1 lines deleted...]
-        <v>2974</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
-        <v>1343</v>
+        <v>2974</v>
       </c>
       <c r="B898" t="s">
         <v>9</v>
       </c>
       <c r="C898" t="s">
-        <v>85</v>
+        <v>2093</v>
       </c>
       <c r="D898" t="s">
-        <v>2971</v>
+        <v>2602</v>
       </c>
       <c r="E898" t="s">
-        <v>2972</v>
+        <v>2603</v>
       </c>
       <c r="F898" t="s">
-        <v>87</v>
+        <v>2608</v>
       </c>
       <c r="G898" s="1" t="s">
         <v>2975</v>
       </c>
       <c r="H898" t="s">
-        <v>2976</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
-        <v>2301</v>
+        <v>2976</v>
       </c>
       <c r="B899" t="s">
         <v>9</v>
       </c>
       <c r="C899" t="s">
-        <v>192</v>
+        <v>2096</v>
       </c>
       <c r="D899" t="s">
-        <v>2971</v>
+        <v>2602</v>
       </c>
       <c r="E899" t="s">
-        <v>2972</v>
+        <v>2603</v>
       </c>
       <c r="F899" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G899" s="1" t="s">
         <v>2977</v>
       </c>
       <c r="H899" t="s">
         <v>2978</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
-        <v>1403</v>
+        <v>2979</v>
       </c>
       <c r="B900" t="s">
         <v>9</v>
       </c>
       <c r="C900" t="s">
-        <v>2634</v>
+        <v>2389</v>
       </c>
       <c r="D900" t="s">
-        <v>2971</v>
+        <v>2602</v>
       </c>
       <c r="E900" t="s">
-        <v>2972</v>
+        <v>2603</v>
       </c>
       <c r="F900" t="s">
-        <v>2596</v>
+        <v>27</v>
       </c>
       <c r="G900" s="1" t="s">
-        <v>2979</v>
+        <v>2980</v>
       </c>
       <c r="H900" t="s">
-        <v>2980</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
-        <v>2855</v>
+        <v>2274</v>
       </c>
       <c r="B901" t="s">
         <v>9</v>
       </c>
       <c r="C901" t="s">
-        <v>232</v>
+        <v>2982</v>
       </c>
       <c r="D901" t="s">
-        <v>2971</v>
+        <v>2983</v>
       </c>
       <c r="E901" t="s">
-        <v>2972</v>
+        <v>2984</v>
       </c>
       <c r="F901" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G901" s="1" t="s">
-        <v>2981</v>
+        <v>2985</v>
       </c>
       <c r="H901" t="s">
-        <v>2982</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
-        <v>895</v>
+        <v>1343</v>
       </c>
       <c r="B902" t="s">
         <v>9</v>
       </c>
       <c r="C902" t="s">
-        <v>480</v>
+        <v>85</v>
       </c>
       <c r="D902" t="s">
-        <v>2971</v>
+        <v>2983</v>
       </c>
       <c r="E902" t="s">
-        <v>2972</v>
+        <v>2984</v>
       </c>
       <c r="F902" t="s">
-        <v>2596</v>
+        <v>87</v>
       </c>
       <c r="G902" s="1" t="s">
-        <v>2983</v>
+        <v>2987</v>
       </c>
       <c r="H902" t="s">
-        <v>2984</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
-        <v>899</v>
+        <v>2315</v>
       </c>
       <c r="B903" t="s">
         <v>9</v>
       </c>
       <c r="C903" t="s">
-        <v>484</v>
+        <v>192</v>
       </c>
       <c r="D903" t="s">
-        <v>2971</v>
+        <v>2983</v>
       </c>
       <c r="E903" t="s">
-        <v>2972</v>
+        <v>2984</v>
       </c>
       <c r="F903" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G903" s="1" t="s">
-        <v>2985</v>
+        <v>2989</v>
       </c>
       <c r="H903" t="s">
-        <v>2986</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
-        <v>2042</v>
+        <v>1403</v>
       </c>
       <c r="B904" t="s">
         <v>9</v>
       </c>
       <c r="C904" t="s">
-        <v>1118</v>
+        <v>2646</v>
       </c>
       <c r="D904" t="s">
-        <v>2971</v>
+        <v>2983</v>
       </c>
       <c r="E904" t="s">
-        <v>2972</v>
+        <v>2984</v>
       </c>
       <c r="F904" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G904" s="1" t="s">
-        <v>2987</v>
+        <v>2991</v>
       </c>
       <c r="H904" t="s">
-        <v>2988</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" t="s">
-        <v>1619</v>
+        <v>2867</v>
       </c>
       <c r="B905" t="s">
         <v>9</v>
       </c>
       <c r="C905" t="s">
-        <v>724</v>
+        <v>232</v>
       </c>
       <c r="D905" t="s">
-        <v>2971</v>
+        <v>2983</v>
       </c>
       <c r="E905" t="s">
-        <v>2972</v>
+        <v>2984</v>
       </c>
       <c r="F905" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G905" s="1" t="s">
-        <v>2989</v>
+        <v>2993</v>
       </c>
       <c r="H905" t="s">
-        <v>2990</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" t="s">
-        <v>1623</v>
+        <v>895</v>
       </c>
       <c r="B906" t="s">
         <v>9</v>
       </c>
       <c r="C906" t="s">
-        <v>728</v>
+        <v>480</v>
       </c>
       <c r="D906" t="s">
-        <v>2971</v>
+        <v>2983</v>
       </c>
       <c r="E906" t="s">
-        <v>2972</v>
+        <v>2984</v>
       </c>
       <c r="F906" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G906" s="1" t="s">
-        <v>2991</v>
+        <v>2995</v>
       </c>
       <c r="H906" t="s">
-        <v>2992</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" t="s">
-        <v>1631</v>
+        <v>899</v>
       </c>
       <c r="B907" t="s">
         <v>9</v>
       </c>
       <c r="C907" t="s">
-        <v>736</v>
+        <v>484</v>
       </c>
       <c r="D907" t="s">
-        <v>2971</v>
+        <v>2983</v>
       </c>
       <c r="E907" t="s">
-        <v>2972</v>
+        <v>2984</v>
       </c>
       <c r="F907" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="G907" s="1" t="s">
-        <v>2993</v>
+        <v>2997</v>
       </c>
       <c r="H907" t="s">
-        <v>2994</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" t="s">
-        <v>2210</v>
+        <v>2052</v>
       </c>
       <c r="B908" t="s">
         <v>9</v>
       </c>
       <c r="C908" t="s">
-        <v>2995</v>
+        <v>1118</v>
       </c>
       <c r="D908" t="s">
-        <v>2996</v>
+        <v>2983</v>
       </c>
       <c r="E908" t="s">
-        <v>2997</v>
+        <v>2984</v>
       </c>
       <c r="F908" t="s">
-        <v>2998</v>
+        <v>2608</v>
       </c>
       <c r="G908" s="1" t="s">
+        <v>2999</v>
+      </c>
+      <c r="H908" t="s">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="909" spans="1:8">
+      <c r="A909" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B909" t="s">
+        <v>9</v>
+      </c>
+      <c r="C909" t="s">
+        <v>724</v>
+      </c>
+      <c r="D909" t="s">
+        <v>2983</v>
+      </c>
+      <c r="E909" t="s">
+        <v>2984</v>
+      </c>
+      <c r="F909" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G909" s="1" t="s">
+        <v>3001</v>
+      </c>
+      <c r="H909" t="s">
+        <v>3002</v>
+      </c>
+    </row>
+    <row r="910" spans="1:8">
+      <c r="A910" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B910" t="s">
+        <v>9</v>
+      </c>
+      <c r="C910" t="s">
+        <v>728</v>
+      </c>
+      <c r="D910" t="s">
+        <v>2983</v>
+      </c>
+      <c r="E910" t="s">
+        <v>2984</v>
+      </c>
+      <c r="F910" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G910" s="1" t="s">
+        <v>3003</v>
+      </c>
+      <c r="H910" t="s">
+        <v>3004</v>
+      </c>
+    </row>
+    <row r="911" spans="1:8">
+      <c r="A911" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B911" t="s">
+        <v>9</v>
+      </c>
+      <c r="C911" t="s">
+        <v>736</v>
+      </c>
+      <c r="D911" t="s">
+        <v>2983</v>
+      </c>
+      <c r="E911" t="s">
+        <v>2984</v>
+      </c>
+      <c r="F911" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G911" s="1" t="s">
+        <v>3005</v>
+      </c>
+      <c r="H911" t="s">
+        <v>3006</v>
+      </c>
+    </row>
+    <row r="912" spans="1:8">
+      <c r="A912" t="s">
+        <v>2224</v>
+      </c>
+      <c r="B912" t="s">
+        <v>9</v>
+      </c>
+      <c r="C912" t="s">
+        <v>3007</v>
+      </c>
+      <c r="D912" t="s">
+        <v>3008</v>
+      </c>
+      <c r="E912" t="s">
+        <v>3009</v>
+      </c>
+      <c r="F912" t="s">
+        <v>3010</v>
+      </c>
+      <c r="G912" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="H908" t="s">
-        <v>2999</v>
+      <c r="H912" t="s">
+        <v>3011</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -33876,50 +34016,54 @@
     <hyperlink ref="G884" r:id="rId883"/>
     <hyperlink ref="G885" r:id="rId884"/>
     <hyperlink ref="G886" r:id="rId885"/>
     <hyperlink ref="G887" r:id="rId886"/>
     <hyperlink ref="G888" r:id="rId887"/>
     <hyperlink ref="G889" r:id="rId888"/>
     <hyperlink ref="G890" r:id="rId889"/>
     <hyperlink ref="G891" r:id="rId890"/>
     <hyperlink ref="G892" r:id="rId891"/>
     <hyperlink ref="G893" r:id="rId892"/>
     <hyperlink ref="G894" r:id="rId893"/>
     <hyperlink ref="G895" r:id="rId894"/>
     <hyperlink ref="G896" r:id="rId895"/>
     <hyperlink ref="G897" r:id="rId896"/>
     <hyperlink ref="G898" r:id="rId897"/>
     <hyperlink ref="G899" r:id="rId898"/>
     <hyperlink ref="G900" r:id="rId899"/>
     <hyperlink ref="G901" r:id="rId900"/>
     <hyperlink ref="G902" r:id="rId901"/>
     <hyperlink ref="G903" r:id="rId902"/>
     <hyperlink ref="G904" r:id="rId903"/>
     <hyperlink ref="G905" r:id="rId904"/>
     <hyperlink ref="G906" r:id="rId905"/>
     <hyperlink ref="G907" r:id="rId906"/>
     <hyperlink ref="G908" r:id="rId907"/>
+    <hyperlink ref="G909" r:id="rId908"/>
+    <hyperlink ref="G910" r:id="rId909"/>
+    <hyperlink ref="G911" r:id="rId910"/>
+    <hyperlink ref="G912" r:id="rId911"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>